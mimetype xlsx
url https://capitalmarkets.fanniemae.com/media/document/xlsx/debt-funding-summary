--- v0 (2025-10-09)
+++ v1 (2025-12-14)
@@ -1,108 +1,118 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fnma.sharepoint.com/sites/FixedIncomeMarketing/Shared Documents/_New Sharepoint/2. Debt/Funding Summary/2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fnma-my.sharepoint.com/personal/w2ujeb_fanniemae_com/Documents/Desktop/fm.com/fundingsummaryreport/debtfundingsummary/2024/2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="281" documentId="13_ncr:1_{33505017-EC28-4AE4-84A8-E31DF7141A20}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9DFE5D07-86CC-4D3C-9CB0-E1FBEC14FA98}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3F84107F-C9EC-4F18-BCC7-12442DF99BCE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="22932" yWindow="-108" windowWidth="30936" windowHeight="16776" firstSheet="1" activeTab="8" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="1" activeTab="10" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="JAN 2025" sheetId="59" r:id="rId1"/>
     <sheet name="FEB 2025" sheetId="60" r:id="rId2"/>
     <sheet name="MAR 2025" sheetId="61" r:id="rId3"/>
     <sheet name="APR 2025" sheetId="62" r:id="rId4"/>
     <sheet name="MAY 2025" sheetId="63" r:id="rId5"/>
     <sheet name="JUN 2025" sheetId="64" r:id="rId6"/>
     <sheet name="JUL 2025" sheetId="65" r:id="rId7"/>
     <sheet name="AUG 2025" sheetId="66" r:id="rId8"/>
     <sheet name="SEP 2025" sheetId="67" r:id="rId9"/>
+    <sheet name="OCT 2025" sheetId="68" r:id="rId10"/>
+    <sheet name="NOV 2025" sheetId="69" r:id="rId11"/>
   </sheets>
   <definedNames>
     <definedName name="_" localSheetId="3">#REF!</definedName>
     <definedName name="_" localSheetId="7">#REF!</definedName>
     <definedName name="_" localSheetId="1">#REF!</definedName>
     <definedName name="_" localSheetId="0">#REF!</definedName>
     <definedName name="_" localSheetId="2">#REF!</definedName>
     <definedName name="_" localSheetId="4">#REF!</definedName>
+    <definedName name="_" localSheetId="10">#REF!</definedName>
+    <definedName name="_" localSheetId="9">#REF!</definedName>
     <definedName name="_" localSheetId="8">#REF!</definedName>
     <definedName name="_">#REF!</definedName>
     <definedName name="__" localSheetId="3">#REF!</definedName>
     <definedName name="__" localSheetId="7">#REF!</definedName>
     <definedName name="__" localSheetId="1">#REF!</definedName>
     <definedName name="__" localSheetId="0">#REF!</definedName>
     <definedName name="__" localSheetId="6">#REF!</definedName>
     <definedName name="__" localSheetId="5">#REF!</definedName>
     <definedName name="__" localSheetId="2">#REF!</definedName>
     <definedName name="__" localSheetId="4">#REF!</definedName>
+    <definedName name="__" localSheetId="10">#REF!</definedName>
+    <definedName name="__" localSheetId="9">#REF!</definedName>
     <definedName name="__" localSheetId="8">#REF!</definedName>
     <definedName name="__">#REF!</definedName>
     <definedName name="___________Apr2005" localSheetId="1">#REF!</definedName>
     <definedName name="___________Apr2005" localSheetId="0">#REF!</definedName>
     <definedName name="___________Apr2005">#REF!</definedName>
     <definedName name="___________Aug2005" localSheetId="1">#REF!</definedName>
     <definedName name="___________Aug2005" localSheetId="0">#REF!</definedName>
     <definedName name="___________Aug2005">#REF!</definedName>
     <definedName name="___________Dec2005" localSheetId="1">#REF!</definedName>
     <definedName name="___________Dec2005" localSheetId="0">#REF!</definedName>
     <definedName name="___________Dec2005">#REF!</definedName>
     <definedName name="___________Feb2005" localSheetId="1">#REF!</definedName>
     <definedName name="___________Feb2005" localSheetId="0">#REF!</definedName>
     <definedName name="___________Feb2005">#REF!</definedName>
     <definedName name="___________Jan2005" localSheetId="1">#REF!</definedName>
     <definedName name="___________Jan2005" localSheetId="0">#REF!</definedName>
     <definedName name="___________Jan2005">#REF!</definedName>
     <definedName name="___________JE26184" localSheetId="1">#REF!</definedName>
     <definedName name="___________JE26184" localSheetId="0">#REF!</definedName>
     <definedName name="___________JE26184">#REF!</definedName>
     <definedName name="___________Jul2005" localSheetId="1">#REF!</definedName>
     <definedName name="___________Jul2005" localSheetId="0">#REF!</definedName>
     <definedName name="___________Jul2005">#REF!</definedName>
     <definedName name="___________Jun2005" localSheetId="1">#REF!</definedName>
     <definedName name="___________Jun2005" localSheetId="0">#REF!</definedName>
@@ -121,250 +131,298 @@
     <definedName name="___________Nov2005">#REF!</definedName>
     <definedName name="___________Oct2005" localSheetId="1">#REF!</definedName>
     <definedName name="___________Oct2005" localSheetId="0">#REF!</definedName>
     <definedName name="___________Oct2005">#REF!</definedName>
     <definedName name="___________P1" localSheetId="1">#REF!</definedName>
     <definedName name="___________P1" localSheetId="0">#REF!</definedName>
     <definedName name="___________P1">#REF!</definedName>
     <definedName name="___________P2" localSheetId="1">#REF!</definedName>
     <definedName name="___________P2" localSheetId="0">#REF!</definedName>
     <definedName name="___________P2">#REF!</definedName>
     <definedName name="___________P3" localSheetId="1">#REF!</definedName>
     <definedName name="___________P3" localSheetId="0">#REF!</definedName>
     <definedName name="___________P3">#REF!</definedName>
     <definedName name="___________Sep2005" localSheetId="1">#REF!</definedName>
     <definedName name="___________Sep2005" localSheetId="0">#REF!</definedName>
     <definedName name="___________Sep2005">#REF!</definedName>
     <definedName name="__________Apr2005" localSheetId="1">#REF!</definedName>
     <definedName name="__________Apr2005" localSheetId="0">#REF!</definedName>
     <definedName name="__________Apr2005">#REF!</definedName>
     <definedName name="__________as1" localSheetId="3">#REF!</definedName>
     <definedName name="__________as1" localSheetId="7">#REF!</definedName>
     <definedName name="__________as1" localSheetId="1">#REF!</definedName>
     <definedName name="__________as1" localSheetId="0">#REF!</definedName>
     <definedName name="__________as1" localSheetId="2">#REF!</definedName>
     <definedName name="__________as1" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as1" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as1" localSheetId="9">#REF!</definedName>
     <definedName name="__________as1" localSheetId="8">#REF!</definedName>
     <definedName name="__________as1">#REF!</definedName>
     <definedName name="__________as10" localSheetId="3">#REF!</definedName>
     <definedName name="__________as10" localSheetId="7">#REF!</definedName>
     <definedName name="__________as10" localSheetId="1">#REF!</definedName>
     <definedName name="__________as10" localSheetId="0">#REF!</definedName>
     <definedName name="__________as10" localSheetId="2">#REF!</definedName>
     <definedName name="__________as10" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as10" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as10" localSheetId="9">#REF!</definedName>
     <definedName name="__________as10" localSheetId="8">#REF!</definedName>
     <definedName name="__________as10">#REF!</definedName>
     <definedName name="__________as11" localSheetId="3">#REF!</definedName>
     <definedName name="__________as11" localSheetId="7">#REF!</definedName>
     <definedName name="__________as11" localSheetId="1">#REF!</definedName>
     <definedName name="__________as11" localSheetId="0">#REF!</definedName>
     <definedName name="__________as11" localSheetId="2">#REF!</definedName>
     <definedName name="__________as11" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as11" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as11" localSheetId="9">#REF!</definedName>
     <definedName name="__________as11" localSheetId="8">#REF!</definedName>
     <definedName name="__________as11">#REF!</definedName>
     <definedName name="__________as12" localSheetId="3">#REF!</definedName>
     <definedName name="__________as12" localSheetId="7">#REF!</definedName>
     <definedName name="__________as12" localSheetId="1">#REF!</definedName>
     <definedName name="__________as12" localSheetId="0">#REF!</definedName>
     <definedName name="__________as12" localSheetId="2">#REF!</definedName>
     <definedName name="__________as12" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as12" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as12" localSheetId="9">#REF!</definedName>
     <definedName name="__________as12" localSheetId="8">#REF!</definedName>
     <definedName name="__________as12">#REF!</definedName>
     <definedName name="__________as13" localSheetId="3">#REF!</definedName>
     <definedName name="__________as13" localSheetId="7">#REF!</definedName>
     <definedName name="__________as13" localSheetId="1">#REF!</definedName>
     <definedName name="__________as13" localSheetId="0">#REF!</definedName>
     <definedName name="__________as13" localSheetId="2">#REF!</definedName>
     <definedName name="__________as13" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as13" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as13" localSheetId="9">#REF!</definedName>
     <definedName name="__________as13" localSheetId="8">#REF!</definedName>
     <definedName name="__________as13">#REF!</definedName>
     <definedName name="__________as14" localSheetId="3">#REF!</definedName>
     <definedName name="__________as14" localSheetId="7">#REF!</definedName>
     <definedName name="__________as14" localSheetId="1">#REF!</definedName>
     <definedName name="__________as14" localSheetId="0">#REF!</definedName>
     <definedName name="__________as14" localSheetId="6">#REF!</definedName>
     <definedName name="__________as14" localSheetId="5">#REF!</definedName>
     <definedName name="__________as14" localSheetId="2">#REF!</definedName>
     <definedName name="__________as14" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as14" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as14" localSheetId="9">#REF!</definedName>
     <definedName name="__________as14" localSheetId="8">#REF!</definedName>
     <definedName name="__________as14">#REF!</definedName>
     <definedName name="__________as15" localSheetId="3">#REF!</definedName>
     <definedName name="__________as15" localSheetId="7">#REF!</definedName>
     <definedName name="__________as15" localSheetId="1">#REF!</definedName>
     <definedName name="__________as15" localSheetId="0">#REF!</definedName>
     <definedName name="__________as15" localSheetId="6">#REF!</definedName>
     <definedName name="__________as15" localSheetId="5">#REF!</definedName>
     <definedName name="__________as15" localSheetId="2">#REF!</definedName>
     <definedName name="__________as15" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as15" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as15" localSheetId="9">#REF!</definedName>
     <definedName name="__________as15" localSheetId="8">#REF!</definedName>
     <definedName name="__________as15">#REF!</definedName>
     <definedName name="__________as16" localSheetId="3">#REF!</definedName>
     <definedName name="__________as16" localSheetId="7">#REF!</definedName>
     <definedName name="__________as16" localSheetId="1">#REF!</definedName>
     <definedName name="__________as16" localSheetId="0">#REF!</definedName>
     <definedName name="__________as16" localSheetId="2">#REF!</definedName>
     <definedName name="__________as16" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as16" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as16" localSheetId="9">#REF!</definedName>
     <definedName name="__________as16" localSheetId="8">#REF!</definedName>
     <definedName name="__________as16">#REF!</definedName>
     <definedName name="__________as17" localSheetId="3">#REF!</definedName>
     <definedName name="__________as17" localSheetId="7">#REF!</definedName>
     <definedName name="__________as17" localSheetId="1">#REF!</definedName>
     <definedName name="__________as17" localSheetId="0">#REF!</definedName>
     <definedName name="__________as17" localSheetId="6">#REF!</definedName>
     <definedName name="__________as17" localSheetId="5">#REF!</definedName>
     <definedName name="__________as17" localSheetId="2">#REF!</definedName>
     <definedName name="__________as17" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as17" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as17" localSheetId="9">#REF!</definedName>
     <definedName name="__________as17" localSheetId="8">#REF!</definedName>
     <definedName name="__________as17">#REF!</definedName>
     <definedName name="__________as18" localSheetId="3">#REF!</definedName>
     <definedName name="__________as18" localSheetId="7">#REF!</definedName>
     <definedName name="__________as18" localSheetId="1">#REF!</definedName>
     <definedName name="__________as18" localSheetId="0">#REF!</definedName>
     <definedName name="__________as18" localSheetId="2">#REF!</definedName>
     <definedName name="__________as18" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as18" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as18" localSheetId="9">#REF!</definedName>
     <definedName name="__________as18" localSheetId="8">#REF!</definedName>
     <definedName name="__________as18">#REF!</definedName>
     <definedName name="__________as19" localSheetId="3">#REF!</definedName>
     <definedName name="__________as19" localSheetId="7">#REF!</definedName>
     <definedName name="__________as19" localSheetId="1">#REF!</definedName>
     <definedName name="__________as19" localSheetId="0">#REF!</definedName>
     <definedName name="__________as19" localSheetId="2">#REF!</definedName>
     <definedName name="__________as19" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as19" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as19" localSheetId="9">#REF!</definedName>
     <definedName name="__________as19" localSheetId="8">#REF!</definedName>
     <definedName name="__________as19">#REF!</definedName>
     <definedName name="__________as2" localSheetId="3">#REF!</definedName>
     <definedName name="__________as2" localSheetId="7">#REF!</definedName>
     <definedName name="__________as2" localSheetId="1">#REF!</definedName>
     <definedName name="__________as2" localSheetId="0">#REF!</definedName>
     <definedName name="__________as2" localSheetId="6">#REF!</definedName>
     <definedName name="__________as2" localSheetId="5">#REF!</definedName>
     <definedName name="__________as2" localSheetId="2">#REF!</definedName>
     <definedName name="__________as2" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as2" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as2" localSheetId="9">#REF!</definedName>
     <definedName name="__________as2" localSheetId="8">#REF!</definedName>
     <definedName name="__________as2">#REF!</definedName>
     <definedName name="__________as20" localSheetId="3">#REF!</definedName>
     <definedName name="__________as20" localSheetId="7">#REF!</definedName>
     <definedName name="__________as20" localSheetId="1">#REF!</definedName>
     <definedName name="__________as20" localSheetId="0">#REF!</definedName>
     <definedName name="__________as20" localSheetId="2">#REF!</definedName>
     <definedName name="__________as20" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as20" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as20" localSheetId="9">#REF!</definedName>
     <definedName name="__________as20" localSheetId="8">#REF!</definedName>
     <definedName name="__________as20">#REF!</definedName>
     <definedName name="__________as21" localSheetId="3">#REF!</definedName>
     <definedName name="__________as21" localSheetId="7">#REF!</definedName>
     <definedName name="__________as21" localSheetId="1">#REF!</definedName>
     <definedName name="__________as21" localSheetId="0">#REF!</definedName>
     <definedName name="__________as21" localSheetId="2">#REF!</definedName>
     <definedName name="__________as21" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as21" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as21" localSheetId="9">#REF!</definedName>
     <definedName name="__________as21" localSheetId="8">#REF!</definedName>
     <definedName name="__________as21">#REF!</definedName>
     <definedName name="__________as22" localSheetId="3">#REF!</definedName>
     <definedName name="__________as22" localSheetId="7">#REF!</definedName>
     <definedName name="__________as22" localSheetId="1">#REF!</definedName>
     <definedName name="__________as22" localSheetId="0">#REF!</definedName>
     <definedName name="__________as22" localSheetId="2">#REF!</definedName>
     <definedName name="__________as22" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as22" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as22" localSheetId="9">#REF!</definedName>
     <definedName name="__________as22" localSheetId="8">#REF!</definedName>
     <definedName name="__________as22">#REF!</definedName>
     <definedName name="__________as23" localSheetId="3">#REF!</definedName>
     <definedName name="__________as23" localSheetId="7">#REF!</definedName>
     <definedName name="__________as23" localSheetId="1">#REF!</definedName>
     <definedName name="__________as23" localSheetId="0">#REF!</definedName>
     <definedName name="__________as23" localSheetId="6">#REF!</definedName>
     <definedName name="__________as23" localSheetId="5">#REF!</definedName>
     <definedName name="__________as23" localSheetId="2">#REF!</definedName>
     <definedName name="__________as23" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as23" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as23" localSheetId="9">#REF!</definedName>
     <definedName name="__________as23" localSheetId="8">#REF!</definedName>
     <definedName name="__________as23">#REF!</definedName>
     <definedName name="__________as24" localSheetId="3">#REF!</definedName>
     <definedName name="__________as24" localSheetId="7">#REF!</definedName>
     <definedName name="__________as24" localSheetId="1">#REF!</definedName>
     <definedName name="__________as24" localSheetId="0">#REF!</definedName>
     <definedName name="__________as24" localSheetId="2">#REF!</definedName>
     <definedName name="__________as24" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as24" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as24" localSheetId="9">#REF!</definedName>
     <definedName name="__________as24" localSheetId="8">#REF!</definedName>
     <definedName name="__________as24">#REF!</definedName>
     <definedName name="__________as3" localSheetId="3">#REF!</definedName>
     <definedName name="__________as3" localSheetId="7">#REF!</definedName>
     <definedName name="__________as3" localSheetId="1">#REF!</definedName>
     <definedName name="__________as3" localSheetId="0">#REF!</definedName>
     <definedName name="__________as3" localSheetId="6">#REF!</definedName>
     <definedName name="__________as3" localSheetId="5">#REF!</definedName>
     <definedName name="__________as3" localSheetId="2">#REF!</definedName>
     <definedName name="__________as3" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as3" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as3" localSheetId="9">#REF!</definedName>
     <definedName name="__________as3" localSheetId="8">#REF!</definedName>
     <definedName name="__________as3">#REF!</definedName>
     <definedName name="__________as4" localSheetId="3">#REF!</definedName>
     <definedName name="__________as4" localSheetId="7">#REF!</definedName>
     <definedName name="__________as4" localSheetId="1">#REF!</definedName>
     <definedName name="__________as4" localSheetId="0">#REF!</definedName>
     <definedName name="__________as4" localSheetId="2">#REF!</definedName>
     <definedName name="__________as4" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as4" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as4" localSheetId="9">#REF!</definedName>
     <definedName name="__________as4" localSheetId="8">#REF!</definedName>
     <definedName name="__________as4">#REF!</definedName>
     <definedName name="__________as5" localSheetId="3">#REF!</definedName>
     <definedName name="__________as5" localSheetId="7">#REF!</definedName>
     <definedName name="__________as5" localSheetId="1">#REF!</definedName>
     <definedName name="__________as5" localSheetId="0">#REF!</definedName>
     <definedName name="__________as5" localSheetId="2">#REF!</definedName>
     <definedName name="__________as5" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as5" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as5" localSheetId="9">#REF!</definedName>
     <definedName name="__________as5" localSheetId="8">#REF!</definedName>
     <definedName name="__________as5">#REF!</definedName>
     <definedName name="__________as6" localSheetId="3">#REF!</definedName>
     <definedName name="__________as6" localSheetId="7">#REF!</definedName>
     <definedName name="__________as6" localSheetId="1">#REF!</definedName>
     <definedName name="__________as6" localSheetId="0">#REF!</definedName>
     <definedName name="__________as6" localSheetId="6">#REF!</definedName>
     <definedName name="__________as6" localSheetId="5">#REF!</definedName>
     <definedName name="__________as6" localSheetId="2">#REF!</definedName>
     <definedName name="__________as6" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as6" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as6" localSheetId="9">#REF!</definedName>
     <definedName name="__________as6" localSheetId="8">#REF!</definedName>
     <definedName name="__________as6">#REF!</definedName>
     <definedName name="__________as7" localSheetId="3">#REF!</definedName>
     <definedName name="__________as7" localSheetId="7">#REF!</definedName>
     <definedName name="__________as7" localSheetId="1">#REF!</definedName>
     <definedName name="__________as7" localSheetId="0">#REF!</definedName>
     <definedName name="__________as7" localSheetId="6">#REF!</definedName>
     <definedName name="__________as7" localSheetId="5">#REF!</definedName>
     <definedName name="__________as7" localSheetId="2">#REF!</definedName>
     <definedName name="__________as7" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as7" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as7" localSheetId="9">#REF!</definedName>
     <definedName name="__________as7" localSheetId="8">#REF!</definedName>
     <definedName name="__________as7">#REF!</definedName>
     <definedName name="__________as8" localSheetId="3">#REF!</definedName>
     <definedName name="__________as8" localSheetId="7">#REF!</definedName>
     <definedName name="__________as8" localSheetId="1">#REF!</definedName>
     <definedName name="__________as8" localSheetId="0">#REF!</definedName>
     <definedName name="__________as8" localSheetId="2">#REF!</definedName>
     <definedName name="__________as8" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as8" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as8" localSheetId="9">#REF!</definedName>
     <definedName name="__________as8" localSheetId="8">#REF!</definedName>
     <definedName name="__________as8">#REF!</definedName>
     <definedName name="__________as9" localSheetId="3">#REF!</definedName>
     <definedName name="__________as9" localSheetId="7">#REF!</definedName>
     <definedName name="__________as9" localSheetId="1">#REF!</definedName>
     <definedName name="__________as9" localSheetId="0">#REF!</definedName>
     <definedName name="__________as9" localSheetId="2">#REF!</definedName>
     <definedName name="__________as9" localSheetId="4">#REF!</definedName>
+    <definedName name="__________as9" localSheetId="10">#REF!</definedName>
+    <definedName name="__________as9" localSheetId="9">#REF!</definedName>
     <definedName name="__________as9" localSheetId="8">#REF!</definedName>
     <definedName name="__________as9">#REF!</definedName>
     <definedName name="__________Aug2005" localSheetId="1">#REF!</definedName>
     <definedName name="__________Aug2005" localSheetId="0">#REF!</definedName>
     <definedName name="__________Aug2005">#REF!</definedName>
     <definedName name="__________de1" localSheetId="1">#REF!</definedName>
     <definedName name="__________de1" localSheetId="0">#REF!</definedName>
     <definedName name="__________de1">#REF!</definedName>
     <definedName name="__________Dec2005" localSheetId="1">#REF!</definedName>
     <definedName name="__________Dec2005" localSheetId="0">#REF!</definedName>
     <definedName name="__________Dec2005">#REF!</definedName>
     <definedName name="__________Feb2005" localSheetId="1">#REF!</definedName>
     <definedName name="__________Feb2005" localSheetId="0">#REF!</definedName>
     <definedName name="__________Feb2005">#REF!</definedName>
     <definedName name="__________Jan2005" localSheetId="1">#REF!</definedName>
     <definedName name="__________Jan2005" localSheetId="0">#REF!</definedName>
     <definedName name="__________Jan2005">#REF!</definedName>
     <definedName name="__________Jan2006" localSheetId="1">#REF!</definedName>
     <definedName name="__________Jan2006" localSheetId="0">#REF!</definedName>
     <definedName name="__________Jan2006">#REF!</definedName>
     <definedName name="__________JE26184" localSheetId="1">#REF!</definedName>
     <definedName name="__________JE26184" localSheetId="0">#REF!</definedName>
     <definedName name="__________JE26184">#REF!</definedName>
     <definedName name="__________Jul2005" localSheetId="1">#REF!</definedName>
     <definedName name="__________Jul2005" localSheetId="0">#REF!</definedName>
@@ -470,250 +528,298 @@
     <definedName name="_________2003_Lisa_s_Comparison_Report">#REF!</definedName>
     <definedName name="_________2004_CUSIP_" localSheetId="1">#REF!</definedName>
     <definedName name="_________2004_CUSIP_" localSheetId="0">#REF!</definedName>
     <definedName name="_________2004_CUSIP_">#REF!</definedName>
     <definedName name="_________2004_Lisa_s_Comparison_Report" localSheetId="1">#REF!</definedName>
     <definedName name="_________2004_Lisa_s_Comparison_Report" localSheetId="0">#REF!</definedName>
     <definedName name="_________2004_Lisa_s_Comparison_Report">#REF!</definedName>
     <definedName name="_________2005" localSheetId="1">#REF!</definedName>
     <definedName name="_________2005" localSheetId="0">#REF!</definedName>
     <definedName name="_________2005">#REF!</definedName>
     <definedName name="_________2006" localSheetId="1">#REF!</definedName>
     <definedName name="_________2006" localSheetId="0">#REF!</definedName>
     <definedName name="_________2006">#REF!</definedName>
     <definedName name="_________2007_08" localSheetId="1">#REF!</definedName>
     <definedName name="_________2007_08" localSheetId="0">#REF!</definedName>
     <definedName name="_________2007_08">#REF!</definedName>
     <definedName name="_________Apr2005" localSheetId="1">#REF!</definedName>
     <definedName name="_________Apr2005" localSheetId="0">#REF!</definedName>
     <definedName name="_________Apr2005">#REF!</definedName>
     <definedName name="_________as1" localSheetId="3">#REF!</definedName>
     <definedName name="_________as1" localSheetId="7">#REF!</definedName>
     <definedName name="_________as1" localSheetId="1">#REF!</definedName>
     <definedName name="_________as1" localSheetId="0">#REF!</definedName>
     <definedName name="_________as1" localSheetId="2">#REF!</definedName>
     <definedName name="_________as1" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as1" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as1" localSheetId="9">#REF!</definedName>
     <definedName name="_________as1" localSheetId="8">#REF!</definedName>
     <definedName name="_________as1">#REF!</definedName>
     <definedName name="_________as10" localSheetId="3">#REF!</definedName>
     <definedName name="_________as10" localSheetId="7">#REF!</definedName>
     <definedName name="_________as10" localSheetId="1">#REF!</definedName>
     <definedName name="_________as10" localSheetId="0">#REF!</definedName>
     <definedName name="_________as10" localSheetId="2">#REF!</definedName>
     <definedName name="_________as10" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as10" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as10" localSheetId="9">#REF!</definedName>
     <definedName name="_________as10" localSheetId="8">#REF!</definedName>
     <definedName name="_________as10">#REF!</definedName>
     <definedName name="_________as11" localSheetId="3">#REF!</definedName>
     <definedName name="_________as11" localSheetId="7">#REF!</definedName>
     <definedName name="_________as11" localSheetId="1">#REF!</definedName>
     <definedName name="_________as11" localSheetId="0">#REF!</definedName>
     <definedName name="_________as11" localSheetId="2">#REF!</definedName>
     <definedName name="_________as11" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as11" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as11" localSheetId="9">#REF!</definedName>
     <definedName name="_________as11" localSheetId="8">#REF!</definedName>
     <definedName name="_________as11">#REF!</definedName>
     <definedName name="_________as12" localSheetId="3">#REF!</definedName>
     <definedName name="_________as12" localSheetId="7">#REF!</definedName>
     <definedName name="_________as12" localSheetId="1">#REF!</definedName>
     <definedName name="_________as12" localSheetId="0">#REF!</definedName>
     <definedName name="_________as12" localSheetId="2">#REF!</definedName>
     <definedName name="_________as12" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as12" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as12" localSheetId="9">#REF!</definedName>
     <definedName name="_________as12" localSheetId="8">#REF!</definedName>
     <definedName name="_________as12">#REF!</definedName>
     <definedName name="_________as13" localSheetId="3">#REF!</definedName>
     <definedName name="_________as13" localSheetId="7">#REF!</definedName>
     <definedName name="_________as13" localSheetId="1">#REF!</definedName>
     <definedName name="_________as13" localSheetId="0">#REF!</definedName>
     <definedName name="_________as13" localSheetId="2">#REF!</definedName>
     <definedName name="_________as13" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as13" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as13" localSheetId="9">#REF!</definedName>
     <definedName name="_________as13" localSheetId="8">#REF!</definedName>
     <definedName name="_________as13">#REF!</definedName>
     <definedName name="_________as14" localSheetId="3">#REF!</definedName>
     <definedName name="_________as14" localSheetId="7">#REF!</definedName>
     <definedName name="_________as14" localSheetId="1">#REF!</definedName>
     <definedName name="_________as14" localSheetId="0">#REF!</definedName>
     <definedName name="_________as14" localSheetId="6">#REF!</definedName>
     <definedName name="_________as14" localSheetId="5">#REF!</definedName>
     <definedName name="_________as14" localSheetId="2">#REF!</definedName>
     <definedName name="_________as14" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as14" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as14" localSheetId="9">#REF!</definedName>
     <definedName name="_________as14" localSheetId="8">#REF!</definedName>
     <definedName name="_________as14">#REF!</definedName>
     <definedName name="_________as15" localSheetId="3">#REF!</definedName>
     <definedName name="_________as15" localSheetId="7">#REF!</definedName>
     <definedName name="_________as15" localSheetId="1">#REF!</definedName>
     <definedName name="_________as15" localSheetId="0">#REF!</definedName>
     <definedName name="_________as15" localSheetId="6">#REF!</definedName>
     <definedName name="_________as15" localSheetId="5">#REF!</definedName>
     <definedName name="_________as15" localSheetId="2">#REF!</definedName>
     <definedName name="_________as15" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as15" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as15" localSheetId="9">#REF!</definedName>
     <definedName name="_________as15" localSheetId="8">#REF!</definedName>
     <definedName name="_________as15">#REF!</definedName>
     <definedName name="_________as16" localSheetId="3">#REF!</definedName>
     <definedName name="_________as16" localSheetId="7">#REF!</definedName>
     <definedName name="_________as16" localSheetId="1">#REF!</definedName>
     <definedName name="_________as16" localSheetId="0">#REF!</definedName>
     <definedName name="_________as16" localSheetId="2">#REF!</definedName>
     <definedName name="_________as16" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as16" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as16" localSheetId="9">#REF!</definedName>
     <definedName name="_________as16" localSheetId="8">#REF!</definedName>
     <definedName name="_________as16">#REF!</definedName>
     <definedName name="_________as17" localSheetId="3">#REF!</definedName>
     <definedName name="_________as17" localSheetId="7">#REF!</definedName>
     <definedName name="_________as17" localSheetId="1">#REF!</definedName>
     <definedName name="_________as17" localSheetId="0">#REF!</definedName>
     <definedName name="_________as17" localSheetId="6">#REF!</definedName>
     <definedName name="_________as17" localSheetId="5">#REF!</definedName>
     <definedName name="_________as17" localSheetId="2">#REF!</definedName>
     <definedName name="_________as17" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as17" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as17" localSheetId="9">#REF!</definedName>
     <definedName name="_________as17" localSheetId="8">#REF!</definedName>
     <definedName name="_________as17">#REF!</definedName>
     <definedName name="_________as18" localSheetId="3">#REF!</definedName>
     <definedName name="_________as18" localSheetId="7">#REF!</definedName>
     <definedName name="_________as18" localSheetId="1">#REF!</definedName>
     <definedName name="_________as18" localSheetId="0">#REF!</definedName>
     <definedName name="_________as18" localSheetId="2">#REF!</definedName>
     <definedName name="_________as18" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as18" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as18" localSheetId="9">#REF!</definedName>
     <definedName name="_________as18" localSheetId="8">#REF!</definedName>
     <definedName name="_________as18">#REF!</definedName>
     <definedName name="_________as19" localSheetId="3">#REF!</definedName>
     <definedName name="_________as19" localSheetId="7">#REF!</definedName>
     <definedName name="_________as19" localSheetId="1">#REF!</definedName>
     <definedName name="_________as19" localSheetId="0">#REF!</definedName>
     <definedName name="_________as19" localSheetId="2">#REF!</definedName>
     <definedName name="_________as19" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as19" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as19" localSheetId="9">#REF!</definedName>
     <definedName name="_________as19" localSheetId="8">#REF!</definedName>
     <definedName name="_________as19">#REF!</definedName>
     <definedName name="_________as2" localSheetId="3">#REF!</definedName>
     <definedName name="_________as2" localSheetId="7">#REF!</definedName>
     <definedName name="_________as2" localSheetId="1">#REF!</definedName>
     <definedName name="_________as2" localSheetId="0">#REF!</definedName>
     <definedName name="_________as2" localSheetId="6">#REF!</definedName>
     <definedName name="_________as2" localSheetId="5">#REF!</definedName>
     <definedName name="_________as2" localSheetId="2">#REF!</definedName>
     <definedName name="_________as2" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as2" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as2" localSheetId="9">#REF!</definedName>
     <definedName name="_________as2" localSheetId="8">#REF!</definedName>
     <definedName name="_________as2">#REF!</definedName>
     <definedName name="_________as20" localSheetId="3">#REF!</definedName>
     <definedName name="_________as20" localSheetId="7">#REF!</definedName>
     <definedName name="_________as20" localSheetId="1">#REF!</definedName>
     <definedName name="_________as20" localSheetId="0">#REF!</definedName>
     <definedName name="_________as20" localSheetId="2">#REF!</definedName>
     <definedName name="_________as20" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as20" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as20" localSheetId="9">#REF!</definedName>
     <definedName name="_________as20" localSheetId="8">#REF!</definedName>
     <definedName name="_________as20">#REF!</definedName>
     <definedName name="_________as21" localSheetId="3">#REF!</definedName>
     <definedName name="_________as21" localSheetId="7">#REF!</definedName>
     <definedName name="_________as21" localSheetId="1">#REF!</definedName>
     <definedName name="_________as21" localSheetId="0">#REF!</definedName>
     <definedName name="_________as21" localSheetId="2">#REF!</definedName>
     <definedName name="_________as21" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as21" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as21" localSheetId="9">#REF!</definedName>
     <definedName name="_________as21" localSheetId="8">#REF!</definedName>
     <definedName name="_________as21">#REF!</definedName>
     <definedName name="_________as22" localSheetId="3">#REF!</definedName>
     <definedName name="_________as22" localSheetId="7">#REF!</definedName>
     <definedName name="_________as22" localSheetId="1">#REF!</definedName>
     <definedName name="_________as22" localSheetId="0">#REF!</definedName>
     <definedName name="_________as22" localSheetId="2">#REF!</definedName>
     <definedName name="_________as22" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as22" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as22" localSheetId="9">#REF!</definedName>
     <definedName name="_________as22" localSheetId="8">#REF!</definedName>
     <definedName name="_________as22">#REF!</definedName>
     <definedName name="_________as23" localSheetId="3">#REF!</definedName>
     <definedName name="_________as23" localSheetId="7">#REF!</definedName>
     <definedName name="_________as23" localSheetId="1">#REF!</definedName>
     <definedName name="_________as23" localSheetId="0">#REF!</definedName>
     <definedName name="_________as23" localSheetId="6">#REF!</definedName>
     <definedName name="_________as23" localSheetId="5">#REF!</definedName>
     <definedName name="_________as23" localSheetId="2">#REF!</definedName>
     <definedName name="_________as23" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as23" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as23" localSheetId="9">#REF!</definedName>
     <definedName name="_________as23" localSheetId="8">#REF!</definedName>
     <definedName name="_________as23">#REF!</definedName>
     <definedName name="_________as24" localSheetId="3">#REF!</definedName>
     <definedName name="_________as24" localSheetId="7">#REF!</definedName>
     <definedName name="_________as24" localSheetId="1">#REF!</definedName>
     <definedName name="_________as24" localSheetId="0">#REF!</definedName>
     <definedName name="_________as24" localSheetId="2">#REF!</definedName>
     <definedName name="_________as24" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as24" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as24" localSheetId="9">#REF!</definedName>
     <definedName name="_________as24" localSheetId="8">#REF!</definedName>
     <definedName name="_________as24">#REF!</definedName>
     <definedName name="_________as3" localSheetId="3">#REF!</definedName>
     <definedName name="_________as3" localSheetId="7">#REF!</definedName>
     <definedName name="_________as3" localSheetId="1">#REF!</definedName>
     <definedName name="_________as3" localSheetId="0">#REF!</definedName>
     <definedName name="_________as3" localSheetId="6">#REF!</definedName>
     <definedName name="_________as3" localSheetId="5">#REF!</definedName>
     <definedName name="_________as3" localSheetId="2">#REF!</definedName>
     <definedName name="_________as3" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as3" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as3" localSheetId="9">#REF!</definedName>
     <definedName name="_________as3" localSheetId="8">#REF!</definedName>
     <definedName name="_________as3">#REF!</definedName>
     <definedName name="_________as4" localSheetId="3">#REF!</definedName>
     <definedName name="_________as4" localSheetId="7">#REF!</definedName>
     <definedName name="_________as4" localSheetId="1">#REF!</definedName>
     <definedName name="_________as4" localSheetId="0">#REF!</definedName>
     <definedName name="_________as4" localSheetId="2">#REF!</definedName>
     <definedName name="_________as4" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as4" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as4" localSheetId="9">#REF!</definedName>
     <definedName name="_________as4" localSheetId="8">#REF!</definedName>
     <definedName name="_________as4">#REF!</definedName>
     <definedName name="_________as5" localSheetId="3">#REF!</definedName>
     <definedName name="_________as5" localSheetId="7">#REF!</definedName>
     <definedName name="_________as5" localSheetId="1">#REF!</definedName>
     <definedName name="_________as5" localSheetId="0">#REF!</definedName>
     <definedName name="_________as5" localSheetId="2">#REF!</definedName>
     <definedName name="_________as5" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as5" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as5" localSheetId="9">#REF!</definedName>
     <definedName name="_________as5" localSheetId="8">#REF!</definedName>
     <definedName name="_________as5">#REF!</definedName>
     <definedName name="_________as6" localSheetId="3">#REF!</definedName>
     <definedName name="_________as6" localSheetId="7">#REF!</definedName>
     <definedName name="_________as6" localSheetId="1">#REF!</definedName>
     <definedName name="_________as6" localSheetId="0">#REF!</definedName>
     <definedName name="_________as6" localSheetId="6">#REF!</definedName>
     <definedName name="_________as6" localSheetId="5">#REF!</definedName>
     <definedName name="_________as6" localSheetId="2">#REF!</definedName>
     <definedName name="_________as6" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as6" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as6" localSheetId="9">#REF!</definedName>
     <definedName name="_________as6" localSheetId="8">#REF!</definedName>
     <definedName name="_________as6">#REF!</definedName>
     <definedName name="_________as7" localSheetId="3">#REF!</definedName>
     <definedName name="_________as7" localSheetId="7">#REF!</definedName>
     <definedName name="_________as7" localSheetId="1">#REF!</definedName>
     <definedName name="_________as7" localSheetId="0">#REF!</definedName>
     <definedName name="_________as7" localSheetId="6">#REF!</definedName>
     <definedName name="_________as7" localSheetId="5">#REF!</definedName>
     <definedName name="_________as7" localSheetId="2">#REF!</definedName>
     <definedName name="_________as7" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as7" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as7" localSheetId="9">#REF!</definedName>
     <definedName name="_________as7" localSheetId="8">#REF!</definedName>
     <definedName name="_________as7">#REF!</definedName>
     <definedName name="_________as8" localSheetId="3">#REF!</definedName>
     <definedName name="_________as8" localSheetId="7">#REF!</definedName>
     <definedName name="_________as8" localSheetId="1">#REF!</definedName>
     <definedName name="_________as8" localSheetId="0">#REF!</definedName>
     <definedName name="_________as8" localSheetId="2">#REF!</definedName>
     <definedName name="_________as8" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as8" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as8" localSheetId="9">#REF!</definedName>
     <definedName name="_________as8" localSheetId="8">#REF!</definedName>
     <definedName name="_________as8">#REF!</definedName>
     <definedName name="_________as9" localSheetId="3">#REF!</definedName>
     <definedName name="_________as9" localSheetId="7">#REF!</definedName>
     <definedName name="_________as9" localSheetId="1">#REF!</definedName>
     <definedName name="_________as9" localSheetId="0">#REF!</definedName>
     <definedName name="_________as9" localSheetId="2">#REF!</definedName>
     <definedName name="_________as9" localSheetId="4">#REF!</definedName>
+    <definedName name="_________as9" localSheetId="10">#REF!</definedName>
+    <definedName name="_________as9" localSheetId="9">#REF!</definedName>
     <definedName name="_________as9" localSheetId="8">#REF!</definedName>
     <definedName name="_________as9">#REF!</definedName>
     <definedName name="_________Aug2005" localSheetId="1">#REF!</definedName>
     <definedName name="_________Aug2005" localSheetId="0">#REF!</definedName>
     <definedName name="_________Aug2005">#REF!</definedName>
     <definedName name="_________de1" localSheetId="1">#REF!</definedName>
     <definedName name="_________de1" localSheetId="0">#REF!</definedName>
     <definedName name="_________de1">#REF!</definedName>
     <definedName name="_________Dec2005" localSheetId="1">#REF!</definedName>
     <definedName name="_________Dec2005" localSheetId="0">#REF!</definedName>
     <definedName name="_________Dec2005">#REF!</definedName>
     <definedName name="_________Feb2005" localSheetId="1">#REF!</definedName>
     <definedName name="_________Feb2005" localSheetId="0">#REF!</definedName>
     <definedName name="_________Feb2005">#REF!</definedName>
     <definedName name="_________Jan2005" localSheetId="1">#REF!</definedName>
     <definedName name="_________Jan2005" localSheetId="0">#REF!</definedName>
     <definedName name="_________Jan2005">#REF!</definedName>
     <definedName name="_________Jan2006" localSheetId="1">#REF!</definedName>
     <definedName name="_________Jan2006" localSheetId="0">#REF!</definedName>
     <definedName name="_________Jan2006">#REF!</definedName>
     <definedName name="_________JE26184" localSheetId="1">#REF!</definedName>
     <definedName name="_________JE26184" localSheetId="0">#REF!</definedName>
     <definedName name="_________JE26184">#REF!</definedName>
     <definedName name="_________Jul2005" localSheetId="1">#REF!</definedName>
     <definedName name="_________Jul2005" localSheetId="0">#REF!</definedName>
@@ -819,250 +925,298 @@
     <definedName name="________2003_Lisa_s_Comparison_Report">#REF!</definedName>
     <definedName name="________2004_CUSIP_" localSheetId="1">#REF!</definedName>
     <definedName name="________2004_CUSIP_" localSheetId="0">#REF!</definedName>
     <definedName name="________2004_CUSIP_">#REF!</definedName>
     <definedName name="________2004_Lisa_s_Comparison_Report" localSheetId="1">#REF!</definedName>
     <definedName name="________2004_Lisa_s_Comparison_Report" localSheetId="0">#REF!</definedName>
     <definedName name="________2004_Lisa_s_Comparison_Report">#REF!</definedName>
     <definedName name="________2005" localSheetId="1">#REF!</definedName>
     <definedName name="________2005" localSheetId="0">#REF!</definedName>
     <definedName name="________2005">#REF!</definedName>
     <definedName name="________2006" localSheetId="1">#REF!</definedName>
     <definedName name="________2006" localSheetId="0">#REF!</definedName>
     <definedName name="________2006">#REF!</definedName>
     <definedName name="________2007_08" localSheetId="1">#REF!</definedName>
     <definedName name="________2007_08" localSheetId="0">#REF!</definedName>
     <definedName name="________2007_08">#REF!</definedName>
     <definedName name="________Apr2005" localSheetId="1">#REF!</definedName>
     <definedName name="________Apr2005" localSheetId="0">#REF!</definedName>
     <definedName name="________Apr2005">#REF!</definedName>
     <definedName name="________as1" localSheetId="3">#REF!</definedName>
     <definedName name="________as1" localSheetId="7">#REF!</definedName>
     <definedName name="________as1" localSheetId="1">#REF!</definedName>
     <definedName name="________as1" localSheetId="0">#REF!</definedName>
     <definedName name="________as1" localSheetId="2">#REF!</definedName>
     <definedName name="________as1" localSheetId="4">#REF!</definedName>
+    <definedName name="________as1" localSheetId="10">#REF!</definedName>
+    <definedName name="________as1" localSheetId="9">#REF!</definedName>
     <definedName name="________as1" localSheetId="8">#REF!</definedName>
     <definedName name="________as1">#REF!</definedName>
     <definedName name="________as10" localSheetId="3">#REF!</definedName>
     <definedName name="________as10" localSheetId="7">#REF!</definedName>
     <definedName name="________as10" localSheetId="1">#REF!</definedName>
     <definedName name="________as10" localSheetId="0">#REF!</definedName>
     <definedName name="________as10" localSheetId="2">#REF!</definedName>
     <definedName name="________as10" localSheetId="4">#REF!</definedName>
+    <definedName name="________as10" localSheetId="10">#REF!</definedName>
+    <definedName name="________as10" localSheetId="9">#REF!</definedName>
     <definedName name="________as10" localSheetId="8">#REF!</definedName>
     <definedName name="________as10">#REF!</definedName>
     <definedName name="________as11" localSheetId="3">#REF!</definedName>
     <definedName name="________as11" localSheetId="7">#REF!</definedName>
     <definedName name="________as11" localSheetId="1">#REF!</definedName>
     <definedName name="________as11" localSheetId="0">#REF!</definedName>
     <definedName name="________as11" localSheetId="2">#REF!</definedName>
     <definedName name="________as11" localSheetId="4">#REF!</definedName>
+    <definedName name="________as11" localSheetId="10">#REF!</definedName>
+    <definedName name="________as11" localSheetId="9">#REF!</definedName>
     <definedName name="________as11" localSheetId="8">#REF!</definedName>
     <definedName name="________as11">#REF!</definedName>
     <definedName name="________as12" localSheetId="3">#REF!</definedName>
     <definedName name="________as12" localSheetId="7">#REF!</definedName>
     <definedName name="________as12" localSheetId="1">#REF!</definedName>
     <definedName name="________as12" localSheetId="0">#REF!</definedName>
     <definedName name="________as12" localSheetId="2">#REF!</definedName>
     <definedName name="________as12" localSheetId="4">#REF!</definedName>
+    <definedName name="________as12" localSheetId="10">#REF!</definedName>
+    <definedName name="________as12" localSheetId="9">#REF!</definedName>
     <definedName name="________as12" localSheetId="8">#REF!</definedName>
     <definedName name="________as12">#REF!</definedName>
     <definedName name="________as13" localSheetId="3">#REF!</definedName>
     <definedName name="________as13" localSheetId="7">#REF!</definedName>
     <definedName name="________as13" localSheetId="1">#REF!</definedName>
     <definedName name="________as13" localSheetId="0">#REF!</definedName>
     <definedName name="________as13" localSheetId="2">#REF!</definedName>
     <definedName name="________as13" localSheetId="4">#REF!</definedName>
+    <definedName name="________as13" localSheetId="10">#REF!</definedName>
+    <definedName name="________as13" localSheetId="9">#REF!</definedName>
     <definedName name="________as13" localSheetId="8">#REF!</definedName>
     <definedName name="________as13">#REF!</definedName>
     <definedName name="________as14" localSheetId="3">#REF!</definedName>
     <definedName name="________as14" localSheetId="7">#REF!</definedName>
     <definedName name="________as14" localSheetId="1">#REF!</definedName>
     <definedName name="________as14" localSheetId="0">#REF!</definedName>
     <definedName name="________as14" localSheetId="6">#REF!</definedName>
     <definedName name="________as14" localSheetId="5">#REF!</definedName>
     <definedName name="________as14" localSheetId="2">#REF!</definedName>
     <definedName name="________as14" localSheetId="4">#REF!</definedName>
+    <definedName name="________as14" localSheetId="10">#REF!</definedName>
+    <definedName name="________as14" localSheetId="9">#REF!</definedName>
     <definedName name="________as14" localSheetId="8">#REF!</definedName>
     <definedName name="________as14">#REF!</definedName>
     <definedName name="________as15" localSheetId="3">#REF!</definedName>
     <definedName name="________as15" localSheetId="7">#REF!</definedName>
     <definedName name="________as15" localSheetId="1">#REF!</definedName>
     <definedName name="________as15" localSheetId="0">#REF!</definedName>
     <definedName name="________as15" localSheetId="6">#REF!</definedName>
     <definedName name="________as15" localSheetId="5">#REF!</definedName>
     <definedName name="________as15" localSheetId="2">#REF!</definedName>
     <definedName name="________as15" localSheetId="4">#REF!</definedName>
+    <definedName name="________as15" localSheetId="10">#REF!</definedName>
+    <definedName name="________as15" localSheetId="9">#REF!</definedName>
     <definedName name="________as15" localSheetId="8">#REF!</definedName>
     <definedName name="________as15">#REF!</definedName>
     <definedName name="________as16" localSheetId="3">#REF!</definedName>
     <definedName name="________as16" localSheetId="7">#REF!</definedName>
     <definedName name="________as16" localSheetId="1">#REF!</definedName>
     <definedName name="________as16" localSheetId="0">#REF!</definedName>
     <definedName name="________as16" localSheetId="2">#REF!</definedName>
     <definedName name="________as16" localSheetId="4">#REF!</definedName>
+    <definedName name="________as16" localSheetId="10">#REF!</definedName>
+    <definedName name="________as16" localSheetId="9">#REF!</definedName>
     <definedName name="________as16" localSheetId="8">#REF!</definedName>
     <definedName name="________as16">#REF!</definedName>
     <definedName name="________as17" localSheetId="3">#REF!</definedName>
     <definedName name="________as17" localSheetId="7">#REF!</definedName>
     <definedName name="________as17" localSheetId="1">#REF!</definedName>
     <definedName name="________as17" localSheetId="0">#REF!</definedName>
     <definedName name="________as17" localSheetId="6">#REF!</definedName>
     <definedName name="________as17" localSheetId="5">#REF!</definedName>
     <definedName name="________as17" localSheetId="2">#REF!</definedName>
     <definedName name="________as17" localSheetId="4">#REF!</definedName>
+    <definedName name="________as17" localSheetId="10">#REF!</definedName>
+    <definedName name="________as17" localSheetId="9">#REF!</definedName>
     <definedName name="________as17" localSheetId="8">#REF!</definedName>
     <definedName name="________as17">#REF!</definedName>
     <definedName name="________as18" localSheetId="3">#REF!</definedName>
     <definedName name="________as18" localSheetId="7">#REF!</definedName>
     <definedName name="________as18" localSheetId="1">#REF!</definedName>
     <definedName name="________as18" localSheetId="0">#REF!</definedName>
     <definedName name="________as18" localSheetId="2">#REF!</definedName>
     <definedName name="________as18" localSheetId="4">#REF!</definedName>
+    <definedName name="________as18" localSheetId="10">#REF!</definedName>
+    <definedName name="________as18" localSheetId="9">#REF!</definedName>
     <definedName name="________as18" localSheetId="8">#REF!</definedName>
     <definedName name="________as18">#REF!</definedName>
     <definedName name="________as19" localSheetId="3">#REF!</definedName>
     <definedName name="________as19" localSheetId="7">#REF!</definedName>
     <definedName name="________as19" localSheetId="1">#REF!</definedName>
     <definedName name="________as19" localSheetId="0">#REF!</definedName>
     <definedName name="________as19" localSheetId="2">#REF!</definedName>
     <definedName name="________as19" localSheetId="4">#REF!</definedName>
+    <definedName name="________as19" localSheetId="10">#REF!</definedName>
+    <definedName name="________as19" localSheetId="9">#REF!</definedName>
     <definedName name="________as19" localSheetId="8">#REF!</definedName>
     <definedName name="________as19">#REF!</definedName>
     <definedName name="________as2" localSheetId="3">#REF!</definedName>
     <definedName name="________as2" localSheetId="7">#REF!</definedName>
     <definedName name="________as2" localSheetId="1">#REF!</definedName>
     <definedName name="________as2" localSheetId="0">#REF!</definedName>
     <definedName name="________as2" localSheetId="6">#REF!</definedName>
     <definedName name="________as2" localSheetId="5">#REF!</definedName>
     <definedName name="________as2" localSheetId="2">#REF!</definedName>
     <definedName name="________as2" localSheetId="4">#REF!</definedName>
+    <definedName name="________as2" localSheetId="10">#REF!</definedName>
+    <definedName name="________as2" localSheetId="9">#REF!</definedName>
     <definedName name="________as2" localSheetId="8">#REF!</definedName>
     <definedName name="________as2">#REF!</definedName>
     <definedName name="________as20" localSheetId="3">#REF!</definedName>
     <definedName name="________as20" localSheetId="7">#REF!</definedName>
     <definedName name="________as20" localSheetId="1">#REF!</definedName>
     <definedName name="________as20" localSheetId="0">#REF!</definedName>
     <definedName name="________as20" localSheetId="2">#REF!</definedName>
     <definedName name="________as20" localSheetId="4">#REF!</definedName>
+    <definedName name="________as20" localSheetId="10">#REF!</definedName>
+    <definedName name="________as20" localSheetId="9">#REF!</definedName>
     <definedName name="________as20" localSheetId="8">#REF!</definedName>
     <definedName name="________as20">#REF!</definedName>
     <definedName name="________as21" localSheetId="3">#REF!</definedName>
     <definedName name="________as21" localSheetId="7">#REF!</definedName>
     <definedName name="________as21" localSheetId="1">#REF!</definedName>
     <definedName name="________as21" localSheetId="0">#REF!</definedName>
     <definedName name="________as21" localSheetId="2">#REF!</definedName>
     <definedName name="________as21" localSheetId="4">#REF!</definedName>
+    <definedName name="________as21" localSheetId="10">#REF!</definedName>
+    <definedName name="________as21" localSheetId="9">#REF!</definedName>
     <definedName name="________as21" localSheetId="8">#REF!</definedName>
     <definedName name="________as21">#REF!</definedName>
     <definedName name="________as22" localSheetId="3">#REF!</definedName>
     <definedName name="________as22" localSheetId="7">#REF!</definedName>
     <definedName name="________as22" localSheetId="1">#REF!</definedName>
     <definedName name="________as22" localSheetId="0">#REF!</definedName>
     <definedName name="________as22" localSheetId="2">#REF!</definedName>
     <definedName name="________as22" localSheetId="4">#REF!</definedName>
+    <definedName name="________as22" localSheetId="10">#REF!</definedName>
+    <definedName name="________as22" localSheetId="9">#REF!</definedName>
     <definedName name="________as22" localSheetId="8">#REF!</definedName>
     <definedName name="________as22">#REF!</definedName>
     <definedName name="________as23" localSheetId="3">#REF!</definedName>
     <definedName name="________as23" localSheetId="7">#REF!</definedName>
     <definedName name="________as23" localSheetId="1">#REF!</definedName>
     <definedName name="________as23" localSheetId="0">#REF!</definedName>
     <definedName name="________as23" localSheetId="6">#REF!</definedName>
     <definedName name="________as23" localSheetId="5">#REF!</definedName>
     <definedName name="________as23" localSheetId="2">#REF!</definedName>
     <definedName name="________as23" localSheetId="4">#REF!</definedName>
+    <definedName name="________as23" localSheetId="10">#REF!</definedName>
+    <definedName name="________as23" localSheetId="9">#REF!</definedName>
     <definedName name="________as23" localSheetId="8">#REF!</definedName>
     <definedName name="________as23">#REF!</definedName>
     <definedName name="________as24" localSheetId="3">#REF!</definedName>
     <definedName name="________as24" localSheetId="7">#REF!</definedName>
     <definedName name="________as24" localSheetId="1">#REF!</definedName>
     <definedName name="________as24" localSheetId="0">#REF!</definedName>
     <definedName name="________as24" localSheetId="2">#REF!</definedName>
     <definedName name="________as24" localSheetId="4">#REF!</definedName>
+    <definedName name="________as24" localSheetId="10">#REF!</definedName>
+    <definedName name="________as24" localSheetId="9">#REF!</definedName>
     <definedName name="________as24" localSheetId="8">#REF!</definedName>
     <definedName name="________as24">#REF!</definedName>
     <definedName name="________as3" localSheetId="3">#REF!</definedName>
     <definedName name="________as3" localSheetId="7">#REF!</definedName>
     <definedName name="________as3" localSheetId="1">#REF!</definedName>
     <definedName name="________as3" localSheetId="0">#REF!</definedName>
     <definedName name="________as3" localSheetId="6">#REF!</definedName>
     <definedName name="________as3" localSheetId="5">#REF!</definedName>
     <definedName name="________as3" localSheetId="2">#REF!</definedName>
     <definedName name="________as3" localSheetId="4">#REF!</definedName>
+    <definedName name="________as3" localSheetId="10">#REF!</definedName>
+    <definedName name="________as3" localSheetId="9">#REF!</definedName>
     <definedName name="________as3" localSheetId="8">#REF!</definedName>
     <definedName name="________as3">#REF!</definedName>
     <definedName name="________as4" localSheetId="3">#REF!</definedName>
     <definedName name="________as4" localSheetId="7">#REF!</definedName>
     <definedName name="________as4" localSheetId="1">#REF!</definedName>
     <definedName name="________as4" localSheetId="0">#REF!</definedName>
     <definedName name="________as4" localSheetId="2">#REF!</definedName>
     <definedName name="________as4" localSheetId="4">#REF!</definedName>
+    <definedName name="________as4" localSheetId="10">#REF!</definedName>
+    <definedName name="________as4" localSheetId="9">#REF!</definedName>
     <definedName name="________as4" localSheetId="8">#REF!</definedName>
     <definedName name="________as4">#REF!</definedName>
     <definedName name="________as5" localSheetId="3">#REF!</definedName>
     <definedName name="________as5" localSheetId="7">#REF!</definedName>
     <definedName name="________as5" localSheetId="1">#REF!</definedName>
     <definedName name="________as5" localSheetId="0">#REF!</definedName>
     <definedName name="________as5" localSheetId="2">#REF!</definedName>
     <definedName name="________as5" localSheetId="4">#REF!</definedName>
+    <definedName name="________as5" localSheetId="10">#REF!</definedName>
+    <definedName name="________as5" localSheetId="9">#REF!</definedName>
     <definedName name="________as5" localSheetId="8">#REF!</definedName>
     <definedName name="________as5">#REF!</definedName>
     <definedName name="________as6" localSheetId="3">#REF!</definedName>
     <definedName name="________as6" localSheetId="7">#REF!</definedName>
     <definedName name="________as6" localSheetId="1">#REF!</definedName>
     <definedName name="________as6" localSheetId="0">#REF!</definedName>
     <definedName name="________as6" localSheetId="6">#REF!</definedName>
     <definedName name="________as6" localSheetId="5">#REF!</definedName>
     <definedName name="________as6" localSheetId="2">#REF!</definedName>
     <definedName name="________as6" localSheetId="4">#REF!</definedName>
+    <definedName name="________as6" localSheetId="10">#REF!</definedName>
+    <definedName name="________as6" localSheetId="9">#REF!</definedName>
     <definedName name="________as6" localSheetId="8">#REF!</definedName>
     <definedName name="________as6">#REF!</definedName>
     <definedName name="________as7" localSheetId="3">#REF!</definedName>
     <definedName name="________as7" localSheetId="7">#REF!</definedName>
     <definedName name="________as7" localSheetId="1">#REF!</definedName>
     <definedName name="________as7" localSheetId="0">#REF!</definedName>
     <definedName name="________as7" localSheetId="6">#REF!</definedName>
     <definedName name="________as7" localSheetId="5">#REF!</definedName>
     <definedName name="________as7" localSheetId="2">#REF!</definedName>
     <definedName name="________as7" localSheetId="4">#REF!</definedName>
+    <definedName name="________as7" localSheetId="10">#REF!</definedName>
+    <definedName name="________as7" localSheetId="9">#REF!</definedName>
     <definedName name="________as7" localSheetId="8">#REF!</definedName>
     <definedName name="________as7">#REF!</definedName>
     <definedName name="________as8" localSheetId="3">#REF!</definedName>
     <definedName name="________as8" localSheetId="7">#REF!</definedName>
     <definedName name="________as8" localSheetId="1">#REF!</definedName>
     <definedName name="________as8" localSheetId="0">#REF!</definedName>
     <definedName name="________as8" localSheetId="2">#REF!</definedName>
     <definedName name="________as8" localSheetId="4">#REF!</definedName>
+    <definedName name="________as8" localSheetId="10">#REF!</definedName>
+    <definedName name="________as8" localSheetId="9">#REF!</definedName>
     <definedName name="________as8" localSheetId="8">#REF!</definedName>
     <definedName name="________as8">#REF!</definedName>
     <definedName name="________as9" localSheetId="3">#REF!</definedName>
     <definedName name="________as9" localSheetId="7">#REF!</definedName>
     <definedName name="________as9" localSheetId="1">#REF!</definedName>
     <definedName name="________as9" localSheetId="0">#REF!</definedName>
     <definedName name="________as9" localSheetId="2">#REF!</definedName>
     <definedName name="________as9" localSheetId="4">#REF!</definedName>
+    <definedName name="________as9" localSheetId="10">#REF!</definedName>
+    <definedName name="________as9" localSheetId="9">#REF!</definedName>
     <definedName name="________as9" localSheetId="8">#REF!</definedName>
     <definedName name="________as9">#REF!</definedName>
     <definedName name="________Aug2005" localSheetId="1">#REF!</definedName>
     <definedName name="________Aug2005" localSheetId="0">#REF!</definedName>
     <definedName name="________Aug2005">#REF!</definedName>
     <definedName name="________de1" localSheetId="1">#REF!</definedName>
     <definedName name="________de1" localSheetId="0">#REF!</definedName>
     <definedName name="________de1">#REF!</definedName>
     <definedName name="________Dec2005" localSheetId="1">#REF!</definedName>
     <definedName name="________Dec2005" localSheetId="0">#REF!</definedName>
     <definedName name="________Dec2005">#REF!</definedName>
     <definedName name="________Feb2005" localSheetId="1">#REF!</definedName>
     <definedName name="________Feb2005" localSheetId="0">#REF!</definedName>
     <definedName name="________Feb2005">#REF!</definedName>
     <definedName name="________Jan2005" localSheetId="1">#REF!</definedName>
     <definedName name="________Jan2005" localSheetId="0">#REF!</definedName>
     <definedName name="________Jan2005">#REF!</definedName>
     <definedName name="________Jan2006" localSheetId="1">#REF!</definedName>
     <definedName name="________Jan2006" localSheetId="0">#REF!</definedName>
     <definedName name="________Jan2006">#REF!</definedName>
     <definedName name="________JE26184" localSheetId="1">#REF!</definedName>
     <definedName name="________JE26184" localSheetId="0">#REF!</definedName>
     <definedName name="________JE26184">#REF!</definedName>
     <definedName name="________Jul2005" localSheetId="1">#REF!</definedName>
     <definedName name="________Jul2005" localSheetId="0">#REF!</definedName>
@@ -1168,250 +1322,298 @@
     <definedName name="_______2003_Lisa_s_Comparison_Report">#REF!</definedName>
     <definedName name="_______2004_CUSIP_" localSheetId="1">#REF!</definedName>
     <definedName name="_______2004_CUSIP_" localSheetId="0">#REF!</definedName>
     <definedName name="_______2004_CUSIP_">#REF!</definedName>
     <definedName name="_______2004_Lisa_s_Comparison_Report" localSheetId="1">#REF!</definedName>
     <definedName name="_______2004_Lisa_s_Comparison_Report" localSheetId="0">#REF!</definedName>
     <definedName name="_______2004_Lisa_s_Comparison_Report">#REF!</definedName>
     <definedName name="_______2005" localSheetId="1">#REF!</definedName>
     <definedName name="_______2005" localSheetId="0">#REF!</definedName>
     <definedName name="_______2005">#REF!</definedName>
     <definedName name="_______2006" localSheetId="1">#REF!</definedName>
     <definedName name="_______2006" localSheetId="0">#REF!</definedName>
     <definedName name="_______2006">#REF!</definedName>
     <definedName name="_______2007_08" localSheetId="1">#REF!</definedName>
     <definedName name="_______2007_08" localSheetId="0">#REF!</definedName>
     <definedName name="_______2007_08">#REF!</definedName>
     <definedName name="_______Apr2005" localSheetId="1">#REF!</definedName>
     <definedName name="_______Apr2005" localSheetId="0">#REF!</definedName>
     <definedName name="_______Apr2005">#REF!</definedName>
     <definedName name="_______as1" localSheetId="3">#REF!</definedName>
     <definedName name="_______as1" localSheetId="7">#REF!</definedName>
     <definedName name="_______as1" localSheetId="1">#REF!</definedName>
     <definedName name="_______as1" localSheetId="0">#REF!</definedName>
     <definedName name="_______as1" localSheetId="2">#REF!</definedName>
     <definedName name="_______as1" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as1" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as1" localSheetId="9">#REF!</definedName>
     <definedName name="_______as1" localSheetId="8">#REF!</definedName>
     <definedName name="_______as1">#REF!</definedName>
     <definedName name="_______as10" localSheetId="3">#REF!</definedName>
     <definedName name="_______as10" localSheetId="7">#REF!</definedName>
     <definedName name="_______as10" localSheetId="1">#REF!</definedName>
     <definedName name="_______as10" localSheetId="0">#REF!</definedName>
     <definedName name="_______as10" localSheetId="2">#REF!</definedName>
     <definedName name="_______as10" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as10" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as10" localSheetId="9">#REF!</definedName>
     <definedName name="_______as10" localSheetId="8">#REF!</definedName>
     <definedName name="_______as10">#REF!</definedName>
     <definedName name="_______as11" localSheetId="3">#REF!</definedName>
     <definedName name="_______as11" localSheetId="7">#REF!</definedName>
     <definedName name="_______as11" localSheetId="1">#REF!</definedName>
     <definedName name="_______as11" localSheetId="0">#REF!</definedName>
     <definedName name="_______as11" localSheetId="2">#REF!</definedName>
     <definedName name="_______as11" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as11" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as11" localSheetId="9">#REF!</definedName>
     <definedName name="_______as11" localSheetId="8">#REF!</definedName>
     <definedName name="_______as11">#REF!</definedName>
     <definedName name="_______as12" localSheetId="3">#REF!</definedName>
     <definedName name="_______as12" localSheetId="7">#REF!</definedName>
     <definedName name="_______as12" localSheetId="1">#REF!</definedName>
     <definedName name="_______as12" localSheetId="0">#REF!</definedName>
     <definedName name="_______as12" localSheetId="2">#REF!</definedName>
     <definedName name="_______as12" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as12" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as12" localSheetId="9">#REF!</definedName>
     <definedName name="_______as12" localSheetId="8">#REF!</definedName>
     <definedName name="_______as12">#REF!</definedName>
     <definedName name="_______as13" localSheetId="3">#REF!</definedName>
     <definedName name="_______as13" localSheetId="7">#REF!</definedName>
     <definedName name="_______as13" localSheetId="1">#REF!</definedName>
     <definedName name="_______as13" localSheetId="0">#REF!</definedName>
     <definedName name="_______as13" localSheetId="2">#REF!</definedName>
     <definedName name="_______as13" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as13" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as13" localSheetId="9">#REF!</definedName>
     <definedName name="_______as13" localSheetId="8">#REF!</definedName>
     <definedName name="_______as13">#REF!</definedName>
     <definedName name="_______as14" localSheetId="3">#REF!</definedName>
     <definedName name="_______as14" localSheetId="7">#REF!</definedName>
     <definedName name="_______as14" localSheetId="1">#REF!</definedName>
     <definedName name="_______as14" localSheetId="0">#REF!</definedName>
     <definedName name="_______as14" localSheetId="6">#REF!</definedName>
     <definedName name="_______as14" localSheetId="5">#REF!</definedName>
     <definedName name="_______as14" localSheetId="2">#REF!</definedName>
     <definedName name="_______as14" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as14" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as14" localSheetId="9">#REF!</definedName>
     <definedName name="_______as14" localSheetId="8">#REF!</definedName>
     <definedName name="_______as14">#REF!</definedName>
     <definedName name="_______as15" localSheetId="3">#REF!</definedName>
     <definedName name="_______as15" localSheetId="7">#REF!</definedName>
     <definedName name="_______as15" localSheetId="1">#REF!</definedName>
     <definedName name="_______as15" localSheetId="0">#REF!</definedName>
     <definedName name="_______as15" localSheetId="6">#REF!</definedName>
     <definedName name="_______as15" localSheetId="5">#REF!</definedName>
     <definedName name="_______as15" localSheetId="2">#REF!</definedName>
     <definedName name="_______as15" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as15" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as15" localSheetId="9">#REF!</definedName>
     <definedName name="_______as15" localSheetId="8">#REF!</definedName>
     <definedName name="_______as15">#REF!</definedName>
     <definedName name="_______as16" localSheetId="3">#REF!</definedName>
     <definedName name="_______as16" localSheetId="7">#REF!</definedName>
     <definedName name="_______as16" localSheetId="1">#REF!</definedName>
     <definedName name="_______as16" localSheetId="0">#REF!</definedName>
     <definedName name="_______as16" localSheetId="2">#REF!</definedName>
     <definedName name="_______as16" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as16" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as16" localSheetId="9">#REF!</definedName>
     <definedName name="_______as16" localSheetId="8">#REF!</definedName>
     <definedName name="_______as16">#REF!</definedName>
     <definedName name="_______as17" localSheetId="3">#REF!</definedName>
     <definedName name="_______as17" localSheetId="7">#REF!</definedName>
     <definedName name="_______as17" localSheetId="1">#REF!</definedName>
     <definedName name="_______as17" localSheetId="0">#REF!</definedName>
     <definedName name="_______as17" localSheetId="6">#REF!</definedName>
     <definedName name="_______as17" localSheetId="5">#REF!</definedName>
     <definedName name="_______as17" localSheetId="2">#REF!</definedName>
     <definedName name="_______as17" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as17" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as17" localSheetId="9">#REF!</definedName>
     <definedName name="_______as17" localSheetId="8">#REF!</definedName>
     <definedName name="_______as17">#REF!</definedName>
     <definedName name="_______as18" localSheetId="3">#REF!</definedName>
     <definedName name="_______as18" localSheetId="7">#REF!</definedName>
     <definedName name="_______as18" localSheetId="1">#REF!</definedName>
     <definedName name="_______as18" localSheetId="0">#REF!</definedName>
     <definedName name="_______as18" localSheetId="2">#REF!</definedName>
     <definedName name="_______as18" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as18" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as18" localSheetId="9">#REF!</definedName>
     <definedName name="_______as18" localSheetId="8">#REF!</definedName>
     <definedName name="_______as18">#REF!</definedName>
     <definedName name="_______as19" localSheetId="3">#REF!</definedName>
     <definedName name="_______as19" localSheetId="7">#REF!</definedName>
     <definedName name="_______as19" localSheetId="1">#REF!</definedName>
     <definedName name="_______as19" localSheetId="0">#REF!</definedName>
     <definedName name="_______as19" localSheetId="2">#REF!</definedName>
     <definedName name="_______as19" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as19" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as19" localSheetId="9">#REF!</definedName>
     <definedName name="_______as19" localSheetId="8">#REF!</definedName>
     <definedName name="_______as19">#REF!</definedName>
     <definedName name="_______as2" localSheetId="3">#REF!</definedName>
     <definedName name="_______as2" localSheetId="7">#REF!</definedName>
     <definedName name="_______as2" localSheetId="1">#REF!</definedName>
     <definedName name="_______as2" localSheetId="0">#REF!</definedName>
     <definedName name="_______as2" localSheetId="6">#REF!</definedName>
     <definedName name="_______as2" localSheetId="5">#REF!</definedName>
     <definedName name="_______as2" localSheetId="2">#REF!</definedName>
     <definedName name="_______as2" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as2" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as2" localSheetId="9">#REF!</definedName>
     <definedName name="_______as2" localSheetId="8">#REF!</definedName>
     <definedName name="_______as2">#REF!</definedName>
     <definedName name="_______as20" localSheetId="3">#REF!</definedName>
     <definedName name="_______as20" localSheetId="7">#REF!</definedName>
     <definedName name="_______as20" localSheetId="1">#REF!</definedName>
     <definedName name="_______as20" localSheetId="0">#REF!</definedName>
     <definedName name="_______as20" localSheetId="2">#REF!</definedName>
     <definedName name="_______as20" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as20" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as20" localSheetId="9">#REF!</definedName>
     <definedName name="_______as20" localSheetId="8">#REF!</definedName>
     <definedName name="_______as20">#REF!</definedName>
     <definedName name="_______as21" localSheetId="3">#REF!</definedName>
     <definedName name="_______as21" localSheetId="7">#REF!</definedName>
     <definedName name="_______as21" localSheetId="1">#REF!</definedName>
     <definedName name="_______as21" localSheetId="0">#REF!</definedName>
     <definedName name="_______as21" localSheetId="2">#REF!</definedName>
     <definedName name="_______as21" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as21" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as21" localSheetId="9">#REF!</definedName>
     <definedName name="_______as21" localSheetId="8">#REF!</definedName>
     <definedName name="_______as21">#REF!</definedName>
     <definedName name="_______as22" localSheetId="3">#REF!</definedName>
     <definedName name="_______as22" localSheetId="7">#REF!</definedName>
     <definedName name="_______as22" localSheetId="1">#REF!</definedName>
     <definedName name="_______as22" localSheetId="0">#REF!</definedName>
     <definedName name="_______as22" localSheetId="2">#REF!</definedName>
     <definedName name="_______as22" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as22" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as22" localSheetId="9">#REF!</definedName>
     <definedName name="_______as22" localSheetId="8">#REF!</definedName>
     <definedName name="_______as22">#REF!</definedName>
     <definedName name="_______as23" localSheetId="3">#REF!</definedName>
     <definedName name="_______as23" localSheetId="7">#REF!</definedName>
     <definedName name="_______as23" localSheetId="1">#REF!</definedName>
     <definedName name="_______as23" localSheetId="0">#REF!</definedName>
     <definedName name="_______as23" localSheetId="6">#REF!</definedName>
     <definedName name="_______as23" localSheetId="5">#REF!</definedName>
     <definedName name="_______as23" localSheetId="2">#REF!</definedName>
     <definedName name="_______as23" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as23" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as23" localSheetId="9">#REF!</definedName>
     <definedName name="_______as23" localSheetId="8">#REF!</definedName>
     <definedName name="_______as23">#REF!</definedName>
     <definedName name="_______as24" localSheetId="3">#REF!</definedName>
     <definedName name="_______as24" localSheetId="7">#REF!</definedName>
     <definedName name="_______as24" localSheetId="1">#REF!</definedName>
     <definedName name="_______as24" localSheetId="0">#REF!</definedName>
     <definedName name="_______as24" localSheetId="2">#REF!</definedName>
     <definedName name="_______as24" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as24" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as24" localSheetId="9">#REF!</definedName>
     <definedName name="_______as24" localSheetId="8">#REF!</definedName>
     <definedName name="_______as24">#REF!</definedName>
     <definedName name="_______as3" localSheetId="3">#REF!</definedName>
     <definedName name="_______as3" localSheetId="7">#REF!</definedName>
     <definedName name="_______as3" localSheetId="1">#REF!</definedName>
     <definedName name="_______as3" localSheetId="0">#REF!</definedName>
     <definedName name="_______as3" localSheetId="6">#REF!</definedName>
     <definedName name="_______as3" localSheetId="5">#REF!</definedName>
     <definedName name="_______as3" localSheetId="2">#REF!</definedName>
     <definedName name="_______as3" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as3" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as3" localSheetId="9">#REF!</definedName>
     <definedName name="_______as3" localSheetId="8">#REF!</definedName>
     <definedName name="_______as3">#REF!</definedName>
     <definedName name="_______as4" localSheetId="3">#REF!</definedName>
     <definedName name="_______as4" localSheetId="7">#REF!</definedName>
     <definedName name="_______as4" localSheetId="1">#REF!</definedName>
     <definedName name="_______as4" localSheetId="0">#REF!</definedName>
     <definedName name="_______as4" localSheetId="2">#REF!</definedName>
     <definedName name="_______as4" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as4" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as4" localSheetId="9">#REF!</definedName>
     <definedName name="_______as4" localSheetId="8">#REF!</definedName>
     <definedName name="_______as4">#REF!</definedName>
     <definedName name="_______as5" localSheetId="3">#REF!</definedName>
     <definedName name="_______as5" localSheetId="7">#REF!</definedName>
     <definedName name="_______as5" localSheetId="1">#REF!</definedName>
     <definedName name="_______as5" localSheetId="0">#REF!</definedName>
     <definedName name="_______as5" localSheetId="2">#REF!</definedName>
     <definedName name="_______as5" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as5" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as5" localSheetId="9">#REF!</definedName>
     <definedName name="_______as5" localSheetId="8">#REF!</definedName>
     <definedName name="_______as5">#REF!</definedName>
     <definedName name="_______as6" localSheetId="3">#REF!</definedName>
     <definedName name="_______as6" localSheetId="7">#REF!</definedName>
     <definedName name="_______as6" localSheetId="1">#REF!</definedName>
     <definedName name="_______as6" localSheetId="0">#REF!</definedName>
     <definedName name="_______as6" localSheetId="6">#REF!</definedName>
     <definedName name="_______as6" localSheetId="5">#REF!</definedName>
     <definedName name="_______as6" localSheetId="2">#REF!</definedName>
     <definedName name="_______as6" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as6" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as6" localSheetId="9">#REF!</definedName>
     <definedName name="_______as6" localSheetId="8">#REF!</definedName>
     <definedName name="_______as6">#REF!</definedName>
     <definedName name="_______as7" localSheetId="3">#REF!</definedName>
     <definedName name="_______as7" localSheetId="7">#REF!</definedName>
     <definedName name="_______as7" localSheetId="1">#REF!</definedName>
     <definedName name="_______as7" localSheetId="0">#REF!</definedName>
     <definedName name="_______as7" localSheetId="6">#REF!</definedName>
     <definedName name="_______as7" localSheetId="5">#REF!</definedName>
     <definedName name="_______as7" localSheetId="2">#REF!</definedName>
     <definedName name="_______as7" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as7" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as7" localSheetId="9">#REF!</definedName>
     <definedName name="_______as7" localSheetId="8">#REF!</definedName>
     <definedName name="_______as7">#REF!</definedName>
     <definedName name="_______as8" localSheetId="3">#REF!</definedName>
     <definedName name="_______as8" localSheetId="7">#REF!</definedName>
     <definedName name="_______as8" localSheetId="1">#REF!</definedName>
     <definedName name="_______as8" localSheetId="0">#REF!</definedName>
     <definedName name="_______as8" localSheetId="2">#REF!</definedName>
     <definedName name="_______as8" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as8" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as8" localSheetId="9">#REF!</definedName>
     <definedName name="_______as8" localSheetId="8">#REF!</definedName>
     <definedName name="_______as8">#REF!</definedName>
     <definedName name="_______as9" localSheetId="3">#REF!</definedName>
     <definedName name="_______as9" localSheetId="7">#REF!</definedName>
     <definedName name="_______as9" localSheetId="1">#REF!</definedName>
     <definedName name="_______as9" localSheetId="0">#REF!</definedName>
     <definedName name="_______as9" localSheetId="2">#REF!</definedName>
     <definedName name="_______as9" localSheetId="4">#REF!</definedName>
+    <definedName name="_______as9" localSheetId="10">#REF!</definedName>
+    <definedName name="_______as9" localSheetId="9">#REF!</definedName>
     <definedName name="_______as9" localSheetId="8">#REF!</definedName>
     <definedName name="_______as9">#REF!</definedName>
     <definedName name="_______Aug2005" localSheetId="1">#REF!</definedName>
     <definedName name="_______Aug2005" localSheetId="0">#REF!</definedName>
     <definedName name="_______Aug2005">#REF!</definedName>
     <definedName name="_______de1" localSheetId="1">#REF!</definedName>
     <definedName name="_______de1" localSheetId="0">#REF!</definedName>
     <definedName name="_______de1">#REF!</definedName>
     <definedName name="_______Dec2005" localSheetId="1">#REF!</definedName>
     <definedName name="_______Dec2005" localSheetId="0">#REF!</definedName>
     <definedName name="_______Dec2005">#REF!</definedName>
     <definedName name="_______Feb2005" localSheetId="1">#REF!</definedName>
     <definedName name="_______Feb2005" localSheetId="0">#REF!</definedName>
     <definedName name="_______Feb2005">#REF!</definedName>
     <definedName name="_______Jan2005" localSheetId="1">#REF!</definedName>
     <definedName name="_______Jan2005" localSheetId="0">#REF!</definedName>
     <definedName name="_______Jan2005">#REF!</definedName>
     <definedName name="_______Jan2006" localSheetId="1">#REF!</definedName>
     <definedName name="_______Jan2006" localSheetId="0">#REF!</definedName>
     <definedName name="_______Jan2006">#REF!</definedName>
     <definedName name="_______JE26184" localSheetId="1">#REF!</definedName>
     <definedName name="_______JE26184" localSheetId="0">#REF!</definedName>
     <definedName name="_______JE26184">#REF!</definedName>
     <definedName name="_______Jul2005" localSheetId="1">#REF!</definedName>
     <definedName name="_______Jul2005" localSheetId="0">#REF!</definedName>
@@ -1517,250 +1719,298 @@
     <definedName name="______2003_Lisa_s_Comparison_Report">#REF!</definedName>
     <definedName name="______2004_CUSIP_" localSheetId="1">#REF!</definedName>
     <definedName name="______2004_CUSIP_" localSheetId="0">#REF!</definedName>
     <definedName name="______2004_CUSIP_">#REF!</definedName>
     <definedName name="______2004_Lisa_s_Comparison_Report" localSheetId="1">#REF!</definedName>
     <definedName name="______2004_Lisa_s_Comparison_Report" localSheetId="0">#REF!</definedName>
     <definedName name="______2004_Lisa_s_Comparison_Report">#REF!</definedName>
     <definedName name="______2005" localSheetId="1">#REF!</definedName>
     <definedName name="______2005" localSheetId="0">#REF!</definedName>
     <definedName name="______2005">#REF!</definedName>
     <definedName name="______2006" localSheetId="1">#REF!</definedName>
     <definedName name="______2006" localSheetId="0">#REF!</definedName>
     <definedName name="______2006">#REF!</definedName>
     <definedName name="______2007_08" localSheetId="1">#REF!</definedName>
     <definedName name="______2007_08" localSheetId="0">#REF!</definedName>
     <definedName name="______2007_08">#REF!</definedName>
     <definedName name="______Apr2005" localSheetId="1">#REF!</definedName>
     <definedName name="______Apr2005" localSheetId="0">#REF!</definedName>
     <definedName name="______Apr2005">#REF!</definedName>
     <definedName name="______as1" localSheetId="3">#REF!</definedName>
     <definedName name="______as1" localSheetId="7">#REF!</definedName>
     <definedName name="______as1" localSheetId="1">#REF!</definedName>
     <definedName name="______as1" localSheetId="0">#REF!</definedName>
     <definedName name="______as1" localSheetId="2">#REF!</definedName>
     <definedName name="______as1" localSheetId="4">#REF!</definedName>
+    <definedName name="______as1" localSheetId="10">#REF!</definedName>
+    <definedName name="______as1" localSheetId="9">#REF!</definedName>
     <definedName name="______as1" localSheetId="8">#REF!</definedName>
     <definedName name="______as1">#REF!</definedName>
     <definedName name="______as10" localSheetId="3">#REF!</definedName>
     <definedName name="______as10" localSheetId="7">#REF!</definedName>
     <definedName name="______as10" localSheetId="1">#REF!</definedName>
     <definedName name="______as10" localSheetId="0">#REF!</definedName>
     <definedName name="______as10" localSheetId="2">#REF!</definedName>
     <definedName name="______as10" localSheetId="4">#REF!</definedName>
+    <definedName name="______as10" localSheetId="10">#REF!</definedName>
+    <definedName name="______as10" localSheetId="9">#REF!</definedName>
     <definedName name="______as10" localSheetId="8">#REF!</definedName>
     <definedName name="______as10">#REF!</definedName>
     <definedName name="______as11" localSheetId="3">#REF!</definedName>
     <definedName name="______as11" localSheetId="7">#REF!</definedName>
     <definedName name="______as11" localSheetId="1">#REF!</definedName>
     <definedName name="______as11" localSheetId="0">#REF!</definedName>
     <definedName name="______as11" localSheetId="2">#REF!</definedName>
     <definedName name="______as11" localSheetId="4">#REF!</definedName>
+    <definedName name="______as11" localSheetId="10">#REF!</definedName>
+    <definedName name="______as11" localSheetId="9">#REF!</definedName>
     <definedName name="______as11" localSheetId="8">#REF!</definedName>
     <definedName name="______as11">#REF!</definedName>
     <definedName name="______as12" localSheetId="3">#REF!</definedName>
     <definedName name="______as12" localSheetId="7">#REF!</definedName>
     <definedName name="______as12" localSheetId="1">#REF!</definedName>
     <definedName name="______as12" localSheetId="0">#REF!</definedName>
     <definedName name="______as12" localSheetId="2">#REF!</definedName>
     <definedName name="______as12" localSheetId="4">#REF!</definedName>
+    <definedName name="______as12" localSheetId="10">#REF!</definedName>
+    <definedName name="______as12" localSheetId="9">#REF!</definedName>
     <definedName name="______as12" localSheetId="8">#REF!</definedName>
     <definedName name="______as12">#REF!</definedName>
     <definedName name="______as13" localSheetId="3">#REF!</definedName>
     <definedName name="______as13" localSheetId="7">#REF!</definedName>
     <definedName name="______as13" localSheetId="1">#REF!</definedName>
     <definedName name="______as13" localSheetId="0">#REF!</definedName>
     <definedName name="______as13" localSheetId="2">#REF!</definedName>
     <definedName name="______as13" localSheetId="4">#REF!</definedName>
+    <definedName name="______as13" localSheetId="10">#REF!</definedName>
+    <definedName name="______as13" localSheetId="9">#REF!</definedName>
     <definedName name="______as13" localSheetId="8">#REF!</definedName>
     <definedName name="______as13">#REF!</definedName>
     <definedName name="______as14" localSheetId="3">#REF!</definedName>
     <definedName name="______as14" localSheetId="7">#REF!</definedName>
     <definedName name="______as14" localSheetId="1">#REF!</definedName>
     <definedName name="______as14" localSheetId="0">#REF!</definedName>
     <definedName name="______as14" localSheetId="6">#REF!</definedName>
     <definedName name="______as14" localSheetId="5">#REF!</definedName>
     <definedName name="______as14" localSheetId="2">#REF!</definedName>
     <definedName name="______as14" localSheetId="4">#REF!</definedName>
+    <definedName name="______as14" localSheetId="10">#REF!</definedName>
+    <definedName name="______as14" localSheetId="9">#REF!</definedName>
     <definedName name="______as14" localSheetId="8">#REF!</definedName>
     <definedName name="______as14">#REF!</definedName>
     <definedName name="______as15" localSheetId="3">#REF!</definedName>
     <definedName name="______as15" localSheetId="7">#REF!</definedName>
     <definedName name="______as15" localSheetId="1">#REF!</definedName>
     <definedName name="______as15" localSheetId="0">#REF!</definedName>
     <definedName name="______as15" localSheetId="6">#REF!</definedName>
     <definedName name="______as15" localSheetId="5">#REF!</definedName>
     <definedName name="______as15" localSheetId="2">#REF!</definedName>
     <definedName name="______as15" localSheetId="4">#REF!</definedName>
+    <definedName name="______as15" localSheetId="10">#REF!</definedName>
+    <definedName name="______as15" localSheetId="9">#REF!</definedName>
     <definedName name="______as15" localSheetId="8">#REF!</definedName>
     <definedName name="______as15">#REF!</definedName>
     <definedName name="______as16" localSheetId="3">#REF!</definedName>
     <definedName name="______as16" localSheetId="7">#REF!</definedName>
     <definedName name="______as16" localSheetId="1">#REF!</definedName>
     <definedName name="______as16" localSheetId="0">#REF!</definedName>
     <definedName name="______as16" localSheetId="2">#REF!</definedName>
     <definedName name="______as16" localSheetId="4">#REF!</definedName>
+    <definedName name="______as16" localSheetId="10">#REF!</definedName>
+    <definedName name="______as16" localSheetId="9">#REF!</definedName>
     <definedName name="______as16" localSheetId="8">#REF!</definedName>
     <definedName name="______as16">#REF!</definedName>
     <definedName name="______as17" localSheetId="3">#REF!</definedName>
     <definedName name="______as17" localSheetId="7">#REF!</definedName>
     <definedName name="______as17" localSheetId="1">#REF!</definedName>
     <definedName name="______as17" localSheetId="0">#REF!</definedName>
     <definedName name="______as17" localSheetId="6">#REF!</definedName>
     <definedName name="______as17" localSheetId="5">#REF!</definedName>
     <definedName name="______as17" localSheetId="2">#REF!</definedName>
     <definedName name="______as17" localSheetId="4">#REF!</definedName>
+    <definedName name="______as17" localSheetId="10">#REF!</definedName>
+    <definedName name="______as17" localSheetId="9">#REF!</definedName>
     <definedName name="______as17" localSheetId="8">#REF!</definedName>
     <definedName name="______as17">#REF!</definedName>
     <definedName name="______as18" localSheetId="3">#REF!</definedName>
     <definedName name="______as18" localSheetId="7">#REF!</definedName>
     <definedName name="______as18" localSheetId="1">#REF!</definedName>
     <definedName name="______as18" localSheetId="0">#REF!</definedName>
     <definedName name="______as18" localSheetId="2">#REF!</definedName>
     <definedName name="______as18" localSheetId="4">#REF!</definedName>
+    <definedName name="______as18" localSheetId="10">#REF!</definedName>
+    <definedName name="______as18" localSheetId="9">#REF!</definedName>
     <definedName name="______as18" localSheetId="8">#REF!</definedName>
     <definedName name="______as18">#REF!</definedName>
     <definedName name="______as19" localSheetId="3">#REF!</definedName>
     <definedName name="______as19" localSheetId="7">#REF!</definedName>
     <definedName name="______as19" localSheetId="1">#REF!</definedName>
     <definedName name="______as19" localSheetId="0">#REF!</definedName>
     <definedName name="______as19" localSheetId="2">#REF!</definedName>
     <definedName name="______as19" localSheetId="4">#REF!</definedName>
+    <definedName name="______as19" localSheetId="10">#REF!</definedName>
+    <definedName name="______as19" localSheetId="9">#REF!</definedName>
     <definedName name="______as19" localSheetId="8">#REF!</definedName>
     <definedName name="______as19">#REF!</definedName>
     <definedName name="______as2" localSheetId="3">#REF!</definedName>
     <definedName name="______as2" localSheetId="7">#REF!</definedName>
     <definedName name="______as2" localSheetId="1">#REF!</definedName>
     <definedName name="______as2" localSheetId="0">#REF!</definedName>
     <definedName name="______as2" localSheetId="6">#REF!</definedName>
     <definedName name="______as2" localSheetId="5">#REF!</definedName>
     <definedName name="______as2" localSheetId="2">#REF!</definedName>
     <definedName name="______as2" localSheetId="4">#REF!</definedName>
+    <definedName name="______as2" localSheetId="10">#REF!</definedName>
+    <definedName name="______as2" localSheetId="9">#REF!</definedName>
     <definedName name="______as2" localSheetId="8">#REF!</definedName>
     <definedName name="______as2">#REF!</definedName>
     <definedName name="______as20" localSheetId="3">#REF!</definedName>
     <definedName name="______as20" localSheetId="7">#REF!</definedName>
     <definedName name="______as20" localSheetId="1">#REF!</definedName>
     <definedName name="______as20" localSheetId="0">#REF!</definedName>
     <definedName name="______as20" localSheetId="2">#REF!</definedName>
     <definedName name="______as20" localSheetId="4">#REF!</definedName>
+    <definedName name="______as20" localSheetId="10">#REF!</definedName>
+    <definedName name="______as20" localSheetId="9">#REF!</definedName>
     <definedName name="______as20" localSheetId="8">#REF!</definedName>
     <definedName name="______as20">#REF!</definedName>
     <definedName name="______as21" localSheetId="3">#REF!</definedName>
     <definedName name="______as21" localSheetId="7">#REF!</definedName>
     <definedName name="______as21" localSheetId="1">#REF!</definedName>
     <definedName name="______as21" localSheetId="0">#REF!</definedName>
     <definedName name="______as21" localSheetId="2">#REF!</definedName>
     <definedName name="______as21" localSheetId="4">#REF!</definedName>
+    <definedName name="______as21" localSheetId="10">#REF!</definedName>
+    <definedName name="______as21" localSheetId="9">#REF!</definedName>
     <definedName name="______as21" localSheetId="8">#REF!</definedName>
     <definedName name="______as21">#REF!</definedName>
     <definedName name="______as22" localSheetId="3">#REF!</definedName>
     <definedName name="______as22" localSheetId="7">#REF!</definedName>
     <definedName name="______as22" localSheetId="1">#REF!</definedName>
     <definedName name="______as22" localSheetId="0">#REF!</definedName>
     <definedName name="______as22" localSheetId="2">#REF!</definedName>
     <definedName name="______as22" localSheetId="4">#REF!</definedName>
+    <definedName name="______as22" localSheetId="10">#REF!</definedName>
+    <definedName name="______as22" localSheetId="9">#REF!</definedName>
     <definedName name="______as22" localSheetId="8">#REF!</definedName>
     <definedName name="______as22">#REF!</definedName>
     <definedName name="______as23" localSheetId="3">#REF!</definedName>
     <definedName name="______as23" localSheetId="7">#REF!</definedName>
     <definedName name="______as23" localSheetId="1">#REF!</definedName>
     <definedName name="______as23" localSheetId="0">#REF!</definedName>
     <definedName name="______as23" localSheetId="6">#REF!</definedName>
     <definedName name="______as23" localSheetId="5">#REF!</definedName>
     <definedName name="______as23" localSheetId="2">#REF!</definedName>
     <definedName name="______as23" localSheetId="4">#REF!</definedName>
+    <definedName name="______as23" localSheetId="10">#REF!</definedName>
+    <definedName name="______as23" localSheetId="9">#REF!</definedName>
     <definedName name="______as23" localSheetId="8">#REF!</definedName>
     <definedName name="______as23">#REF!</definedName>
     <definedName name="______as24" localSheetId="3">#REF!</definedName>
     <definedName name="______as24" localSheetId="7">#REF!</definedName>
     <definedName name="______as24" localSheetId="1">#REF!</definedName>
     <definedName name="______as24" localSheetId="0">#REF!</definedName>
     <definedName name="______as24" localSheetId="2">#REF!</definedName>
     <definedName name="______as24" localSheetId="4">#REF!</definedName>
+    <definedName name="______as24" localSheetId="10">#REF!</definedName>
+    <definedName name="______as24" localSheetId="9">#REF!</definedName>
     <definedName name="______as24" localSheetId="8">#REF!</definedName>
     <definedName name="______as24">#REF!</definedName>
     <definedName name="______as3" localSheetId="3">#REF!</definedName>
     <definedName name="______as3" localSheetId="7">#REF!</definedName>
     <definedName name="______as3" localSheetId="1">#REF!</definedName>
     <definedName name="______as3" localSheetId="0">#REF!</definedName>
     <definedName name="______as3" localSheetId="6">#REF!</definedName>
     <definedName name="______as3" localSheetId="5">#REF!</definedName>
     <definedName name="______as3" localSheetId="2">#REF!</definedName>
     <definedName name="______as3" localSheetId="4">#REF!</definedName>
+    <definedName name="______as3" localSheetId="10">#REF!</definedName>
+    <definedName name="______as3" localSheetId="9">#REF!</definedName>
     <definedName name="______as3" localSheetId="8">#REF!</definedName>
     <definedName name="______as3">#REF!</definedName>
     <definedName name="______as4" localSheetId="3">#REF!</definedName>
     <definedName name="______as4" localSheetId="7">#REF!</definedName>
     <definedName name="______as4" localSheetId="1">#REF!</definedName>
     <definedName name="______as4" localSheetId="0">#REF!</definedName>
     <definedName name="______as4" localSheetId="2">#REF!</definedName>
     <definedName name="______as4" localSheetId="4">#REF!</definedName>
+    <definedName name="______as4" localSheetId="10">#REF!</definedName>
+    <definedName name="______as4" localSheetId="9">#REF!</definedName>
     <definedName name="______as4" localSheetId="8">#REF!</definedName>
     <definedName name="______as4">#REF!</definedName>
     <definedName name="______as5" localSheetId="3">#REF!</definedName>
     <definedName name="______as5" localSheetId="7">#REF!</definedName>
     <definedName name="______as5" localSheetId="1">#REF!</definedName>
     <definedName name="______as5" localSheetId="0">#REF!</definedName>
     <definedName name="______as5" localSheetId="2">#REF!</definedName>
     <definedName name="______as5" localSheetId="4">#REF!</definedName>
+    <definedName name="______as5" localSheetId="10">#REF!</definedName>
+    <definedName name="______as5" localSheetId="9">#REF!</definedName>
     <definedName name="______as5" localSheetId="8">#REF!</definedName>
     <definedName name="______as5">#REF!</definedName>
     <definedName name="______as6" localSheetId="3">#REF!</definedName>
     <definedName name="______as6" localSheetId="7">#REF!</definedName>
     <definedName name="______as6" localSheetId="1">#REF!</definedName>
     <definedName name="______as6" localSheetId="0">#REF!</definedName>
     <definedName name="______as6" localSheetId="6">#REF!</definedName>
     <definedName name="______as6" localSheetId="5">#REF!</definedName>
     <definedName name="______as6" localSheetId="2">#REF!</definedName>
     <definedName name="______as6" localSheetId="4">#REF!</definedName>
+    <definedName name="______as6" localSheetId="10">#REF!</definedName>
+    <definedName name="______as6" localSheetId="9">#REF!</definedName>
     <definedName name="______as6" localSheetId="8">#REF!</definedName>
     <definedName name="______as6">#REF!</definedName>
     <definedName name="______as7" localSheetId="3">#REF!</definedName>
     <definedName name="______as7" localSheetId="7">#REF!</definedName>
     <definedName name="______as7" localSheetId="1">#REF!</definedName>
     <definedName name="______as7" localSheetId="0">#REF!</definedName>
     <definedName name="______as7" localSheetId="6">#REF!</definedName>
     <definedName name="______as7" localSheetId="5">#REF!</definedName>
     <definedName name="______as7" localSheetId="2">#REF!</definedName>
     <definedName name="______as7" localSheetId="4">#REF!</definedName>
+    <definedName name="______as7" localSheetId="10">#REF!</definedName>
+    <definedName name="______as7" localSheetId="9">#REF!</definedName>
     <definedName name="______as7" localSheetId="8">#REF!</definedName>
     <definedName name="______as7">#REF!</definedName>
     <definedName name="______as8" localSheetId="3">#REF!</definedName>
     <definedName name="______as8" localSheetId="7">#REF!</definedName>
     <definedName name="______as8" localSheetId="1">#REF!</definedName>
     <definedName name="______as8" localSheetId="0">#REF!</definedName>
     <definedName name="______as8" localSheetId="2">#REF!</definedName>
     <definedName name="______as8" localSheetId="4">#REF!</definedName>
+    <definedName name="______as8" localSheetId="10">#REF!</definedName>
+    <definedName name="______as8" localSheetId="9">#REF!</definedName>
     <definedName name="______as8" localSheetId="8">#REF!</definedName>
     <definedName name="______as8">#REF!</definedName>
     <definedName name="______as9" localSheetId="3">#REF!</definedName>
     <definedName name="______as9" localSheetId="7">#REF!</definedName>
     <definedName name="______as9" localSheetId="1">#REF!</definedName>
     <definedName name="______as9" localSheetId="0">#REF!</definedName>
     <definedName name="______as9" localSheetId="2">#REF!</definedName>
     <definedName name="______as9" localSheetId="4">#REF!</definedName>
+    <definedName name="______as9" localSheetId="10">#REF!</definedName>
+    <definedName name="______as9" localSheetId="9">#REF!</definedName>
     <definedName name="______as9" localSheetId="8">#REF!</definedName>
     <definedName name="______as9">#REF!</definedName>
     <definedName name="______Aug2005" localSheetId="1">#REF!</definedName>
     <definedName name="______Aug2005" localSheetId="0">#REF!</definedName>
     <definedName name="______Aug2005">#REF!</definedName>
     <definedName name="______de1" localSheetId="1">#REF!</definedName>
     <definedName name="______de1" localSheetId="0">#REF!</definedName>
     <definedName name="______de1">#REF!</definedName>
     <definedName name="______Dec2005" localSheetId="1">#REF!</definedName>
     <definedName name="______Dec2005" localSheetId="0">#REF!</definedName>
     <definedName name="______Dec2005">#REF!</definedName>
     <definedName name="______Feb2005" localSheetId="1">#REF!</definedName>
     <definedName name="______Feb2005" localSheetId="0">#REF!</definedName>
     <definedName name="______Feb2005">#REF!</definedName>
     <definedName name="______Jan2005" localSheetId="1">#REF!</definedName>
     <definedName name="______Jan2005" localSheetId="0">#REF!</definedName>
     <definedName name="______Jan2005">#REF!</definedName>
     <definedName name="______Jan2006" localSheetId="1">#REF!</definedName>
     <definedName name="______Jan2006" localSheetId="0">#REF!</definedName>
     <definedName name="______Jan2006">#REF!</definedName>
     <definedName name="______JE26184" localSheetId="1">#REF!</definedName>
     <definedName name="______JE26184" localSheetId="0">#REF!</definedName>
     <definedName name="______JE26184">#REF!</definedName>
     <definedName name="______Jul2005" localSheetId="1">#REF!</definedName>
     <definedName name="______Jul2005" localSheetId="0">#REF!</definedName>
@@ -1866,250 +2116,298 @@
     <definedName name="_____2003_Lisa_s_Comparison_Report">#REF!</definedName>
     <definedName name="_____2004_CUSIP_" localSheetId="1">#REF!</definedName>
     <definedName name="_____2004_CUSIP_" localSheetId="0">#REF!</definedName>
     <definedName name="_____2004_CUSIP_">#REF!</definedName>
     <definedName name="_____2004_Lisa_s_Comparison_Report" localSheetId="1">#REF!</definedName>
     <definedName name="_____2004_Lisa_s_Comparison_Report" localSheetId="0">#REF!</definedName>
     <definedName name="_____2004_Lisa_s_Comparison_Report">#REF!</definedName>
     <definedName name="_____2005" localSheetId="1">#REF!</definedName>
     <definedName name="_____2005" localSheetId="0">#REF!</definedName>
     <definedName name="_____2005">#REF!</definedName>
     <definedName name="_____2006" localSheetId="1">#REF!</definedName>
     <definedName name="_____2006" localSheetId="0">#REF!</definedName>
     <definedName name="_____2006">#REF!</definedName>
     <definedName name="_____2007_08" localSheetId="1">#REF!</definedName>
     <definedName name="_____2007_08" localSheetId="0">#REF!</definedName>
     <definedName name="_____2007_08">#REF!</definedName>
     <definedName name="_____Apr2005" localSheetId="1">#REF!</definedName>
     <definedName name="_____Apr2005" localSheetId="0">#REF!</definedName>
     <definedName name="_____Apr2005">#REF!</definedName>
     <definedName name="_____as1" localSheetId="3">#REF!</definedName>
     <definedName name="_____as1" localSheetId="7">#REF!</definedName>
     <definedName name="_____as1" localSheetId="1">#REF!</definedName>
     <definedName name="_____as1" localSheetId="0">#REF!</definedName>
     <definedName name="_____as1" localSheetId="2">#REF!</definedName>
     <definedName name="_____as1" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as1" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as1" localSheetId="9">#REF!</definedName>
     <definedName name="_____as1" localSheetId="8">#REF!</definedName>
     <definedName name="_____as1">#REF!</definedName>
     <definedName name="_____as10" localSheetId="3">#REF!</definedName>
     <definedName name="_____as10" localSheetId="7">#REF!</definedName>
     <definedName name="_____as10" localSheetId="1">#REF!</definedName>
     <definedName name="_____as10" localSheetId="0">#REF!</definedName>
     <definedName name="_____as10" localSheetId="2">#REF!</definedName>
     <definedName name="_____as10" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as10" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as10" localSheetId="9">#REF!</definedName>
     <definedName name="_____as10" localSheetId="8">#REF!</definedName>
     <definedName name="_____as10">#REF!</definedName>
     <definedName name="_____as11" localSheetId="3">#REF!</definedName>
     <definedName name="_____as11" localSheetId="7">#REF!</definedName>
     <definedName name="_____as11" localSheetId="1">#REF!</definedName>
     <definedName name="_____as11" localSheetId="0">#REF!</definedName>
     <definedName name="_____as11" localSheetId="2">#REF!</definedName>
     <definedName name="_____as11" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as11" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as11" localSheetId="9">#REF!</definedName>
     <definedName name="_____as11" localSheetId="8">#REF!</definedName>
     <definedName name="_____as11">#REF!</definedName>
     <definedName name="_____as12" localSheetId="3">#REF!</definedName>
     <definedName name="_____as12" localSheetId="7">#REF!</definedName>
     <definedName name="_____as12" localSheetId="1">#REF!</definedName>
     <definedName name="_____as12" localSheetId="0">#REF!</definedName>
     <definedName name="_____as12" localSheetId="2">#REF!</definedName>
     <definedName name="_____as12" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as12" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as12" localSheetId="9">#REF!</definedName>
     <definedName name="_____as12" localSheetId="8">#REF!</definedName>
     <definedName name="_____as12">#REF!</definedName>
     <definedName name="_____as13" localSheetId="3">#REF!</definedName>
     <definedName name="_____as13" localSheetId="7">#REF!</definedName>
     <definedName name="_____as13" localSheetId="1">#REF!</definedName>
     <definedName name="_____as13" localSheetId="0">#REF!</definedName>
     <definedName name="_____as13" localSheetId="2">#REF!</definedName>
     <definedName name="_____as13" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as13" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as13" localSheetId="9">#REF!</definedName>
     <definedName name="_____as13" localSheetId="8">#REF!</definedName>
     <definedName name="_____as13">#REF!</definedName>
     <definedName name="_____as14" localSheetId="3">#REF!</definedName>
     <definedName name="_____as14" localSheetId="7">#REF!</definedName>
     <definedName name="_____as14" localSheetId="1">#REF!</definedName>
     <definedName name="_____as14" localSheetId="0">#REF!</definedName>
     <definedName name="_____as14" localSheetId="6">#REF!</definedName>
     <definedName name="_____as14" localSheetId="5">#REF!</definedName>
     <definedName name="_____as14" localSheetId="2">#REF!</definedName>
     <definedName name="_____as14" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as14" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as14" localSheetId="9">#REF!</definedName>
     <definedName name="_____as14" localSheetId="8">#REF!</definedName>
     <definedName name="_____as14">#REF!</definedName>
     <definedName name="_____as15" localSheetId="3">#REF!</definedName>
     <definedName name="_____as15" localSheetId="7">#REF!</definedName>
     <definedName name="_____as15" localSheetId="1">#REF!</definedName>
     <definedName name="_____as15" localSheetId="0">#REF!</definedName>
     <definedName name="_____as15" localSheetId="6">#REF!</definedName>
     <definedName name="_____as15" localSheetId="5">#REF!</definedName>
     <definedName name="_____as15" localSheetId="2">#REF!</definedName>
     <definedName name="_____as15" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as15" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as15" localSheetId="9">#REF!</definedName>
     <definedName name="_____as15" localSheetId="8">#REF!</definedName>
     <definedName name="_____as15">#REF!</definedName>
     <definedName name="_____as16" localSheetId="3">#REF!</definedName>
     <definedName name="_____as16" localSheetId="7">#REF!</definedName>
     <definedName name="_____as16" localSheetId="1">#REF!</definedName>
     <definedName name="_____as16" localSheetId="0">#REF!</definedName>
     <definedName name="_____as16" localSheetId="2">#REF!</definedName>
     <definedName name="_____as16" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as16" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as16" localSheetId="9">#REF!</definedName>
     <definedName name="_____as16" localSheetId="8">#REF!</definedName>
     <definedName name="_____as16">#REF!</definedName>
     <definedName name="_____as17" localSheetId="3">#REF!</definedName>
     <definedName name="_____as17" localSheetId="7">#REF!</definedName>
     <definedName name="_____as17" localSheetId="1">#REF!</definedName>
     <definedName name="_____as17" localSheetId="0">#REF!</definedName>
     <definedName name="_____as17" localSheetId="6">#REF!</definedName>
     <definedName name="_____as17" localSheetId="5">#REF!</definedName>
     <definedName name="_____as17" localSheetId="2">#REF!</definedName>
     <definedName name="_____as17" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as17" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as17" localSheetId="9">#REF!</definedName>
     <definedName name="_____as17" localSheetId="8">#REF!</definedName>
     <definedName name="_____as17">#REF!</definedName>
     <definedName name="_____as18" localSheetId="3">#REF!</definedName>
     <definedName name="_____as18" localSheetId="7">#REF!</definedName>
     <definedName name="_____as18" localSheetId="1">#REF!</definedName>
     <definedName name="_____as18" localSheetId="0">#REF!</definedName>
     <definedName name="_____as18" localSheetId="2">#REF!</definedName>
     <definedName name="_____as18" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as18" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as18" localSheetId="9">#REF!</definedName>
     <definedName name="_____as18" localSheetId="8">#REF!</definedName>
     <definedName name="_____as18">#REF!</definedName>
     <definedName name="_____as19" localSheetId="3">#REF!</definedName>
     <definedName name="_____as19" localSheetId="7">#REF!</definedName>
     <definedName name="_____as19" localSheetId="1">#REF!</definedName>
     <definedName name="_____as19" localSheetId="0">#REF!</definedName>
     <definedName name="_____as19" localSheetId="2">#REF!</definedName>
     <definedName name="_____as19" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as19" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as19" localSheetId="9">#REF!</definedName>
     <definedName name="_____as19" localSheetId="8">#REF!</definedName>
     <definedName name="_____as19">#REF!</definedName>
     <definedName name="_____as2" localSheetId="3">#REF!</definedName>
     <definedName name="_____as2" localSheetId="7">#REF!</definedName>
     <definedName name="_____as2" localSheetId="1">#REF!</definedName>
     <definedName name="_____as2" localSheetId="0">#REF!</definedName>
     <definedName name="_____as2" localSheetId="6">#REF!</definedName>
     <definedName name="_____as2" localSheetId="5">#REF!</definedName>
     <definedName name="_____as2" localSheetId="2">#REF!</definedName>
     <definedName name="_____as2" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as2" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as2" localSheetId="9">#REF!</definedName>
     <definedName name="_____as2" localSheetId="8">#REF!</definedName>
     <definedName name="_____as2">#REF!</definedName>
     <definedName name="_____as20" localSheetId="3">#REF!</definedName>
     <definedName name="_____as20" localSheetId="7">#REF!</definedName>
     <definedName name="_____as20" localSheetId="1">#REF!</definedName>
     <definedName name="_____as20" localSheetId="0">#REF!</definedName>
     <definedName name="_____as20" localSheetId="2">#REF!</definedName>
     <definedName name="_____as20" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as20" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as20" localSheetId="9">#REF!</definedName>
     <definedName name="_____as20" localSheetId="8">#REF!</definedName>
     <definedName name="_____as20">#REF!</definedName>
     <definedName name="_____as21" localSheetId="3">#REF!</definedName>
     <definedName name="_____as21" localSheetId="7">#REF!</definedName>
     <definedName name="_____as21" localSheetId="1">#REF!</definedName>
     <definedName name="_____as21" localSheetId="0">#REF!</definedName>
     <definedName name="_____as21" localSheetId="2">#REF!</definedName>
     <definedName name="_____as21" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as21" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as21" localSheetId="9">#REF!</definedName>
     <definedName name="_____as21" localSheetId="8">#REF!</definedName>
     <definedName name="_____as21">#REF!</definedName>
     <definedName name="_____as22" localSheetId="3">#REF!</definedName>
     <definedName name="_____as22" localSheetId="7">#REF!</definedName>
     <definedName name="_____as22" localSheetId="1">#REF!</definedName>
     <definedName name="_____as22" localSheetId="0">#REF!</definedName>
     <definedName name="_____as22" localSheetId="2">#REF!</definedName>
     <definedName name="_____as22" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as22" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as22" localSheetId="9">#REF!</definedName>
     <definedName name="_____as22" localSheetId="8">#REF!</definedName>
     <definedName name="_____as22">#REF!</definedName>
     <definedName name="_____as23" localSheetId="3">#REF!</definedName>
     <definedName name="_____as23" localSheetId="7">#REF!</definedName>
     <definedName name="_____as23" localSheetId="1">#REF!</definedName>
     <definedName name="_____as23" localSheetId="0">#REF!</definedName>
     <definedName name="_____as23" localSheetId="6">#REF!</definedName>
     <definedName name="_____as23" localSheetId="5">#REF!</definedName>
     <definedName name="_____as23" localSheetId="2">#REF!</definedName>
     <definedName name="_____as23" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as23" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as23" localSheetId="9">#REF!</definedName>
     <definedName name="_____as23" localSheetId="8">#REF!</definedName>
     <definedName name="_____as23">#REF!</definedName>
     <definedName name="_____as24" localSheetId="3">#REF!</definedName>
     <definedName name="_____as24" localSheetId="7">#REF!</definedName>
     <definedName name="_____as24" localSheetId="1">#REF!</definedName>
     <definedName name="_____as24" localSheetId="0">#REF!</definedName>
     <definedName name="_____as24" localSheetId="2">#REF!</definedName>
     <definedName name="_____as24" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as24" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as24" localSheetId="9">#REF!</definedName>
     <definedName name="_____as24" localSheetId="8">#REF!</definedName>
     <definedName name="_____as24">#REF!</definedName>
     <definedName name="_____as3" localSheetId="3">#REF!</definedName>
     <definedName name="_____as3" localSheetId="7">#REF!</definedName>
     <definedName name="_____as3" localSheetId="1">#REF!</definedName>
     <definedName name="_____as3" localSheetId="0">#REF!</definedName>
     <definedName name="_____as3" localSheetId="6">#REF!</definedName>
     <definedName name="_____as3" localSheetId="5">#REF!</definedName>
     <definedName name="_____as3" localSheetId="2">#REF!</definedName>
     <definedName name="_____as3" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as3" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as3" localSheetId="9">#REF!</definedName>
     <definedName name="_____as3" localSheetId="8">#REF!</definedName>
     <definedName name="_____as3">#REF!</definedName>
     <definedName name="_____as4" localSheetId="3">#REF!</definedName>
     <definedName name="_____as4" localSheetId="7">#REF!</definedName>
     <definedName name="_____as4" localSheetId="1">#REF!</definedName>
     <definedName name="_____as4" localSheetId="0">#REF!</definedName>
     <definedName name="_____as4" localSheetId="2">#REF!</definedName>
     <definedName name="_____as4" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as4" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as4" localSheetId="9">#REF!</definedName>
     <definedName name="_____as4" localSheetId="8">#REF!</definedName>
     <definedName name="_____as4">#REF!</definedName>
     <definedName name="_____as5" localSheetId="3">#REF!</definedName>
     <definedName name="_____as5" localSheetId="7">#REF!</definedName>
     <definedName name="_____as5" localSheetId="1">#REF!</definedName>
     <definedName name="_____as5" localSheetId="0">#REF!</definedName>
     <definedName name="_____as5" localSheetId="2">#REF!</definedName>
     <definedName name="_____as5" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as5" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as5" localSheetId="9">#REF!</definedName>
     <definedName name="_____as5" localSheetId="8">#REF!</definedName>
     <definedName name="_____as5">#REF!</definedName>
     <definedName name="_____as6" localSheetId="3">#REF!</definedName>
     <definedName name="_____as6" localSheetId="7">#REF!</definedName>
     <definedName name="_____as6" localSheetId="1">#REF!</definedName>
     <definedName name="_____as6" localSheetId="0">#REF!</definedName>
     <definedName name="_____as6" localSheetId="6">#REF!</definedName>
     <definedName name="_____as6" localSheetId="5">#REF!</definedName>
     <definedName name="_____as6" localSheetId="2">#REF!</definedName>
     <definedName name="_____as6" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as6" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as6" localSheetId="9">#REF!</definedName>
     <definedName name="_____as6" localSheetId="8">#REF!</definedName>
     <definedName name="_____as6">#REF!</definedName>
     <definedName name="_____as7" localSheetId="3">#REF!</definedName>
     <definedName name="_____as7" localSheetId="7">#REF!</definedName>
     <definedName name="_____as7" localSheetId="1">#REF!</definedName>
     <definedName name="_____as7" localSheetId="0">#REF!</definedName>
     <definedName name="_____as7" localSheetId="6">#REF!</definedName>
     <definedName name="_____as7" localSheetId="5">#REF!</definedName>
     <definedName name="_____as7" localSheetId="2">#REF!</definedName>
     <definedName name="_____as7" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as7" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as7" localSheetId="9">#REF!</definedName>
     <definedName name="_____as7" localSheetId="8">#REF!</definedName>
     <definedName name="_____as7">#REF!</definedName>
     <definedName name="_____as8" localSheetId="3">#REF!</definedName>
     <definedName name="_____as8" localSheetId="7">#REF!</definedName>
     <definedName name="_____as8" localSheetId="1">#REF!</definedName>
     <definedName name="_____as8" localSheetId="0">#REF!</definedName>
     <definedName name="_____as8" localSheetId="2">#REF!</definedName>
     <definedName name="_____as8" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as8" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as8" localSheetId="9">#REF!</definedName>
     <definedName name="_____as8" localSheetId="8">#REF!</definedName>
     <definedName name="_____as8">#REF!</definedName>
     <definedName name="_____as9" localSheetId="3">#REF!</definedName>
     <definedName name="_____as9" localSheetId="7">#REF!</definedName>
     <definedName name="_____as9" localSheetId="1">#REF!</definedName>
     <definedName name="_____as9" localSheetId="0">#REF!</definedName>
     <definedName name="_____as9" localSheetId="2">#REF!</definedName>
     <definedName name="_____as9" localSheetId="4">#REF!</definedName>
+    <definedName name="_____as9" localSheetId="10">#REF!</definedName>
+    <definedName name="_____as9" localSheetId="9">#REF!</definedName>
     <definedName name="_____as9" localSheetId="8">#REF!</definedName>
     <definedName name="_____as9">#REF!</definedName>
     <definedName name="_____Aug2005" localSheetId="1">#REF!</definedName>
     <definedName name="_____Aug2005" localSheetId="0">#REF!</definedName>
     <definedName name="_____Aug2005">#REF!</definedName>
     <definedName name="_____de1" localSheetId="1">#REF!</definedName>
     <definedName name="_____de1" localSheetId="0">#REF!</definedName>
     <definedName name="_____de1">#REF!</definedName>
     <definedName name="_____Dec2005" localSheetId="1">#REF!</definedName>
     <definedName name="_____Dec2005" localSheetId="0">#REF!</definedName>
     <definedName name="_____Dec2005">#REF!</definedName>
     <definedName name="_____Feb2005" localSheetId="1">#REF!</definedName>
     <definedName name="_____Feb2005" localSheetId="0">#REF!</definedName>
     <definedName name="_____Feb2005">#REF!</definedName>
     <definedName name="_____Jan2005" localSheetId="1">#REF!</definedName>
     <definedName name="_____Jan2005" localSheetId="0">#REF!</definedName>
     <definedName name="_____Jan2005">#REF!</definedName>
     <definedName name="_____Jan2006" localSheetId="1">#REF!</definedName>
     <definedName name="_____Jan2006" localSheetId="0">#REF!</definedName>
     <definedName name="_____Jan2006">#REF!</definedName>
     <definedName name="_____JE26184" localSheetId="1">#REF!</definedName>
     <definedName name="_____JE26184" localSheetId="0">#REF!</definedName>
     <definedName name="_____JE26184">#REF!</definedName>
     <definedName name="_____Jul2005" localSheetId="1">#REF!</definedName>
     <definedName name="_____Jul2005" localSheetId="0">#REF!</definedName>
@@ -2482,327 +2780,383 @@
     <definedName name="___yr200112">#REF!</definedName>
     <definedName name="___yr200212" localSheetId="1">#REF!</definedName>
     <definedName name="___yr200212" localSheetId="0">#REF!</definedName>
     <definedName name="___yr200212">#REF!</definedName>
     <definedName name="___yr200312" localSheetId="1">#REF!</definedName>
     <definedName name="___yr200312" localSheetId="0">#REF!</definedName>
     <definedName name="___yr200312">#REF!</definedName>
     <definedName name="___yr200403" localSheetId="1">#REF!</definedName>
     <definedName name="___yr200403" localSheetId="0">#REF!</definedName>
     <definedName name="___yr200403">#REF!</definedName>
     <definedName name="___yr200406" localSheetId="1">#REF!</definedName>
     <definedName name="___yr200406" localSheetId="0">#REF!</definedName>
     <definedName name="___yr200406">#REF!</definedName>
     <definedName name="___yr200409" localSheetId="1">#REF!</definedName>
     <definedName name="___yr200409" localSheetId="0">#REF!</definedName>
     <definedName name="___yr200409">#REF!</definedName>
     <definedName name="___yr200412" localSheetId="1">#REF!</definedName>
     <definedName name="___yr200412" localSheetId="0">#REF!</definedName>
     <definedName name="___yr200412">#REF!</definedName>
     <definedName name="__123Graph_A" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_A" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_A" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_A" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_A" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_A" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="__123Graph_A" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="__123Graph_A" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_A" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_A" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_ARATIOS" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_ARATIOS" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_ARATIOS" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_ARATIOS" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_ARATIOS" localSheetId="6" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_ARATIOS" localSheetId="5" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_ARATIOS" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_ARATIOS" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="__123Graph_ARATIOS" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="__123Graph_ARATIOS" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_ARATIOS" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_ARATIOS" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_BRATIOS" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_BRATIOS" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_BRATIOS" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_BRATIOS" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_BRATIOS" localSheetId="6" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_BRATIOS" localSheetId="5" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_BRATIOS" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_BRATIOS" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="__123Graph_BRATIOS" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="__123Graph_BRATIOS" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_BRATIOS" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_BRATIOS" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_XRATIOS" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_XRATIOS" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_XRATIOS" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_XRATIOS" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_XRATIOS" localSheetId="6" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_XRATIOS" localSheetId="5" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_XRATIOS" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_XRATIOS" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="__123Graph_XRATIOS" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="__123Graph_XRATIOS" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_XRATIOS" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="__123Graph_XRATIOS" hidden="1">#REF!</definedName>
     <definedName name="__2_1" localSheetId="1">#REF!</definedName>
     <definedName name="__2_1" localSheetId="0">#REF!</definedName>
     <definedName name="__2_1">#REF!</definedName>
     <definedName name="__2002_new_Lisa_comparison" localSheetId="1">#REF!</definedName>
     <definedName name="__2002_new_Lisa_comparison" localSheetId="0">#REF!</definedName>
     <definedName name="__2002_new_Lisa_comparison">#REF!</definedName>
     <definedName name="__2003_Lisa_s_Comparison_Report" localSheetId="1">#REF!</definedName>
     <definedName name="__2003_Lisa_s_Comparison_Report" localSheetId="0">#REF!</definedName>
     <definedName name="__2003_Lisa_s_Comparison_Report">#REF!</definedName>
     <definedName name="__2004_CUSIP_" localSheetId="1">#REF!</definedName>
     <definedName name="__2004_CUSIP_" localSheetId="0">#REF!</definedName>
     <definedName name="__2004_CUSIP_">#REF!</definedName>
     <definedName name="__2004_Lisa_s_Comparison_Report" localSheetId="1">#REF!</definedName>
     <definedName name="__2004_Lisa_s_Comparison_Report" localSheetId="0">#REF!</definedName>
     <definedName name="__2004_Lisa_s_Comparison_Report">#REF!</definedName>
     <definedName name="__2005" localSheetId="1">#REF!</definedName>
     <definedName name="__2005" localSheetId="0">#REF!</definedName>
     <definedName name="__2005">#REF!</definedName>
     <definedName name="__2006" localSheetId="1">#REF!</definedName>
     <definedName name="__2006" localSheetId="0">#REF!</definedName>
     <definedName name="__2006">#REF!</definedName>
     <definedName name="__2007_08" localSheetId="1">#REF!</definedName>
     <definedName name="__2007_08" localSheetId="0">#REF!</definedName>
     <definedName name="__2007_08">#REF!</definedName>
     <definedName name="__3_2002_new_Lisa_comparison" localSheetId="1">#REF!</definedName>
     <definedName name="__3_2002_new_Lisa_comparison" localSheetId="0">#REF!</definedName>
     <definedName name="__3_2002_new_Lisa_comparison">#REF!</definedName>
     <definedName name="__4_2003_Lisa_s_Comparison_Report" localSheetId="1">#REF!</definedName>
     <definedName name="__4_2003_Lisa_s_Comparison_Report" localSheetId="0">#REF!</definedName>
     <definedName name="__4_2003_Lisa_s_Comparison_Report">#REF!</definedName>
     <definedName name="__7_2004_CUSIP_" localSheetId="1">#REF!</definedName>
     <definedName name="__7_2004_CUSIP_" localSheetId="0">#REF!</definedName>
     <definedName name="__7_2004_CUSIP_">#REF!</definedName>
     <definedName name="__8_2004_Lisa_s_Comparison_Report" localSheetId="1">#REF!</definedName>
     <definedName name="__8_2004_Lisa_s_Comparison_Report" localSheetId="0">#REF!</definedName>
     <definedName name="__8_2004_Lisa_s_Comparison_Report">#REF!</definedName>
     <definedName name="__Apr2005" localSheetId="1">#REF!</definedName>
     <definedName name="__Apr2005" localSheetId="0">#REF!</definedName>
     <definedName name="__Apr2005">#REF!</definedName>
     <definedName name="__as1" localSheetId="3">#REF!</definedName>
     <definedName name="__as1" localSheetId="7">#REF!</definedName>
     <definedName name="__as1" localSheetId="1">#REF!</definedName>
     <definedName name="__as1" localSheetId="0">#REF!</definedName>
     <definedName name="__as1" localSheetId="2">#REF!</definedName>
     <definedName name="__as1" localSheetId="4">#REF!</definedName>
+    <definedName name="__as1" localSheetId="10">#REF!</definedName>
+    <definedName name="__as1" localSheetId="9">#REF!</definedName>
     <definedName name="__as1" localSheetId="8">#REF!</definedName>
     <definedName name="__as1">#REF!</definedName>
     <definedName name="__as10" localSheetId="3">#REF!</definedName>
     <definedName name="__as10" localSheetId="7">#REF!</definedName>
     <definedName name="__as10" localSheetId="1">#REF!</definedName>
     <definedName name="__as10" localSheetId="0">#REF!</definedName>
     <definedName name="__as10" localSheetId="2">#REF!</definedName>
     <definedName name="__as10" localSheetId="4">#REF!</definedName>
+    <definedName name="__as10" localSheetId="10">#REF!</definedName>
+    <definedName name="__as10" localSheetId="9">#REF!</definedName>
     <definedName name="__as10" localSheetId="8">#REF!</definedName>
     <definedName name="__as10">#REF!</definedName>
     <definedName name="__as11" localSheetId="3">#REF!</definedName>
     <definedName name="__as11" localSheetId="7">#REF!</definedName>
     <definedName name="__as11" localSheetId="1">#REF!</definedName>
     <definedName name="__as11" localSheetId="0">#REF!</definedName>
     <definedName name="__as11" localSheetId="2">#REF!</definedName>
     <definedName name="__as11" localSheetId="4">#REF!</definedName>
+    <definedName name="__as11" localSheetId="10">#REF!</definedName>
+    <definedName name="__as11" localSheetId="9">#REF!</definedName>
     <definedName name="__as11" localSheetId="8">#REF!</definedName>
     <definedName name="__as11">#REF!</definedName>
     <definedName name="__as12" localSheetId="3">#REF!</definedName>
     <definedName name="__as12" localSheetId="7">#REF!</definedName>
     <definedName name="__as12" localSheetId="1">#REF!</definedName>
     <definedName name="__as12" localSheetId="0">#REF!</definedName>
     <definedName name="__as12" localSheetId="2">#REF!</definedName>
     <definedName name="__as12" localSheetId="4">#REF!</definedName>
+    <definedName name="__as12" localSheetId="10">#REF!</definedName>
+    <definedName name="__as12" localSheetId="9">#REF!</definedName>
     <definedName name="__as12" localSheetId="8">#REF!</definedName>
     <definedName name="__as12">#REF!</definedName>
     <definedName name="__as13" localSheetId="3">#REF!</definedName>
     <definedName name="__as13" localSheetId="7">#REF!</definedName>
     <definedName name="__as13" localSheetId="1">#REF!</definedName>
     <definedName name="__as13" localSheetId="0">#REF!</definedName>
     <definedName name="__as13" localSheetId="2">#REF!</definedName>
     <definedName name="__as13" localSheetId="4">#REF!</definedName>
+    <definedName name="__as13" localSheetId="10">#REF!</definedName>
+    <definedName name="__as13" localSheetId="9">#REF!</definedName>
     <definedName name="__as13" localSheetId="8">#REF!</definedName>
     <definedName name="__as13">#REF!</definedName>
     <definedName name="__as14" localSheetId="3">#REF!</definedName>
     <definedName name="__as14" localSheetId="7">#REF!</definedName>
     <definedName name="__as14" localSheetId="1">#REF!</definedName>
     <definedName name="__as14" localSheetId="0">#REF!</definedName>
     <definedName name="__as14" localSheetId="6">#REF!</definedName>
     <definedName name="__as14" localSheetId="5">#REF!</definedName>
     <definedName name="__as14" localSheetId="2">#REF!</definedName>
     <definedName name="__as14" localSheetId="4">#REF!</definedName>
+    <definedName name="__as14" localSheetId="10">#REF!</definedName>
+    <definedName name="__as14" localSheetId="9">#REF!</definedName>
     <definedName name="__as14" localSheetId="8">#REF!</definedName>
     <definedName name="__as14">#REF!</definedName>
     <definedName name="__as15" localSheetId="3">#REF!</definedName>
     <definedName name="__as15" localSheetId="7">#REF!</definedName>
     <definedName name="__as15" localSheetId="1">#REF!</definedName>
     <definedName name="__as15" localSheetId="0">#REF!</definedName>
     <definedName name="__as15" localSheetId="6">#REF!</definedName>
     <definedName name="__as15" localSheetId="5">#REF!</definedName>
     <definedName name="__as15" localSheetId="2">#REF!</definedName>
     <definedName name="__as15" localSheetId="4">#REF!</definedName>
+    <definedName name="__as15" localSheetId="10">#REF!</definedName>
+    <definedName name="__as15" localSheetId="9">#REF!</definedName>
     <definedName name="__as15" localSheetId="8">#REF!</definedName>
     <definedName name="__as15">#REF!</definedName>
     <definedName name="__as16" localSheetId="3">#REF!</definedName>
     <definedName name="__as16" localSheetId="7">#REF!</definedName>
     <definedName name="__as16" localSheetId="1">#REF!</definedName>
     <definedName name="__as16" localSheetId="0">#REF!</definedName>
     <definedName name="__as16" localSheetId="2">#REF!</definedName>
     <definedName name="__as16" localSheetId="4">#REF!</definedName>
+    <definedName name="__as16" localSheetId="10">#REF!</definedName>
+    <definedName name="__as16" localSheetId="9">#REF!</definedName>
     <definedName name="__as16" localSheetId="8">#REF!</definedName>
     <definedName name="__as16">#REF!</definedName>
     <definedName name="__as17" localSheetId="3">#REF!</definedName>
     <definedName name="__as17" localSheetId="7">#REF!</definedName>
     <definedName name="__as17" localSheetId="1">#REF!</definedName>
     <definedName name="__as17" localSheetId="0">#REF!</definedName>
     <definedName name="__as17" localSheetId="6">#REF!</definedName>
     <definedName name="__as17" localSheetId="5">#REF!</definedName>
     <definedName name="__as17" localSheetId="2">#REF!</definedName>
     <definedName name="__as17" localSheetId="4">#REF!</definedName>
+    <definedName name="__as17" localSheetId="10">#REF!</definedName>
+    <definedName name="__as17" localSheetId="9">#REF!</definedName>
     <definedName name="__as17" localSheetId="8">#REF!</definedName>
     <definedName name="__as17">#REF!</definedName>
     <definedName name="__as18" localSheetId="3">#REF!</definedName>
     <definedName name="__as18" localSheetId="7">#REF!</definedName>
     <definedName name="__as18" localSheetId="1">#REF!</definedName>
     <definedName name="__as18" localSheetId="0">#REF!</definedName>
     <definedName name="__as18" localSheetId="2">#REF!</definedName>
     <definedName name="__as18" localSheetId="4">#REF!</definedName>
+    <definedName name="__as18" localSheetId="10">#REF!</definedName>
+    <definedName name="__as18" localSheetId="9">#REF!</definedName>
     <definedName name="__as18" localSheetId="8">#REF!</definedName>
     <definedName name="__as18">#REF!</definedName>
     <definedName name="__as19" localSheetId="3">#REF!</definedName>
     <definedName name="__as19" localSheetId="7">#REF!</definedName>
     <definedName name="__as19" localSheetId="1">#REF!</definedName>
     <definedName name="__as19" localSheetId="0">#REF!</definedName>
     <definedName name="__as19" localSheetId="2">#REF!</definedName>
     <definedName name="__as19" localSheetId="4">#REF!</definedName>
+    <definedName name="__as19" localSheetId="10">#REF!</definedName>
+    <definedName name="__as19" localSheetId="9">#REF!</definedName>
     <definedName name="__as19" localSheetId="8">#REF!</definedName>
     <definedName name="__as19">#REF!</definedName>
     <definedName name="__as2" localSheetId="3">#REF!</definedName>
     <definedName name="__as2" localSheetId="7">#REF!</definedName>
     <definedName name="__as2" localSheetId="1">#REF!</definedName>
     <definedName name="__as2" localSheetId="0">#REF!</definedName>
     <definedName name="__as2" localSheetId="6">#REF!</definedName>
     <definedName name="__as2" localSheetId="5">#REF!</definedName>
     <definedName name="__as2" localSheetId="2">#REF!</definedName>
     <definedName name="__as2" localSheetId="4">#REF!</definedName>
+    <definedName name="__as2" localSheetId="10">#REF!</definedName>
+    <definedName name="__as2" localSheetId="9">#REF!</definedName>
     <definedName name="__as2" localSheetId="8">#REF!</definedName>
     <definedName name="__as2">#REF!</definedName>
     <definedName name="__as20" localSheetId="3">#REF!</definedName>
     <definedName name="__as20" localSheetId="7">#REF!</definedName>
     <definedName name="__as20" localSheetId="1">#REF!</definedName>
     <definedName name="__as20" localSheetId="0">#REF!</definedName>
     <definedName name="__as20" localSheetId="2">#REF!</definedName>
     <definedName name="__as20" localSheetId="4">#REF!</definedName>
+    <definedName name="__as20" localSheetId="10">#REF!</definedName>
+    <definedName name="__as20" localSheetId="9">#REF!</definedName>
     <definedName name="__as20" localSheetId="8">#REF!</definedName>
     <definedName name="__as20">#REF!</definedName>
     <definedName name="__as21" localSheetId="3">#REF!</definedName>
     <definedName name="__as21" localSheetId="7">#REF!</definedName>
     <definedName name="__as21" localSheetId="1">#REF!</definedName>
     <definedName name="__as21" localSheetId="0">#REF!</definedName>
     <definedName name="__as21" localSheetId="2">#REF!</definedName>
     <definedName name="__as21" localSheetId="4">#REF!</definedName>
+    <definedName name="__as21" localSheetId="10">#REF!</definedName>
+    <definedName name="__as21" localSheetId="9">#REF!</definedName>
     <definedName name="__as21" localSheetId="8">#REF!</definedName>
     <definedName name="__as21">#REF!</definedName>
     <definedName name="__as22" localSheetId="3">#REF!</definedName>
     <definedName name="__as22" localSheetId="7">#REF!</definedName>
     <definedName name="__as22" localSheetId="1">#REF!</definedName>
     <definedName name="__as22" localSheetId="0">#REF!</definedName>
     <definedName name="__as22" localSheetId="2">#REF!</definedName>
     <definedName name="__as22" localSheetId="4">#REF!</definedName>
+    <definedName name="__as22" localSheetId="10">#REF!</definedName>
+    <definedName name="__as22" localSheetId="9">#REF!</definedName>
     <definedName name="__as22" localSheetId="8">#REF!</definedName>
     <definedName name="__as22">#REF!</definedName>
     <definedName name="__as23" localSheetId="3">#REF!</definedName>
     <definedName name="__as23" localSheetId="7">#REF!</definedName>
     <definedName name="__as23" localSheetId="1">#REF!</definedName>
     <definedName name="__as23" localSheetId="0">#REF!</definedName>
     <definedName name="__as23" localSheetId="6">#REF!</definedName>
     <definedName name="__as23" localSheetId="5">#REF!</definedName>
     <definedName name="__as23" localSheetId="2">#REF!</definedName>
     <definedName name="__as23" localSheetId="4">#REF!</definedName>
+    <definedName name="__as23" localSheetId="10">#REF!</definedName>
+    <definedName name="__as23" localSheetId="9">#REF!</definedName>
     <definedName name="__as23" localSheetId="8">#REF!</definedName>
     <definedName name="__as23">#REF!</definedName>
     <definedName name="__as24" localSheetId="3">#REF!</definedName>
     <definedName name="__as24" localSheetId="7">#REF!</definedName>
     <definedName name="__as24" localSheetId="1">#REF!</definedName>
     <definedName name="__as24" localSheetId="0">#REF!</definedName>
     <definedName name="__as24" localSheetId="2">#REF!</definedName>
     <definedName name="__as24" localSheetId="4">#REF!</definedName>
+    <definedName name="__as24" localSheetId="10">#REF!</definedName>
+    <definedName name="__as24" localSheetId="9">#REF!</definedName>
     <definedName name="__as24" localSheetId="8">#REF!</definedName>
     <definedName name="__as24">#REF!</definedName>
     <definedName name="__as3" localSheetId="3">#REF!</definedName>
     <definedName name="__as3" localSheetId="7">#REF!</definedName>
     <definedName name="__as3" localSheetId="1">#REF!</definedName>
     <definedName name="__as3" localSheetId="0">#REF!</definedName>
     <definedName name="__as3" localSheetId="6">#REF!</definedName>
     <definedName name="__as3" localSheetId="5">#REF!</definedName>
     <definedName name="__as3" localSheetId="2">#REF!</definedName>
     <definedName name="__as3" localSheetId="4">#REF!</definedName>
+    <definedName name="__as3" localSheetId="10">#REF!</definedName>
+    <definedName name="__as3" localSheetId="9">#REF!</definedName>
     <definedName name="__as3" localSheetId="8">#REF!</definedName>
     <definedName name="__as3">#REF!</definedName>
     <definedName name="__as4" localSheetId="3">#REF!</definedName>
     <definedName name="__as4" localSheetId="7">#REF!</definedName>
     <definedName name="__as4" localSheetId="1">#REF!</definedName>
     <definedName name="__as4" localSheetId="0">#REF!</definedName>
     <definedName name="__as4" localSheetId="2">#REF!</definedName>
     <definedName name="__as4" localSheetId="4">#REF!</definedName>
+    <definedName name="__as4" localSheetId="10">#REF!</definedName>
+    <definedName name="__as4" localSheetId="9">#REF!</definedName>
     <definedName name="__as4" localSheetId="8">#REF!</definedName>
     <definedName name="__as4">#REF!</definedName>
     <definedName name="__as5" localSheetId="3">#REF!</definedName>
     <definedName name="__as5" localSheetId="7">#REF!</definedName>
     <definedName name="__as5" localSheetId="1">#REF!</definedName>
     <definedName name="__as5" localSheetId="0">#REF!</definedName>
     <definedName name="__as5" localSheetId="2">#REF!</definedName>
     <definedName name="__as5" localSheetId="4">#REF!</definedName>
+    <definedName name="__as5" localSheetId="10">#REF!</definedName>
+    <definedName name="__as5" localSheetId="9">#REF!</definedName>
     <definedName name="__as5" localSheetId="8">#REF!</definedName>
     <definedName name="__as5">#REF!</definedName>
     <definedName name="__as6" localSheetId="3">#REF!</definedName>
     <definedName name="__as6" localSheetId="7">#REF!</definedName>
     <definedName name="__as6" localSheetId="1">#REF!</definedName>
     <definedName name="__as6" localSheetId="0">#REF!</definedName>
     <definedName name="__as6" localSheetId="6">#REF!</definedName>
     <definedName name="__as6" localSheetId="5">#REF!</definedName>
     <definedName name="__as6" localSheetId="2">#REF!</definedName>
     <definedName name="__as6" localSheetId="4">#REF!</definedName>
+    <definedName name="__as6" localSheetId="10">#REF!</definedName>
+    <definedName name="__as6" localSheetId="9">#REF!</definedName>
     <definedName name="__as6" localSheetId="8">#REF!</definedName>
     <definedName name="__as6">#REF!</definedName>
     <definedName name="__as7" localSheetId="3">#REF!</definedName>
     <definedName name="__as7" localSheetId="7">#REF!</definedName>
     <definedName name="__as7" localSheetId="1">#REF!</definedName>
     <definedName name="__as7" localSheetId="0">#REF!</definedName>
     <definedName name="__as7" localSheetId="6">#REF!</definedName>
     <definedName name="__as7" localSheetId="5">#REF!</definedName>
     <definedName name="__as7" localSheetId="2">#REF!</definedName>
     <definedName name="__as7" localSheetId="4">#REF!</definedName>
+    <definedName name="__as7" localSheetId="10">#REF!</definedName>
+    <definedName name="__as7" localSheetId="9">#REF!</definedName>
     <definedName name="__as7" localSheetId="8">#REF!</definedName>
     <definedName name="__as7">#REF!</definedName>
     <definedName name="__as8" localSheetId="3">#REF!</definedName>
     <definedName name="__as8" localSheetId="7">#REF!</definedName>
     <definedName name="__as8" localSheetId="1">#REF!</definedName>
     <definedName name="__as8" localSheetId="0">#REF!</definedName>
     <definedName name="__as8" localSheetId="2">#REF!</definedName>
     <definedName name="__as8" localSheetId="4">#REF!</definedName>
+    <definedName name="__as8" localSheetId="10">#REF!</definedName>
+    <definedName name="__as8" localSheetId="9">#REF!</definedName>
     <definedName name="__as8" localSheetId="8">#REF!</definedName>
     <definedName name="__as8">#REF!</definedName>
     <definedName name="__as9" localSheetId="3">#REF!</definedName>
     <definedName name="__as9" localSheetId="7">#REF!</definedName>
     <definedName name="__as9" localSheetId="1">#REF!</definedName>
     <definedName name="__as9" localSheetId="0">#REF!</definedName>
     <definedName name="__as9" localSheetId="2">#REF!</definedName>
     <definedName name="__as9" localSheetId="4">#REF!</definedName>
+    <definedName name="__as9" localSheetId="10">#REF!</definedName>
+    <definedName name="__as9" localSheetId="9">#REF!</definedName>
     <definedName name="__as9" localSheetId="8">#REF!</definedName>
     <definedName name="__as9">#REF!</definedName>
     <definedName name="__Aug2005" localSheetId="1">#REF!</definedName>
     <definedName name="__Aug2005" localSheetId="0">#REF!</definedName>
     <definedName name="__Aug2005">#REF!</definedName>
     <definedName name="__de1" localSheetId="1">#REF!</definedName>
     <definedName name="__de1" localSheetId="0">#REF!</definedName>
     <definedName name="__de1">#REF!</definedName>
     <definedName name="__Dec2005" localSheetId="1">#REF!</definedName>
     <definedName name="__Dec2005" localSheetId="0">#REF!</definedName>
     <definedName name="__Dec2005">#REF!</definedName>
     <definedName name="__Feb2005" localSheetId="1">#REF!</definedName>
     <definedName name="__Feb2005" localSheetId="0">#REF!</definedName>
     <definedName name="__Feb2005">#REF!</definedName>
     <definedName name="__Jan2005" localSheetId="1">#REF!</definedName>
     <definedName name="__Jan2005" localSheetId="0">#REF!</definedName>
     <definedName name="__Jan2005">#REF!</definedName>
     <definedName name="__Jan2006" localSheetId="1">#REF!</definedName>
     <definedName name="__Jan2006" localSheetId="0">#REF!</definedName>
     <definedName name="__Jan2006">#REF!</definedName>
     <definedName name="__JE26184" localSheetId="1">#REF!</definedName>
     <definedName name="__JE26184" localSheetId="0">#REF!</definedName>
     <definedName name="__JE26184">#REF!</definedName>
     <definedName name="__Jul2005" localSheetId="1">#REF!</definedName>
     <definedName name="__Jul2005" localSheetId="0">#REF!</definedName>
@@ -2850,329 +3204,363 @@
     <definedName name="__P3" localSheetId="0">#REF!</definedName>
     <definedName name="__P3">#REF!</definedName>
     <definedName name="__Sep2005" localSheetId="1">#REF!</definedName>
     <definedName name="__Sep2005" localSheetId="0">#REF!</definedName>
     <definedName name="__Sep2005">#REF!</definedName>
     <definedName name="__SFD1" localSheetId="1">#REF!</definedName>
     <definedName name="__SFD1" localSheetId="0">#REF!</definedName>
     <definedName name="__SFD1">#REF!</definedName>
     <definedName name="__SFV1" localSheetId="1">#REF!</definedName>
     <definedName name="__SFV1" localSheetId="0">#REF!</definedName>
     <definedName name="__SFV1">#REF!</definedName>
     <definedName name="__t3" localSheetId="1">#REF!</definedName>
     <definedName name="__t3" localSheetId="0">#REF!</definedName>
     <definedName name="__t3">#REF!</definedName>
     <definedName name="__t4" localSheetId="1">#REF!</definedName>
     <definedName name="__t4" localSheetId="0">#REF!</definedName>
     <definedName name="__t4">#REF!</definedName>
     <definedName name="__v2" localSheetId="3">#REF!</definedName>
     <definedName name="__v2" localSheetId="7">#REF!</definedName>
     <definedName name="__v2" localSheetId="1">#REF!</definedName>
     <definedName name="__v2" localSheetId="0">#REF!</definedName>
     <definedName name="__v2" localSheetId="6">#REF!</definedName>
     <definedName name="__v2" localSheetId="5">#REF!</definedName>
     <definedName name="__v2" localSheetId="2">#REF!</definedName>
     <definedName name="__v2" localSheetId="4">#REF!</definedName>
+    <definedName name="__v2" localSheetId="10">#REF!</definedName>
+    <definedName name="__v2" localSheetId="9">#REF!</definedName>
     <definedName name="__v2" localSheetId="8">#REF!</definedName>
     <definedName name="__v2">[0]!__v2</definedName>
     <definedName name="__WGT02" localSheetId="1">#REF!</definedName>
     <definedName name="__WGT02" localSheetId="0">#REF!</definedName>
     <definedName name="__WGT02">#REF!</definedName>
     <definedName name="__WGT03" localSheetId="1">#REF!</definedName>
     <definedName name="__WGT03" localSheetId="0">#REF!</definedName>
     <definedName name="__WGT03">#REF!</definedName>
     <definedName name="__WGT04" localSheetId="1">#REF!</definedName>
     <definedName name="__WGT04" localSheetId="0">#REF!</definedName>
     <definedName name="__WGT04">#REF!</definedName>
     <definedName name="__WGT05" localSheetId="1">#REF!</definedName>
     <definedName name="__WGT05" localSheetId="0">#REF!</definedName>
     <definedName name="__WGT05">#REF!</definedName>
     <definedName name="__WGT06" localSheetId="1">#REF!</definedName>
     <definedName name="__WGT06" localSheetId="0">#REF!</definedName>
     <definedName name="__WGT06">#REF!</definedName>
     <definedName name="__yr200112" localSheetId="1">#REF!</definedName>
     <definedName name="__yr200112" localSheetId="0">#REF!</definedName>
     <definedName name="__yr200112">#REF!</definedName>
     <definedName name="__yr200212" localSheetId="1">#REF!</definedName>
     <definedName name="__yr200212" localSheetId="0">#REF!</definedName>
     <definedName name="__yr200212">#REF!</definedName>
     <definedName name="__yr200312" localSheetId="1">#REF!</definedName>
     <definedName name="__yr200312" localSheetId="0">#REF!</definedName>
     <definedName name="__yr200312">#REF!</definedName>
     <definedName name="__yr200403" localSheetId="1">#REF!</definedName>
     <definedName name="__yr200403" localSheetId="0">#REF!</definedName>
     <definedName name="__yr200403">#REF!</definedName>
     <definedName name="__yr200406" localSheetId="1">#REF!</definedName>
     <definedName name="__yr200406" localSheetId="0">#REF!</definedName>
     <definedName name="__yr200406">#REF!</definedName>
     <definedName name="__yr200409" localSheetId="1">#REF!</definedName>
     <definedName name="__yr200409" localSheetId="0">#REF!</definedName>
     <definedName name="__yr200409">#REF!</definedName>
     <definedName name="__yr200412" localSheetId="1">#REF!</definedName>
     <definedName name="__yr200412" localSheetId="0">#REF!</definedName>
     <definedName name="__yr200412">#REF!</definedName>
     <definedName name="_1" localSheetId="3">#REF!</definedName>
     <definedName name="_1" localSheetId="7">#REF!</definedName>
     <definedName name="_1" localSheetId="1">#REF!</definedName>
     <definedName name="_1" localSheetId="0">#REF!</definedName>
     <definedName name="_1" localSheetId="6">#REF!</definedName>
     <definedName name="_1" localSheetId="5">#REF!</definedName>
     <definedName name="_1" localSheetId="2">#REF!</definedName>
     <definedName name="_1" localSheetId="4">#REF!</definedName>
+    <definedName name="_1" localSheetId="10">#REF!</definedName>
+    <definedName name="_1" localSheetId="9">#REF!</definedName>
     <definedName name="_1" localSheetId="8">#REF!</definedName>
     <definedName name="_1">#REF!</definedName>
     <definedName name="_1__123Graph_XCHART_1" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="_1__123Graph_XCHART_1" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="_1__123Graph_XCHART_1" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="_1__123Graph_XCHART_1" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="_1__123Graph_XCHART_1" localSheetId="6" hidden="1">#REF!</definedName>
     <definedName name="_1__123Graph_XCHART_1" localSheetId="5" hidden="1">#REF!</definedName>
     <definedName name="_1__123Graph_XCHART_1" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="_1__123Graph_XCHART_1" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="_1__123Graph_XCHART_1" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="_1__123Graph_XCHART_1" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="_1__123Graph_XCHART_1" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="_1__123Graph_XCHART_1" hidden="1">#REF!</definedName>
     <definedName name="_1_2002_PREM_PRICE_2" localSheetId="3">#REF!</definedName>
     <definedName name="_1_2002_PREM_PRICE_2" localSheetId="7">#REF!</definedName>
     <definedName name="_1_2002_PREM_PRICE_2" localSheetId="1">#REF!</definedName>
     <definedName name="_1_2002_PREM_PRICE_2" localSheetId="0">#REF!</definedName>
     <definedName name="_1_2002_PREM_PRICE_2" localSheetId="6">#REF!</definedName>
     <definedName name="_1_2002_PREM_PRICE_2" localSheetId="5">#REF!</definedName>
     <definedName name="_1_2002_PREM_PRICE_2" localSheetId="2">#REF!</definedName>
     <definedName name="_1_2002_PREM_PRICE_2" localSheetId="4">#REF!</definedName>
+    <definedName name="_1_2002_PREM_PRICE_2" localSheetId="10">#REF!</definedName>
+    <definedName name="_1_2002_PREM_PRICE_2" localSheetId="9">#REF!</definedName>
     <definedName name="_1_2002_PREM_PRICE_2" localSheetId="8">#REF!</definedName>
     <definedName name="_1_2002_PREM_PRICE_2">#REF!</definedName>
     <definedName name="_1_A2_6_0">"repline_data"</definedName>
     <definedName name="_10_2004_Lisa_s_Comparison_Report" localSheetId="1">#REF!</definedName>
     <definedName name="_10_2004_Lisa_s_Comparison_Report" localSheetId="0">#REF!</definedName>
     <definedName name="_10_2004_Lisa_s_Comparison_Report">#REF!</definedName>
     <definedName name="_10_2005" localSheetId="1">#REF!</definedName>
     <definedName name="_10_2005" localSheetId="0">#REF!</definedName>
     <definedName name="_10_2005">#REF!</definedName>
     <definedName name="_10_2006" localSheetId="1">#REF!</definedName>
     <definedName name="_10_2006" localSheetId="0">#REF!</definedName>
     <definedName name="_10_2006">#REF!</definedName>
     <definedName name="_100" localSheetId="3">#REF!</definedName>
     <definedName name="_100" localSheetId="7">#REF!</definedName>
     <definedName name="_100" localSheetId="1">#REF!</definedName>
     <definedName name="_100" localSheetId="0">#REF!</definedName>
     <definedName name="_100" localSheetId="2">#REF!</definedName>
     <definedName name="_100" localSheetId="4">#REF!</definedName>
+    <definedName name="_100" localSheetId="10">#REF!</definedName>
+    <definedName name="_100" localSheetId="9">#REF!</definedName>
     <definedName name="_100" localSheetId="8">#REF!</definedName>
     <definedName name="_100">#REF!</definedName>
     <definedName name="_1000" localSheetId="3">#REF!</definedName>
     <definedName name="_1000" localSheetId="7">#REF!</definedName>
     <definedName name="_1000" localSheetId="1">#REF!</definedName>
     <definedName name="_1000" localSheetId="0">#REF!</definedName>
     <definedName name="_1000" localSheetId="2">#REF!</definedName>
     <definedName name="_1000" localSheetId="4">#REF!</definedName>
+    <definedName name="_1000" localSheetId="10">#REF!</definedName>
+    <definedName name="_1000" localSheetId="9">#REF!</definedName>
     <definedName name="_1000" localSheetId="8">#REF!</definedName>
     <definedName name="_1000">#REF!</definedName>
     <definedName name="_10K_Cover_Page">"sectionname"</definedName>
     <definedName name="_11_2007_08" localSheetId="1">#REF!</definedName>
     <definedName name="_11_2007_08" localSheetId="0">#REF!</definedName>
     <definedName name="_11_2007_08">#REF!</definedName>
     <definedName name="_12_2006" localSheetId="1">#REF!</definedName>
     <definedName name="_12_2006" localSheetId="0">#REF!</definedName>
     <definedName name="_12_2006">#REF!</definedName>
     <definedName name="_12_28_04" localSheetId="1">#REF!</definedName>
     <definedName name="_12_28_04" localSheetId="0">#REF!</definedName>
     <definedName name="_12_28_04">#REF!</definedName>
     <definedName name="_13_2005" localSheetId="1">#REF!</definedName>
     <definedName name="_13_2005" localSheetId="0">#REF!</definedName>
     <definedName name="_13_2005">#REF!</definedName>
     <definedName name="_16_2006" localSheetId="1">#REF!</definedName>
     <definedName name="_16_2006" localSheetId="0">#REF!</definedName>
     <definedName name="_16_2006">#REF!</definedName>
     <definedName name="_168036" localSheetId="1">#REF!</definedName>
     <definedName name="_168036" localSheetId="0">#REF!</definedName>
     <definedName name="_168036">#REF!</definedName>
     <definedName name="_17_2007_08" localSheetId="1">#REF!</definedName>
     <definedName name="_17_2007_08" localSheetId="0">#REF!</definedName>
     <definedName name="_17_2007_08">#REF!</definedName>
     <definedName name="_1STMDDATA" localSheetId="1">#REF!</definedName>
     <definedName name="_1STMDDATA" localSheetId="0">#REF!</definedName>
     <definedName name="_1STMDDATA">#REF!</definedName>
     <definedName name="_2_1" localSheetId="1">#REF!</definedName>
     <definedName name="_2_1" localSheetId="0">#REF!</definedName>
     <definedName name="_2_1">#REF!</definedName>
     <definedName name="_200" localSheetId="3">#REF!</definedName>
     <definedName name="_200" localSheetId="7">#REF!</definedName>
     <definedName name="_200" localSheetId="1">#REF!</definedName>
     <definedName name="_200" localSheetId="0">#REF!</definedName>
     <definedName name="_200" localSheetId="6">#REF!</definedName>
     <definedName name="_200" localSheetId="5">#REF!</definedName>
     <definedName name="_200" localSheetId="2">#REF!</definedName>
     <definedName name="_200" localSheetId="4">#REF!</definedName>
+    <definedName name="_200" localSheetId="10">#REF!</definedName>
+    <definedName name="_200" localSheetId="9">#REF!</definedName>
     <definedName name="_200" localSheetId="8">#REF!</definedName>
     <definedName name="_200">#REF!</definedName>
     <definedName name="_2000" localSheetId="3">#REF!</definedName>
     <definedName name="_2000" localSheetId="7">#REF!</definedName>
     <definedName name="_2000" localSheetId="1">#REF!</definedName>
     <definedName name="_2000" localSheetId="0">#REF!</definedName>
     <definedName name="_2000" localSheetId="6">#REF!</definedName>
     <definedName name="_2000" localSheetId="5">#REF!</definedName>
     <definedName name="_2000" localSheetId="2">#REF!</definedName>
     <definedName name="_2000" localSheetId="4">#REF!</definedName>
+    <definedName name="_2000" localSheetId="10">#REF!</definedName>
+    <definedName name="_2000" localSheetId="9">#REF!</definedName>
     <definedName name="_2000" localSheetId="8">#REF!</definedName>
     <definedName name="_2000">#REF!</definedName>
     <definedName name="_2002_new_Lisa_comparison" localSheetId="1">#REF!</definedName>
     <definedName name="_2002_new_Lisa_comparison" localSheetId="0">#REF!</definedName>
     <definedName name="_2002_new_Lisa_comparison">#REF!</definedName>
     <definedName name="_2003_Lisa_s_Comparison_Report" localSheetId="1">#REF!</definedName>
     <definedName name="_2003_Lisa_s_Comparison_Report" localSheetId="0">#REF!</definedName>
     <definedName name="_2003_Lisa_s_Comparison_Report">#REF!</definedName>
     <definedName name="_2004_CUSIP_" localSheetId="1">#REF!</definedName>
     <definedName name="_2004_CUSIP_" localSheetId="0">#REF!</definedName>
     <definedName name="_2004_CUSIP_">#REF!</definedName>
     <definedName name="_2004_Lisa_s_Comparison_Report" localSheetId="1">#REF!</definedName>
     <definedName name="_2004_Lisa_s_Comparison_Report" localSheetId="0">#REF!</definedName>
     <definedName name="_2004_Lisa_s_Comparison_Report">#REF!</definedName>
     <definedName name="_2005" localSheetId="1">#REF!</definedName>
     <definedName name="_2005" localSheetId="0">#REF!</definedName>
     <definedName name="_2005">#REF!</definedName>
     <definedName name="_2006" localSheetId="1">#REF!</definedName>
     <definedName name="_2006" localSheetId="0">#REF!</definedName>
     <definedName name="_2006">#REF!</definedName>
     <definedName name="_2007_08" localSheetId="1">#REF!</definedName>
     <definedName name="_2007_08" localSheetId="0">#REF!</definedName>
     <definedName name="_2007_08">#REF!</definedName>
     <definedName name="_2007Q1" localSheetId="3">#REF!</definedName>
     <definedName name="_2007Q1" localSheetId="7">#REF!</definedName>
     <definedName name="_2007Q1" localSheetId="1">#REF!</definedName>
     <definedName name="_2007Q1" localSheetId="0">#REF!</definedName>
     <definedName name="_2007Q1" localSheetId="2">#REF!</definedName>
     <definedName name="_2007Q1" localSheetId="4">#REF!</definedName>
+    <definedName name="_2007Q1" localSheetId="10">#REF!</definedName>
+    <definedName name="_2007Q1" localSheetId="9">#REF!</definedName>
     <definedName name="_2007Q1" localSheetId="8">#REF!</definedName>
     <definedName name="_2007Q1">#REF!</definedName>
     <definedName name="_241_99" localSheetId="1">#REF!</definedName>
     <definedName name="_241_99" localSheetId="0">#REF!</definedName>
     <definedName name="_241_99">#REF!</definedName>
     <definedName name="_2Qry_Reconcile_Account_Category" localSheetId="1">#REF!</definedName>
     <definedName name="_2Qry_Reconcile_Account_Category" localSheetId="0">#REF!</definedName>
     <definedName name="_2Qry_Reconcile_Account_Category">#REF!</definedName>
     <definedName name="_3_1" localSheetId="1">#REF!</definedName>
     <definedName name="_3_1" localSheetId="0">#REF!</definedName>
     <definedName name="_3_1">#REF!</definedName>
     <definedName name="_3_2002_new_Lisa_comparison" localSheetId="1">#REF!</definedName>
     <definedName name="_3_2002_new_Lisa_comparison" localSheetId="0">#REF!</definedName>
     <definedName name="_3_2002_new_Lisa_comparison">#REF!</definedName>
     <definedName name="_300" localSheetId="3">#REF!</definedName>
     <definedName name="_300" localSheetId="7">#REF!</definedName>
     <definedName name="_300" localSheetId="1">#REF!</definedName>
     <definedName name="_300" localSheetId="0">#REF!</definedName>
     <definedName name="_300" localSheetId="2">#REF!</definedName>
     <definedName name="_300" localSheetId="4">#REF!</definedName>
+    <definedName name="_300" localSheetId="10">#REF!</definedName>
+    <definedName name="_300" localSheetId="9">#REF!</definedName>
     <definedName name="_300" localSheetId="8">#REF!</definedName>
     <definedName name="_300">#REF!</definedName>
     <definedName name="_3000" localSheetId="3">#REF!</definedName>
     <definedName name="_3000" localSheetId="7">#REF!</definedName>
     <definedName name="_3000" localSheetId="1">#REF!</definedName>
     <definedName name="_3000" localSheetId="0">#REF!</definedName>
     <definedName name="_3000" localSheetId="2">#REF!</definedName>
     <definedName name="_3000" localSheetId="4">#REF!</definedName>
+    <definedName name="_3000" localSheetId="10">#REF!</definedName>
+    <definedName name="_3000" localSheetId="9">#REF!</definedName>
     <definedName name="_3000" localSheetId="8">#REF!</definedName>
     <definedName name="_3000">#REF!</definedName>
     <definedName name="_313586C64" localSheetId="1">#REF!</definedName>
     <definedName name="_313586C64" localSheetId="0">#REF!</definedName>
     <definedName name="_313586C64">#REF!</definedName>
     <definedName name="_4_1" localSheetId="1">#REF!</definedName>
     <definedName name="_4_1" localSheetId="0">#REF!</definedName>
     <definedName name="_4_1">#REF!</definedName>
     <definedName name="_4_1_2010" localSheetId="1">#REF!</definedName>
     <definedName name="_4_1_2010" localSheetId="0">#REF!</definedName>
     <definedName name="_4_1_2010">#REF!</definedName>
     <definedName name="_4_2002_new_Lisa_comparison" localSheetId="1">#REF!</definedName>
     <definedName name="_4_2002_new_Lisa_comparison" localSheetId="0">#REF!</definedName>
     <definedName name="_4_2002_new_Lisa_comparison">#REF!</definedName>
     <definedName name="_4_2003_Lisa_s_Comparison_Report" localSheetId="1">#REF!</definedName>
     <definedName name="_4_2003_Lisa_s_Comparison_Report" localSheetId="0">#REF!</definedName>
     <definedName name="_4_2003_Lisa_s_Comparison_Report">#REF!</definedName>
     <definedName name="_400" localSheetId="3">#REF!</definedName>
     <definedName name="_400" localSheetId="7">#REF!</definedName>
     <definedName name="_400" localSheetId="1">#REF!</definedName>
     <definedName name="_400" localSheetId="0">#REF!</definedName>
     <definedName name="_400" localSheetId="2">#REF!</definedName>
     <definedName name="_400" localSheetId="4">#REF!</definedName>
+    <definedName name="_400" localSheetId="10">#REF!</definedName>
+    <definedName name="_400" localSheetId="9">#REF!</definedName>
     <definedName name="_400" localSheetId="8">#REF!</definedName>
     <definedName name="_400">#REF!</definedName>
     <definedName name="_4000" localSheetId="3">#REF!</definedName>
     <definedName name="_4000" localSheetId="7">#REF!</definedName>
     <definedName name="_4000" localSheetId="1">#REF!</definedName>
     <definedName name="_4000" localSheetId="0">#REF!</definedName>
     <definedName name="_4000" localSheetId="2">#REF!</definedName>
     <definedName name="_4000" localSheetId="4">#REF!</definedName>
+    <definedName name="_4000" localSheetId="10">#REF!</definedName>
+    <definedName name="_4000" localSheetId="9">#REF!</definedName>
     <definedName name="_4000" localSheetId="8">#REF!</definedName>
     <definedName name="_4000">#REF!</definedName>
     <definedName name="_5_2002_new_Lisa_comparison" localSheetId="1">#REF!</definedName>
     <definedName name="_5_2002_new_Lisa_comparison" localSheetId="0">#REF!</definedName>
     <definedName name="_5_2002_new_Lisa_comparison">#REF!</definedName>
     <definedName name="_5_2003_Lisa_s_Comparison_Report" localSheetId="1">#REF!</definedName>
     <definedName name="_5_2003_Lisa_s_Comparison_Report" localSheetId="0">#REF!</definedName>
     <definedName name="_5_2003_Lisa_s_Comparison_Report">#REF!</definedName>
     <definedName name="_5_2004_CUSIP_" localSheetId="1">#REF!</definedName>
     <definedName name="_5_2004_CUSIP_" localSheetId="0">#REF!</definedName>
     <definedName name="_5_2004_CUSIP_">#REF!</definedName>
     <definedName name="_500" localSheetId="3">#REF!</definedName>
     <definedName name="_500" localSheetId="7">#REF!</definedName>
     <definedName name="_500" localSheetId="1">#REF!</definedName>
     <definedName name="_500" localSheetId="0">#REF!</definedName>
     <definedName name="_500" localSheetId="2">#REF!</definedName>
     <definedName name="_500" localSheetId="4">#REF!</definedName>
+    <definedName name="_500" localSheetId="10">#REF!</definedName>
+    <definedName name="_500" localSheetId="9">#REF!</definedName>
     <definedName name="_500" localSheetId="8">#REF!</definedName>
     <definedName name="_500">#REF!</definedName>
     <definedName name="_5000" localSheetId="3">#REF!</definedName>
     <definedName name="_5000" localSheetId="7">#REF!</definedName>
     <definedName name="_5000" localSheetId="1">#REF!</definedName>
     <definedName name="_5000" localSheetId="0">#REF!</definedName>
     <definedName name="_5000" localSheetId="2">#REF!</definedName>
     <definedName name="_5000" localSheetId="4">#REF!</definedName>
+    <definedName name="_5000" localSheetId="10">#REF!</definedName>
+    <definedName name="_5000" localSheetId="9">#REF!</definedName>
     <definedName name="_5000" localSheetId="8">#REF!</definedName>
     <definedName name="_5000">#REF!</definedName>
     <definedName name="_6_2003_Lisa_s_Comparison_Report" localSheetId="1">#REF!</definedName>
     <definedName name="_6_2003_Lisa_s_Comparison_Report" localSheetId="0">#REF!</definedName>
     <definedName name="_6_2003_Lisa_s_Comparison_Report">#REF!</definedName>
     <definedName name="_6_2004_Lisa_s_Comparison_Report" localSheetId="1">#REF!</definedName>
     <definedName name="_6_2004_Lisa_s_Comparison_Report" localSheetId="0">#REF!</definedName>
     <definedName name="_6_2004_Lisa_s_Comparison_Report">#REF!</definedName>
     <definedName name="_600" localSheetId="3">#REF!</definedName>
     <definedName name="_600" localSheetId="7">#REF!</definedName>
     <definedName name="_600" localSheetId="1">#REF!</definedName>
     <definedName name="_600" localSheetId="0">#REF!</definedName>
     <definedName name="_600" localSheetId="6">#REF!</definedName>
     <definedName name="_600" localSheetId="5">#REF!</definedName>
     <definedName name="_600" localSheetId="2">#REF!</definedName>
     <definedName name="_600" localSheetId="4">#REF!</definedName>
+    <definedName name="_600" localSheetId="10">#REF!</definedName>
+    <definedName name="_600" localSheetId="9">#REF!</definedName>
     <definedName name="_600" localSheetId="8">#REF!</definedName>
     <definedName name="_600">#REF!</definedName>
     <definedName name="_6000" localSheetId="3">#REF!</definedName>
     <definedName name="_6000" localSheetId="7">#REF!</definedName>
     <definedName name="_6000" localSheetId="1">#REF!</definedName>
     <definedName name="_6000" localSheetId="0">#REF!</definedName>
     <definedName name="_6000" localSheetId="6">#REF!</definedName>
     <definedName name="_6000" localSheetId="5">#REF!</definedName>
     <definedName name="_6000" localSheetId="2">#REF!</definedName>
     <definedName name="_6000" localSheetId="4">#REF!</definedName>
+    <definedName name="_6000" localSheetId="10">#REF!</definedName>
+    <definedName name="_6000" localSheetId="9">#REF!</definedName>
     <definedName name="_6000" localSheetId="8">#REF!</definedName>
     <definedName name="_6000">#REF!</definedName>
     <definedName name="_7_2004_CUSIP_" localSheetId="1">#REF!</definedName>
     <definedName name="_7_2004_CUSIP_" localSheetId="0">#REF!</definedName>
     <definedName name="_7_2004_CUSIP_">#REF!</definedName>
     <definedName name="_7_2005" localSheetId="1">#REF!</definedName>
     <definedName name="_7_2005" localSheetId="0">#REF!</definedName>
     <definedName name="_7_2005">#REF!</definedName>
     <definedName name="_8_2004_Lisa_s_Comparison_Report" localSheetId="1">#REF!</definedName>
     <definedName name="_8_2004_Lisa_s_Comparison_Report" localSheetId="0">#REF!</definedName>
     <definedName name="_8_2004_Lisa_s_Comparison_Report">#REF!</definedName>
     <definedName name="_8_2006" localSheetId="1">#REF!</definedName>
     <definedName name="_8_2006" localSheetId="0">#REF!</definedName>
     <definedName name="_8_2006">#REF!</definedName>
     <definedName name="_9_2004_CUSIP_" localSheetId="1">#REF!</definedName>
     <definedName name="_9_2004_CUSIP_" localSheetId="0">#REF!</definedName>
     <definedName name="_9_2004_CUSIP_">#REF!</definedName>
     <definedName name="_9_2005" localSheetId="1">#REF!</definedName>
     <definedName name="_9_2005" localSheetId="0">#REF!</definedName>
     <definedName name="_9_2005">#REF!</definedName>
     <definedName name="_9_2007_08" localSheetId="1">#REF!</definedName>
     <definedName name="_9_2007_08" localSheetId="0">#REF!</definedName>
     <definedName name="_9_2007_08">#REF!</definedName>
     <definedName name="_A0102" localSheetId="1">#REF!</definedName>
     <definedName name="_A0102" localSheetId="0">#REF!</definedName>
@@ -3272,303 +3660,361 @@
     <definedName name="_A1103">#REF!</definedName>
     <definedName name="_A1104" localSheetId="1">#REF!</definedName>
     <definedName name="_A1104" localSheetId="0">#REF!</definedName>
     <definedName name="_A1104">#REF!</definedName>
     <definedName name="_A1201" localSheetId="1">#REF!</definedName>
     <definedName name="_A1201" localSheetId="0">#REF!</definedName>
     <definedName name="_A1201">#REF!</definedName>
     <definedName name="_A1202" localSheetId="1">#REF!</definedName>
     <definedName name="_A1202" localSheetId="0">#REF!</definedName>
     <definedName name="_A1202">#REF!</definedName>
     <definedName name="_A1203" localSheetId="1">#REF!</definedName>
     <definedName name="_A1203" localSheetId="0">#REF!</definedName>
     <definedName name="_A1203">#REF!</definedName>
     <definedName name="_A1204" localSheetId="1">#REF!</definedName>
     <definedName name="_A1204" localSheetId="0">#REF!</definedName>
     <definedName name="_A1204">#REF!</definedName>
     <definedName name="_Apr2005" localSheetId="1">#REF!</definedName>
     <definedName name="_Apr2005" localSheetId="0">#REF!</definedName>
     <definedName name="_Apr2005">#REF!</definedName>
     <definedName name="_as1" localSheetId="3">#REF!</definedName>
     <definedName name="_as1" localSheetId="7">#REF!</definedName>
     <definedName name="_as1" localSheetId="1">#REF!</definedName>
     <definedName name="_as1" localSheetId="0">#REF!</definedName>
     <definedName name="_as1" localSheetId="2">#REF!</definedName>
     <definedName name="_as1" localSheetId="4">#REF!</definedName>
+    <definedName name="_as1" localSheetId="10">#REF!</definedName>
+    <definedName name="_as1" localSheetId="9">#REF!</definedName>
     <definedName name="_as1" localSheetId="8">#REF!</definedName>
     <definedName name="_as1">#REF!</definedName>
     <definedName name="_as10" localSheetId="3">#REF!</definedName>
     <definedName name="_as10" localSheetId="7">#REF!</definedName>
     <definedName name="_as10" localSheetId="1">#REF!</definedName>
     <definedName name="_as10" localSheetId="0">#REF!</definedName>
     <definedName name="_as10" localSheetId="2">#REF!</definedName>
     <definedName name="_as10" localSheetId="4">#REF!</definedName>
+    <definedName name="_as10" localSheetId="10">#REF!</definedName>
+    <definedName name="_as10" localSheetId="9">#REF!</definedName>
     <definedName name="_as10" localSheetId="8">#REF!</definedName>
     <definedName name="_as10">#REF!</definedName>
     <definedName name="_as11" localSheetId="3">#REF!</definedName>
     <definedName name="_as11" localSheetId="7">#REF!</definedName>
     <definedName name="_as11" localSheetId="1">#REF!</definedName>
     <definedName name="_as11" localSheetId="0">#REF!</definedName>
     <definedName name="_as11" localSheetId="2">#REF!</definedName>
     <definedName name="_as11" localSheetId="4">#REF!</definedName>
+    <definedName name="_as11" localSheetId="10">#REF!</definedName>
+    <definedName name="_as11" localSheetId="9">#REF!</definedName>
     <definedName name="_as11" localSheetId="8">#REF!</definedName>
     <definedName name="_as11">#REF!</definedName>
     <definedName name="_as12" localSheetId="3">#REF!</definedName>
     <definedName name="_as12" localSheetId="7">#REF!</definedName>
     <definedName name="_as12" localSheetId="1">#REF!</definedName>
     <definedName name="_as12" localSheetId="0">#REF!</definedName>
     <definedName name="_as12" localSheetId="2">#REF!</definedName>
     <definedName name="_as12" localSheetId="4">#REF!</definedName>
+    <definedName name="_as12" localSheetId="10">#REF!</definedName>
+    <definedName name="_as12" localSheetId="9">#REF!</definedName>
     <definedName name="_as12" localSheetId="8">#REF!</definedName>
     <definedName name="_as12">#REF!</definedName>
     <definedName name="_as13" localSheetId="3">#REF!</definedName>
     <definedName name="_as13" localSheetId="7">#REF!</definedName>
     <definedName name="_as13" localSheetId="1">#REF!</definedName>
     <definedName name="_as13" localSheetId="0">#REF!</definedName>
     <definedName name="_as13" localSheetId="2">#REF!</definedName>
     <definedName name="_as13" localSheetId="4">#REF!</definedName>
+    <definedName name="_as13" localSheetId="10">#REF!</definedName>
+    <definedName name="_as13" localSheetId="9">#REF!</definedName>
     <definedName name="_as13" localSheetId="8">#REF!</definedName>
     <definedName name="_as13">#REF!</definedName>
     <definedName name="_as14" localSheetId="3">#REF!</definedName>
     <definedName name="_as14" localSheetId="7">#REF!</definedName>
     <definedName name="_as14" localSheetId="1">#REF!</definedName>
     <definedName name="_as14" localSheetId="0">#REF!</definedName>
     <definedName name="_as14" localSheetId="6">#REF!</definedName>
     <definedName name="_as14" localSheetId="5">#REF!</definedName>
     <definedName name="_as14" localSheetId="2">#REF!</definedName>
     <definedName name="_as14" localSheetId="4">#REF!</definedName>
+    <definedName name="_as14" localSheetId="10">#REF!</definedName>
+    <definedName name="_as14" localSheetId="9">#REF!</definedName>
     <definedName name="_as14" localSheetId="8">#REF!</definedName>
     <definedName name="_as14">#REF!</definedName>
     <definedName name="_as15" localSheetId="3">#REF!</definedName>
     <definedName name="_as15" localSheetId="7">#REF!</definedName>
     <definedName name="_as15" localSheetId="1">#REF!</definedName>
     <definedName name="_as15" localSheetId="0">#REF!</definedName>
     <definedName name="_as15" localSheetId="6">#REF!</definedName>
     <definedName name="_as15" localSheetId="5">#REF!</definedName>
     <definedName name="_as15" localSheetId="2">#REF!</definedName>
     <definedName name="_as15" localSheetId="4">#REF!</definedName>
+    <definedName name="_as15" localSheetId="10">#REF!</definedName>
+    <definedName name="_as15" localSheetId="9">#REF!</definedName>
     <definedName name="_as15" localSheetId="8">#REF!</definedName>
     <definedName name="_as15">#REF!</definedName>
     <definedName name="_as16" localSheetId="3">#REF!</definedName>
     <definedName name="_as16" localSheetId="7">#REF!</definedName>
     <definedName name="_as16" localSheetId="1">#REF!</definedName>
     <definedName name="_as16" localSheetId="0">#REF!</definedName>
     <definedName name="_as16" localSheetId="2">#REF!</definedName>
     <definedName name="_as16" localSheetId="4">#REF!</definedName>
+    <definedName name="_as16" localSheetId="10">#REF!</definedName>
+    <definedName name="_as16" localSheetId="9">#REF!</definedName>
     <definedName name="_as16" localSheetId="8">#REF!</definedName>
     <definedName name="_as16">#REF!</definedName>
     <definedName name="_as17" localSheetId="3">#REF!</definedName>
     <definedName name="_as17" localSheetId="7">#REF!</definedName>
     <definedName name="_as17" localSheetId="1">#REF!</definedName>
     <definedName name="_as17" localSheetId="0">#REF!</definedName>
     <definedName name="_as17" localSheetId="6">#REF!</definedName>
     <definedName name="_as17" localSheetId="5">#REF!</definedName>
     <definedName name="_as17" localSheetId="2">#REF!</definedName>
     <definedName name="_as17" localSheetId="4">#REF!</definedName>
+    <definedName name="_as17" localSheetId="10">#REF!</definedName>
+    <definedName name="_as17" localSheetId="9">#REF!</definedName>
     <definedName name="_as17" localSheetId="8">#REF!</definedName>
     <definedName name="_as17">#REF!</definedName>
     <definedName name="_as18" localSheetId="3">#REF!</definedName>
     <definedName name="_as18" localSheetId="7">#REF!</definedName>
     <definedName name="_as18" localSheetId="1">#REF!</definedName>
     <definedName name="_as18" localSheetId="0">#REF!</definedName>
     <definedName name="_as18" localSheetId="2">#REF!</definedName>
     <definedName name="_as18" localSheetId="4">#REF!</definedName>
+    <definedName name="_as18" localSheetId="10">#REF!</definedName>
+    <definedName name="_as18" localSheetId="9">#REF!</definedName>
     <definedName name="_as18" localSheetId="8">#REF!</definedName>
     <definedName name="_as18">#REF!</definedName>
     <definedName name="_as19" localSheetId="3">#REF!</definedName>
     <definedName name="_as19" localSheetId="7">#REF!</definedName>
     <definedName name="_as19" localSheetId="1">#REF!</definedName>
     <definedName name="_as19" localSheetId="0">#REF!</definedName>
     <definedName name="_as19" localSheetId="2">#REF!</definedName>
     <definedName name="_as19" localSheetId="4">#REF!</definedName>
+    <definedName name="_as19" localSheetId="10">#REF!</definedName>
+    <definedName name="_as19" localSheetId="9">#REF!</definedName>
     <definedName name="_as19" localSheetId="8">#REF!</definedName>
     <definedName name="_as19">#REF!</definedName>
     <definedName name="_as2" localSheetId="3">#REF!</definedName>
     <definedName name="_as2" localSheetId="7">#REF!</definedName>
     <definedName name="_as2" localSheetId="1">#REF!</definedName>
     <definedName name="_as2" localSheetId="0">#REF!</definedName>
     <definedName name="_as2" localSheetId="6">#REF!</definedName>
     <definedName name="_as2" localSheetId="5">#REF!</definedName>
     <definedName name="_as2" localSheetId="2">#REF!</definedName>
     <definedName name="_as2" localSheetId="4">#REF!</definedName>
+    <definedName name="_as2" localSheetId="10">#REF!</definedName>
+    <definedName name="_as2" localSheetId="9">#REF!</definedName>
     <definedName name="_as2" localSheetId="8">#REF!</definedName>
     <definedName name="_as2">#REF!</definedName>
     <definedName name="_as20" localSheetId="3">#REF!</definedName>
     <definedName name="_as20" localSheetId="7">#REF!</definedName>
     <definedName name="_as20" localSheetId="1">#REF!</definedName>
     <definedName name="_as20" localSheetId="0">#REF!</definedName>
     <definedName name="_as20" localSheetId="2">#REF!</definedName>
     <definedName name="_as20" localSheetId="4">#REF!</definedName>
+    <definedName name="_as20" localSheetId="10">#REF!</definedName>
+    <definedName name="_as20" localSheetId="9">#REF!</definedName>
     <definedName name="_as20" localSheetId="8">#REF!</definedName>
     <definedName name="_as20">#REF!</definedName>
     <definedName name="_as21" localSheetId="3">#REF!</definedName>
     <definedName name="_as21" localSheetId="7">#REF!</definedName>
     <definedName name="_as21" localSheetId="1">#REF!</definedName>
     <definedName name="_as21" localSheetId="0">#REF!</definedName>
     <definedName name="_as21" localSheetId="2">#REF!</definedName>
     <definedName name="_as21" localSheetId="4">#REF!</definedName>
+    <definedName name="_as21" localSheetId="10">#REF!</definedName>
+    <definedName name="_as21" localSheetId="9">#REF!</definedName>
     <definedName name="_as21" localSheetId="8">#REF!</definedName>
     <definedName name="_as21">#REF!</definedName>
     <definedName name="_as22" localSheetId="3">#REF!</definedName>
     <definedName name="_as22" localSheetId="7">#REF!</definedName>
     <definedName name="_as22" localSheetId="1">#REF!</definedName>
     <definedName name="_as22" localSheetId="0">#REF!</definedName>
     <definedName name="_as22" localSheetId="2">#REF!</definedName>
     <definedName name="_as22" localSheetId="4">#REF!</definedName>
+    <definedName name="_as22" localSheetId="10">#REF!</definedName>
+    <definedName name="_as22" localSheetId="9">#REF!</definedName>
     <definedName name="_as22" localSheetId="8">#REF!</definedName>
     <definedName name="_as22">#REF!</definedName>
     <definedName name="_as23" localSheetId="3">#REF!</definedName>
     <definedName name="_as23" localSheetId="7">#REF!</definedName>
     <definedName name="_as23" localSheetId="1">#REF!</definedName>
     <definedName name="_as23" localSheetId="0">#REF!</definedName>
     <definedName name="_as23" localSheetId="6">#REF!</definedName>
     <definedName name="_as23" localSheetId="5">#REF!</definedName>
     <definedName name="_as23" localSheetId="2">#REF!</definedName>
     <definedName name="_as23" localSheetId="4">#REF!</definedName>
+    <definedName name="_as23" localSheetId="10">#REF!</definedName>
+    <definedName name="_as23" localSheetId="9">#REF!</definedName>
     <definedName name="_as23" localSheetId="8">#REF!</definedName>
     <definedName name="_as23">#REF!</definedName>
     <definedName name="_as24" localSheetId="3">#REF!</definedName>
     <definedName name="_as24" localSheetId="7">#REF!</definedName>
     <definedName name="_as24" localSheetId="1">#REF!</definedName>
     <definedName name="_as24" localSheetId="0">#REF!</definedName>
     <definedName name="_as24" localSheetId="2">#REF!</definedName>
     <definedName name="_as24" localSheetId="4">#REF!</definedName>
+    <definedName name="_as24" localSheetId="10">#REF!</definedName>
+    <definedName name="_as24" localSheetId="9">#REF!</definedName>
     <definedName name="_as24" localSheetId="8">#REF!</definedName>
     <definedName name="_as24">#REF!</definedName>
     <definedName name="_as3" localSheetId="3">#REF!</definedName>
     <definedName name="_as3" localSheetId="7">#REF!</definedName>
     <definedName name="_as3" localSheetId="1">#REF!</definedName>
     <definedName name="_as3" localSheetId="0">#REF!</definedName>
     <definedName name="_as3" localSheetId="6">#REF!</definedName>
     <definedName name="_as3" localSheetId="5">#REF!</definedName>
     <definedName name="_as3" localSheetId="2">#REF!</definedName>
     <definedName name="_as3" localSheetId="4">#REF!</definedName>
+    <definedName name="_as3" localSheetId="10">#REF!</definedName>
+    <definedName name="_as3" localSheetId="9">#REF!</definedName>
     <definedName name="_as3" localSheetId="8">#REF!</definedName>
     <definedName name="_as3">#REF!</definedName>
     <definedName name="_as4" localSheetId="3">#REF!</definedName>
     <definedName name="_as4" localSheetId="7">#REF!</definedName>
     <definedName name="_as4" localSheetId="1">#REF!</definedName>
     <definedName name="_as4" localSheetId="0">#REF!</definedName>
     <definedName name="_as4" localSheetId="2">#REF!</definedName>
     <definedName name="_as4" localSheetId="4">#REF!</definedName>
+    <definedName name="_as4" localSheetId="10">#REF!</definedName>
+    <definedName name="_as4" localSheetId="9">#REF!</definedName>
     <definedName name="_as4" localSheetId="8">#REF!</definedName>
     <definedName name="_as4">#REF!</definedName>
     <definedName name="_as5" localSheetId="3">#REF!</definedName>
     <definedName name="_as5" localSheetId="7">#REF!</definedName>
     <definedName name="_as5" localSheetId="1">#REF!</definedName>
     <definedName name="_as5" localSheetId="0">#REF!</definedName>
     <definedName name="_as5" localSheetId="2">#REF!</definedName>
     <definedName name="_as5" localSheetId="4">#REF!</definedName>
+    <definedName name="_as5" localSheetId="10">#REF!</definedName>
+    <definedName name="_as5" localSheetId="9">#REF!</definedName>
     <definedName name="_as5" localSheetId="8">#REF!</definedName>
     <definedName name="_as5">#REF!</definedName>
     <definedName name="_as6" localSheetId="3">#REF!</definedName>
     <definedName name="_as6" localSheetId="7">#REF!</definedName>
     <definedName name="_as6" localSheetId="1">#REF!</definedName>
     <definedName name="_as6" localSheetId="0">#REF!</definedName>
     <definedName name="_as6" localSheetId="6">#REF!</definedName>
     <definedName name="_as6" localSheetId="5">#REF!</definedName>
     <definedName name="_as6" localSheetId="2">#REF!</definedName>
     <definedName name="_as6" localSheetId="4">#REF!</definedName>
+    <definedName name="_as6" localSheetId="10">#REF!</definedName>
+    <definedName name="_as6" localSheetId="9">#REF!</definedName>
     <definedName name="_as6" localSheetId="8">#REF!</definedName>
     <definedName name="_as6">#REF!</definedName>
     <definedName name="_as7" localSheetId="3">#REF!</definedName>
     <definedName name="_as7" localSheetId="7">#REF!</definedName>
     <definedName name="_as7" localSheetId="1">#REF!</definedName>
     <definedName name="_as7" localSheetId="0">#REF!</definedName>
     <definedName name="_as7" localSheetId="6">#REF!</definedName>
     <definedName name="_as7" localSheetId="5">#REF!</definedName>
     <definedName name="_as7" localSheetId="2">#REF!</definedName>
     <definedName name="_as7" localSheetId="4">#REF!</definedName>
+    <definedName name="_as7" localSheetId="10">#REF!</definedName>
+    <definedName name="_as7" localSheetId="9">#REF!</definedName>
     <definedName name="_as7" localSheetId="8">#REF!</definedName>
     <definedName name="_as7">#REF!</definedName>
     <definedName name="_as8" localSheetId="3">#REF!</definedName>
     <definedName name="_as8" localSheetId="7">#REF!</definedName>
     <definedName name="_as8" localSheetId="1">#REF!</definedName>
     <definedName name="_as8" localSheetId="0">#REF!</definedName>
     <definedName name="_as8" localSheetId="2">#REF!</definedName>
     <definedName name="_as8" localSheetId="4">#REF!</definedName>
+    <definedName name="_as8" localSheetId="10">#REF!</definedName>
+    <definedName name="_as8" localSheetId="9">#REF!</definedName>
     <definedName name="_as8" localSheetId="8">#REF!</definedName>
     <definedName name="_as8">#REF!</definedName>
     <definedName name="_as9" localSheetId="3">#REF!</definedName>
     <definedName name="_as9" localSheetId="7">#REF!</definedName>
     <definedName name="_as9" localSheetId="1">#REF!</definedName>
     <definedName name="_as9" localSheetId="0">#REF!</definedName>
     <definedName name="_as9" localSheetId="2">#REF!</definedName>
     <definedName name="_as9" localSheetId="4">#REF!</definedName>
+    <definedName name="_as9" localSheetId="10">#REF!</definedName>
+    <definedName name="_as9" localSheetId="9">#REF!</definedName>
     <definedName name="_as9" localSheetId="8">#REF!</definedName>
     <definedName name="_as9">#REF!</definedName>
     <definedName name="_Aug2005" localSheetId="1">#REF!</definedName>
     <definedName name="_Aug2005" localSheetId="0">#REF!</definedName>
     <definedName name="_Aug2005">#REF!</definedName>
     <definedName name="_C2_Cr" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Cr" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Cr" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Cr" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Cr" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Cr" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Cr" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Cr" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!LenC2,1)</definedName>
+    <definedName name="_C2_Cr" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!LenC2,1)</definedName>
+    <definedName name="_C2_Cr" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Cr" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Cr">OFFSET(#REF!,0,0,LenC2,1)</definedName>
     <definedName name="_C2_Dr" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Dr" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Dr" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Dr" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Dr" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Dr" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Dr" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Dr" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!LenC2,1)</definedName>
+    <definedName name="_C2_Dr" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!LenC2,1)</definedName>
+    <definedName name="_C2_Dr" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Dr" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Dr">OFFSET(#REF!,0,0,LenC2,1)</definedName>
     <definedName name="_C2_Lookup" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Lookup" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Lookup" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Lookup" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Lookup" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Lookup" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Lookup" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Lookup" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!LenC2,1)</definedName>
+    <definedName name="_C2_Lookup" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!LenC2,1)</definedName>
+    <definedName name="_C2_Lookup" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Lookup" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!LenC2,1)</definedName>
     <definedName name="_C2_Lookup">OFFSET(#REF!,0,0,LenC2,1)</definedName>
     <definedName name="_C2_NetAmt" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!LenC2,1)</definedName>
     <definedName name="_C2_NetAmt" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!LenC2,1)</definedName>
     <definedName name="_C2_NetAmt" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!LenC2,1)</definedName>
     <definedName name="_C2_NetAmt" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!LenC2,1)</definedName>
     <definedName name="_C2_NetAmt" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!LenC2,1)</definedName>
     <definedName name="_C2_NetAmt" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!LenC2,1)</definedName>
     <definedName name="_C2_NetAmt" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!LenC2,1)</definedName>
     <definedName name="_C2_NetAmt" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!LenC2,1)</definedName>
+    <definedName name="_C2_NetAmt" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!LenC2,1)</definedName>
+    <definedName name="_C2_NetAmt" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!LenC2,1)</definedName>
     <definedName name="_C2_NetAmt" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!LenC2,1)</definedName>
     <definedName name="_C2_NetAmt">OFFSET(#REF!,0,0,LenC2,1)</definedName>
     <definedName name="_C3_Cr" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!LenC2,1)</definedName>
     <definedName name="_C3_Cr" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!LenC2,1)</definedName>
     <definedName name="_C3_Cr" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!LenC2,1)</definedName>
     <definedName name="_C3_Cr" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!LenC2,1)</definedName>
     <definedName name="_C3_Cr" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!LenC2,1)</definedName>
     <definedName name="_C3_Cr" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!LenC2,1)</definedName>
     <definedName name="_C3_Cr" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!LenC2,1)</definedName>
     <definedName name="_C3_Cr" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!LenC2,1)</definedName>
+    <definedName name="_C3_Cr" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!LenC2,1)</definedName>
+    <definedName name="_C3_Cr" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!LenC2,1)</definedName>
     <definedName name="_C3_Cr" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!LenC2,1)</definedName>
     <definedName name="_C3_Cr">OFFSET(#REF!,0,0,LenC2,1)</definedName>
     <definedName name="_de1" localSheetId="1">#REF!</definedName>
     <definedName name="_de1" localSheetId="0">#REF!</definedName>
     <definedName name="_de1">#REF!</definedName>
     <definedName name="_Dec2005" localSheetId="1">#REF!</definedName>
     <definedName name="_Dec2005" localSheetId="0">#REF!</definedName>
     <definedName name="_Dec2005">#REF!</definedName>
     <definedName name="_FAS200201" localSheetId="1">#REF!</definedName>
     <definedName name="_FAS200201" localSheetId="0">#REF!</definedName>
     <definedName name="_FAS200201">#REF!</definedName>
     <definedName name="_FAS200202" localSheetId="1">#REF!</definedName>
     <definedName name="_FAS200202" localSheetId="0">#REF!</definedName>
     <definedName name="_FAS200202">#REF!</definedName>
     <definedName name="_FAS200203" localSheetId="1">#REF!</definedName>
     <definedName name="_FAS200203" localSheetId="0">#REF!</definedName>
     <definedName name="_FAS200203">#REF!</definedName>
     <definedName name="_FAS200204" localSheetId="1">#REF!</definedName>
     <definedName name="_FAS200204" localSheetId="0">#REF!</definedName>
     <definedName name="_FAS200204">#REF!</definedName>
     <definedName name="_FAS200205" localSheetId="1">#REF!</definedName>
     <definedName name="_FAS200205" localSheetId="0">#REF!</definedName>
     <definedName name="_FAS200205">#REF!</definedName>
     <definedName name="_FAS200206" localSheetId="1">#REF!</definedName>
     <definedName name="_FAS200206" localSheetId="0">#REF!</definedName>
@@ -3655,96 +4101,104 @@
     <definedName name="_FAS200409" localSheetId="0">#REF!</definedName>
     <definedName name="_FAS200409">#REF!</definedName>
     <definedName name="_FAS200410" localSheetId="1">#REF!</definedName>
     <definedName name="_FAS200410" localSheetId="0">#REF!</definedName>
     <definedName name="_FAS200410">#REF!</definedName>
     <definedName name="_FAS200411" localSheetId="1">#REF!</definedName>
     <definedName name="_FAS200411" localSheetId="0">#REF!</definedName>
     <definedName name="_FAS200411">#REF!</definedName>
     <definedName name="_FAS200412" localSheetId="1">#REF!</definedName>
     <definedName name="_FAS200412" localSheetId="0">#REF!</definedName>
     <definedName name="_FAS200412">#REF!</definedName>
     <definedName name="_Feb2005" localSheetId="1">#REF!</definedName>
     <definedName name="_Feb2005" localSheetId="0">#REF!</definedName>
     <definedName name="_Feb2005">#REF!</definedName>
     <definedName name="_Fill" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="_Fill" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="_Fill" hidden="1">#REF!</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'APR 2025'!$A$5:$G$19</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="1">'AUG 2025'!$A$5:$G$19</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'FEB 2025'!$A$5:$G$19</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'JAN 2025'!$A$5:$G$19</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="1">'JUL 2025'!$A$5:$G$19</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">'JUN 2025'!$A$5:$G$19</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'MAR 2025'!$A$5:$G$19</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'MAY 2025'!$A$5:$G$19</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="1">'NOV 2025'!$A$5:$G$19</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="1">'OCT 2025'!$A$5:$G$19</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="1">'SEP 2025'!$A$5:$G$19</definedName>
     <definedName name="_int2" localSheetId="1">#REF!</definedName>
     <definedName name="_int2" localSheetId="0">#REF!</definedName>
     <definedName name="_int2">#REF!</definedName>
     <definedName name="_jan02" localSheetId="3">#REF!</definedName>
     <definedName name="_jan02" localSheetId="7">#REF!</definedName>
     <definedName name="_jan02" localSheetId="1">#REF!</definedName>
     <definedName name="_jan02" localSheetId="0">#REF!</definedName>
     <definedName name="_jan02" localSheetId="6">#REF!</definedName>
     <definedName name="_jan02" localSheetId="5">#REF!</definedName>
     <definedName name="_jan02" localSheetId="2">#REF!</definedName>
     <definedName name="_jan02" localSheetId="4">#REF!</definedName>
+    <definedName name="_jan02" localSheetId="10">#REF!</definedName>
+    <definedName name="_jan02" localSheetId="9">#REF!</definedName>
     <definedName name="_jan02" localSheetId="8">#REF!</definedName>
     <definedName name="_jan02">#REF!</definedName>
     <definedName name="_Jan2005" localSheetId="1">#REF!</definedName>
     <definedName name="_Jan2005" localSheetId="0">#REF!</definedName>
     <definedName name="_Jan2005">#REF!</definedName>
     <definedName name="_Jan2006" localSheetId="1">#REF!</definedName>
     <definedName name="_Jan2006" localSheetId="0">#REF!</definedName>
     <definedName name="_Jan2006">#REF!</definedName>
     <definedName name="_JE26184" localSheetId="1">#REF!</definedName>
     <definedName name="_JE26184" localSheetId="0">#REF!</definedName>
     <definedName name="_JE26184">#REF!</definedName>
     <definedName name="_Jul2005" localSheetId="1">#REF!</definedName>
     <definedName name="_Jul2005" localSheetId="0">#REF!</definedName>
     <definedName name="_Jul2005">#REF!</definedName>
     <definedName name="_Jun2005" localSheetId="1">#REF!</definedName>
     <definedName name="_Jun2005" localSheetId="0">#REF!</definedName>
     <definedName name="_Jun2005">#REF!</definedName>
     <definedName name="_Key1" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="_Key1" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="_Key1" hidden="1">#REF!</definedName>
     <definedName name="_LTV1" localSheetId="3">#REF!</definedName>
     <definedName name="_LTV1" localSheetId="7">#REF!</definedName>
     <definedName name="_LTV1" localSheetId="1">#REF!</definedName>
     <definedName name="_LTV1" localSheetId="0">#REF!</definedName>
     <definedName name="_LTV1" localSheetId="2">#REF!</definedName>
     <definedName name="_LTV1" localSheetId="4">#REF!</definedName>
+    <definedName name="_LTV1" localSheetId="10">#REF!</definedName>
+    <definedName name="_LTV1" localSheetId="9">#REF!</definedName>
     <definedName name="_LTV1" localSheetId="8">#REF!</definedName>
     <definedName name="_LTV1">#REF!</definedName>
     <definedName name="_LTV2" localSheetId="3">#REF!</definedName>
     <definedName name="_LTV2" localSheetId="7">#REF!</definedName>
     <definedName name="_LTV2" localSheetId="1">#REF!</definedName>
     <definedName name="_LTV2" localSheetId="0">#REF!</definedName>
     <definedName name="_LTV2" localSheetId="2">#REF!</definedName>
     <definedName name="_LTV2" localSheetId="4">#REF!</definedName>
+    <definedName name="_LTV2" localSheetId="10">#REF!</definedName>
+    <definedName name="_LTV2" localSheetId="9">#REF!</definedName>
     <definedName name="_LTV2" localSheetId="8">#REF!</definedName>
     <definedName name="_LTV2">#REF!</definedName>
     <definedName name="_Mar2005" localSheetId="1">#REF!</definedName>
     <definedName name="_Mar2005" localSheetId="0">#REF!</definedName>
     <definedName name="_Mar2005">#REF!</definedName>
     <definedName name="_May2005" localSheetId="1">#REF!</definedName>
     <definedName name="_May2005" localSheetId="0">#REF!</definedName>
     <definedName name="_May2005">#REF!</definedName>
     <definedName name="_May2006" localSheetId="1">#REF!</definedName>
     <definedName name="_May2006" localSheetId="0">#REF!</definedName>
     <definedName name="_May2006">#REF!</definedName>
     <definedName name="_month" localSheetId="1">#REF!</definedName>
     <definedName name="_month" localSheetId="0">#REF!</definedName>
     <definedName name="_month">#REF!</definedName>
     <definedName name="_Nov2005" localSheetId="1">#REF!</definedName>
     <definedName name="_Nov2005" localSheetId="0">#REF!</definedName>
     <definedName name="_Nov2005">#REF!</definedName>
     <definedName name="_OCC02" localSheetId="1">#REF!</definedName>
     <definedName name="_OCC02" localSheetId="0">#REF!</definedName>
     <definedName name="_OCC02">#REF!</definedName>
     <definedName name="_OCC03" localSheetId="1">#REF!</definedName>
     <definedName name="_OCC03" localSheetId="0">#REF!</definedName>
     <definedName name="_OCC03">#REF!</definedName>
     <definedName name="_OCC04" localSheetId="1">#REF!</definedName>
     <definedName name="_OCC04" localSheetId="0">#REF!</definedName>
@@ -3755,70 +4209,76 @@
     <definedName name="_OCC06" localSheetId="1">#REF!</definedName>
     <definedName name="_OCC06" localSheetId="0">#REF!</definedName>
     <definedName name="_OCC06">#REF!</definedName>
     <definedName name="_Oct2005" localSheetId="1">#REF!</definedName>
     <definedName name="_Oct2005" localSheetId="0">#REF!</definedName>
     <definedName name="_Oct2005">#REF!</definedName>
     <definedName name="_Order1" hidden="1">255</definedName>
     <definedName name="_Order2" hidden="1">255</definedName>
     <definedName name="_P1" localSheetId="1">#REF!</definedName>
     <definedName name="_P1" localSheetId="0">#REF!</definedName>
     <definedName name="_P1">#REF!</definedName>
     <definedName name="_P2" localSheetId="1">#REF!</definedName>
     <definedName name="_P2" localSheetId="0">#REF!</definedName>
     <definedName name="_P2">#REF!</definedName>
     <definedName name="_P3" localSheetId="1">#REF!</definedName>
     <definedName name="_P3" localSheetId="0">#REF!</definedName>
     <definedName name="_P3">#REF!</definedName>
     <definedName name="_QTR1" localSheetId="3">#REF!,#REF!,#REF!,#REF!,#REF!</definedName>
     <definedName name="_QTR1" localSheetId="7">#REF!,#REF!,#REF!,#REF!,#REF!</definedName>
     <definedName name="_QTR1" localSheetId="1">#REF!,#REF!,#REF!,#REF!,#REF!</definedName>
     <definedName name="_QTR1" localSheetId="0">#REF!,#REF!,#REF!,#REF!,#REF!</definedName>
     <definedName name="_QTR1" localSheetId="6">#REF!,#REF!,#REF!,#REF!,#REF!</definedName>
     <definedName name="_QTR1" localSheetId="5">#REF!,#REF!,#REF!,#REF!,#REF!</definedName>
     <definedName name="_QTR1" localSheetId="2">#REF!,#REF!,#REF!,#REF!,#REF!</definedName>
     <definedName name="_QTR1" localSheetId="4">#REF!,#REF!,#REF!,#REF!,#REF!</definedName>
+    <definedName name="_QTR1" localSheetId="10">#REF!,#REF!,#REF!,#REF!,#REF!</definedName>
+    <definedName name="_QTR1" localSheetId="9">#REF!,#REF!,#REF!,#REF!,#REF!</definedName>
     <definedName name="_QTR1" localSheetId="8">#REF!,#REF!,#REF!,#REF!,#REF!</definedName>
     <definedName name="_QTR1">#REF!,#REF!,#REF!,#REF!,#REF!</definedName>
     <definedName name="_RR29933" localSheetId="3">#REF!</definedName>
     <definedName name="_RR29933" localSheetId="7">#REF!</definedName>
     <definedName name="_RR29933" localSheetId="1">#REF!</definedName>
     <definedName name="_RR29933" localSheetId="0">#REF!</definedName>
     <definedName name="_RR29933" localSheetId="6">#REF!</definedName>
     <definedName name="_RR29933" localSheetId="5">#REF!</definedName>
     <definedName name="_RR29933" localSheetId="2">#REF!</definedName>
     <definedName name="_RR29933" localSheetId="4">#REF!</definedName>
+    <definedName name="_RR29933" localSheetId="10">#REF!</definedName>
+    <definedName name="_RR29933" localSheetId="9">#REF!</definedName>
     <definedName name="_RR29933" localSheetId="8">#REF!</definedName>
     <definedName name="_RR29933">#REF!</definedName>
     <definedName name="_RR29934" localSheetId="3">#REF!</definedName>
     <definedName name="_RR29934" localSheetId="7">#REF!</definedName>
     <definedName name="_RR29934" localSheetId="1">#REF!</definedName>
     <definedName name="_RR29934" localSheetId="0">#REF!</definedName>
     <definedName name="_RR29934" localSheetId="6">#REF!</definedName>
     <definedName name="_RR29934" localSheetId="5">#REF!</definedName>
     <definedName name="_RR29934" localSheetId="2">#REF!</definedName>
     <definedName name="_RR29934" localSheetId="4">#REF!</definedName>
+    <definedName name="_RR29934" localSheetId="10">#REF!</definedName>
+    <definedName name="_RR29934" localSheetId="9">#REF!</definedName>
     <definedName name="_RR29934" localSheetId="8">#REF!</definedName>
     <definedName name="_RR29934">#REF!</definedName>
     <definedName name="_RS29900" localSheetId="1">#REF!</definedName>
     <definedName name="_RS29900" localSheetId="0">#REF!</definedName>
     <definedName name="_RS29900">#REF!</definedName>
     <definedName name="_RS29901" localSheetId="1">#REF!</definedName>
     <definedName name="_RS29901" localSheetId="0">#REF!</definedName>
     <definedName name="_RS29901">#REF!</definedName>
     <definedName name="_S" localSheetId="1">#REF!</definedName>
     <definedName name="_S" localSheetId="0">#REF!</definedName>
     <definedName name="_S">#REF!</definedName>
     <definedName name="_Sep2005" localSheetId="1">#REF!</definedName>
     <definedName name="_Sep2005" localSheetId="0">#REF!</definedName>
     <definedName name="_Sep2005">#REF!</definedName>
     <definedName name="_SFD1" localSheetId="1">#REF!</definedName>
     <definedName name="_SFD1" localSheetId="0">#REF!</definedName>
     <definedName name="_SFD1">#REF!</definedName>
     <definedName name="_SFV1" localSheetId="1">#REF!</definedName>
     <definedName name="_SFV1" localSheetId="0">#REF!</definedName>
     <definedName name="_SFV1">#REF!</definedName>
     <definedName name="_Sort" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="_Sort" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="_Sort" hidden="1">#REF!</definedName>
     <definedName name="_t3" localSheetId="1">#REF!</definedName>
     <definedName name="_t3" localSheetId="0">#REF!</definedName>
@@ -3851,392 +4311,452 @@
     <definedName name="_yr200212" localSheetId="0">#REF!</definedName>
     <definedName name="_yr200212">#REF!</definedName>
     <definedName name="_yr200312" localSheetId="1">#REF!</definedName>
     <definedName name="_yr200312" localSheetId="0">#REF!</definedName>
     <definedName name="_yr200312">#REF!</definedName>
     <definedName name="_yr200403" localSheetId="1">#REF!</definedName>
     <definedName name="_yr200403" localSheetId="0">#REF!</definedName>
     <definedName name="_yr200403">#REF!</definedName>
     <definedName name="_yr200406" localSheetId="1">#REF!</definedName>
     <definedName name="_yr200406" localSheetId="0">#REF!</definedName>
     <definedName name="_yr200406">#REF!</definedName>
     <definedName name="_yr200409" localSheetId="1">#REF!</definedName>
     <definedName name="_yr200409" localSheetId="0">#REF!</definedName>
     <definedName name="_yr200409">#REF!</definedName>
     <definedName name="_yr200412" localSheetId="1">#REF!</definedName>
     <definedName name="_yr200412" localSheetId="0">#REF!</definedName>
     <definedName name="_yr200412">#REF!</definedName>
     <definedName name="a" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!LenC2,1)</definedName>
     <definedName name="a" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!LenC2,1)</definedName>
     <definedName name="a" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!LenC2,1)</definedName>
     <definedName name="a" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!LenC2,1)</definedName>
     <definedName name="a" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!LenC2,1)</definedName>
     <definedName name="a" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!LenC2,1)</definedName>
     <definedName name="a" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!LenC2,1)</definedName>
     <definedName name="a" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!LenC2,1)</definedName>
+    <definedName name="a" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!LenC2,1)</definedName>
+    <definedName name="a" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!LenC2,1)</definedName>
     <definedName name="a" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!LenC2,1)</definedName>
     <definedName name="a">OFFSET(#REF!,0,0,LenC2,1)</definedName>
     <definedName name="A1_Accounts" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!A1Len,1)</definedName>
     <definedName name="A1_Accounts" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!A1Len,1)</definedName>
     <definedName name="A1_Accounts" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!A1Len,1)</definedName>
     <definedName name="A1_Accounts" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!A1Len,1)</definedName>
     <definedName name="A1_Accounts" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!A1Len,1)</definedName>
     <definedName name="A1_Accounts" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!A1Len,1)</definedName>
     <definedName name="A1_Accounts" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!A1Len,1)</definedName>
     <definedName name="A1_Accounts" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!A1Len,1)</definedName>
+    <definedName name="A1_Accounts" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!A1Len,1)</definedName>
+    <definedName name="A1_Accounts" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!A1Len,1)</definedName>
     <definedName name="A1_Accounts" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!A1Len,1)</definedName>
     <definedName name="A1_Accounts">OFFSET(#REF!,0,0,A1Len,1)</definedName>
     <definedName name="A1_Lookup" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!A1Len,2)</definedName>
     <definedName name="A1_Lookup" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!A1Len,2)</definedName>
     <definedName name="A1_Lookup" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!A1Len,2)</definedName>
     <definedName name="A1_Lookup" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!A1Len,2)</definedName>
     <definedName name="A1_Lookup" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!A1Len,2)</definedName>
     <definedName name="A1_Lookup" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!A1Len,2)</definedName>
     <definedName name="A1_Lookup" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!A1Len,2)</definedName>
     <definedName name="A1_Lookup" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!A1Len,2)</definedName>
+    <definedName name="A1_Lookup" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!A1Len,2)</definedName>
+    <definedName name="A1_Lookup" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!A1Len,2)</definedName>
     <definedName name="A1_Lookup" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!A1Len,2)</definedName>
     <definedName name="A1_Lookup">OFFSET(#REF!,0,0,A1Len,2)</definedName>
     <definedName name="A1_Q106" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q106" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q106" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q106" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q106" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q106" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q106" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q106" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!A1Len,1)</definedName>
+    <definedName name="A1_Q106" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!A1Len,1)</definedName>
+    <definedName name="A1_Q106" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q106" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q106">OFFSET(#REF!,0,0,A1Len,1)</definedName>
     <definedName name="A1_Q206" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q206" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q206" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q206" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q206" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q206" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q206" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q206" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!A1Len,1)</definedName>
+    <definedName name="A1_Q206" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!A1Len,1)</definedName>
+    <definedName name="A1_Q206" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q206" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q206">OFFSET(#REF!,0,0,A1Len,1)</definedName>
     <definedName name="A1_Q306" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q306" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q306" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q306" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q306" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q306" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q306" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q306" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!A1Len,1)</definedName>
+    <definedName name="A1_Q306" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!A1Len,1)</definedName>
+    <definedName name="A1_Q306" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q306" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q306">OFFSET(#REF!,0,0,A1Len,1)</definedName>
     <definedName name="A1_Q405" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q405" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q405" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q405" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q405" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q405" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q405" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q405" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!A1Len,1)</definedName>
+    <definedName name="A1_Q405" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!A1Len,1)</definedName>
+    <definedName name="A1_Q405" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q405" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q405">OFFSET(#REF!,0,0,A1Len,1)</definedName>
     <definedName name="A1_Q406" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q406" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q406" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q406" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q406" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q406" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q406" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q406" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!A1Len,1)</definedName>
+    <definedName name="A1_Q406" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!A1Len,1)</definedName>
+    <definedName name="A1_Q406" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q406" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!A1Len,1)</definedName>
     <definedName name="A1_Q406">OFFSET(#REF!,0,0,A1Len,1)</definedName>
     <definedName name="A1Len" localSheetId="3">#REF!</definedName>
     <definedName name="A1Len" localSheetId="7">#REF!</definedName>
     <definedName name="A1Len" localSheetId="1">#REF!</definedName>
     <definedName name="A1Len" localSheetId="0">#REF!</definedName>
     <definedName name="A1Len" localSheetId="6">#REF!</definedName>
     <definedName name="A1Len" localSheetId="5">#REF!</definedName>
     <definedName name="A1Len" localSheetId="2">#REF!</definedName>
     <definedName name="A1Len" localSheetId="4">#REF!</definedName>
+    <definedName name="A1Len" localSheetId="10">#REF!</definedName>
+    <definedName name="A1Len" localSheetId="9">#REF!</definedName>
     <definedName name="A1Len" localSheetId="8">#REF!</definedName>
     <definedName name="A1Len">#REF!</definedName>
     <definedName name="A2_Accounts" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!A2Len,1)</definedName>
     <definedName name="A2_Accounts" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!A2Len,1)</definedName>
     <definedName name="A2_Accounts" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!A2Len,1)</definedName>
     <definedName name="A2_Accounts" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!A2Len,1)</definedName>
     <definedName name="A2_Accounts" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!A2Len,1)</definedName>
     <definedName name="A2_Accounts" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!A2Len,1)</definedName>
     <definedName name="A2_Accounts" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!A2Len,1)</definedName>
     <definedName name="A2_Accounts" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!A2Len,1)</definedName>
+    <definedName name="A2_Accounts" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!A2Len,1)</definedName>
+    <definedName name="A2_Accounts" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!A2Len,1)</definedName>
     <definedName name="A2_Accounts" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!A2Len,1)</definedName>
     <definedName name="A2_Accounts">OFFSET(#REF!,0,0,A2Len,1)</definedName>
     <definedName name="A2_Lookup" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!A2Len,2)</definedName>
     <definedName name="A2_Lookup" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!A2Len,2)</definedName>
     <definedName name="A2_Lookup" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!A2Len,2)</definedName>
     <definedName name="A2_Lookup" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!A2Len,2)</definedName>
     <definedName name="A2_Lookup" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!A2Len,2)</definedName>
     <definedName name="A2_Lookup" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!A2Len,2)</definedName>
     <definedName name="A2_Lookup" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!A2Len,2)</definedName>
     <definedName name="A2_Lookup" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!A2Len,2)</definedName>
+    <definedName name="A2_Lookup" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!A2Len,2)</definedName>
+    <definedName name="A2_Lookup" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!A2Len,2)</definedName>
     <definedName name="A2_Lookup" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!A2Len,2)</definedName>
     <definedName name="A2_Lookup">OFFSET(#REF!,0,0,A2Len,2)</definedName>
     <definedName name="A2_Q106" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q106" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q106" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q106" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q106" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q106" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q106" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q106" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!A2Len,1)</definedName>
+    <definedName name="A2_Q106" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!A2Len,1)</definedName>
+    <definedName name="A2_Q106" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q106" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q106">OFFSET(#REF!,0,0,A2Len,1)</definedName>
     <definedName name="A2_Q206" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q206" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q206" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q206" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q206" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q206" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q206" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q206" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!A2Len,1)</definedName>
+    <definedName name="A2_Q206" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!A2Len,1)</definedName>
+    <definedName name="A2_Q206" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q206" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q206">OFFSET(#REF!,0,0,A2Len,1)</definedName>
     <definedName name="A2_Q306" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q306" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q306" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q306" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q306" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q306" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q306" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q306" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!A2Len,1)</definedName>
+    <definedName name="A2_Q306" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!A2Len,1)</definedName>
+    <definedName name="A2_Q306" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q306" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q306">OFFSET(#REF!,0,0,A2Len,1)</definedName>
     <definedName name="A2_Q406" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q406" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q406" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q406" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q406" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q406" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q406" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q406" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!A2Len,1)</definedName>
+    <definedName name="A2_Q406" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!A2Len,1)</definedName>
+    <definedName name="A2_Q406" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q406" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!A2Len,1)</definedName>
     <definedName name="A2_Q406">OFFSET(#REF!,0,0,A2Len,1)</definedName>
     <definedName name="A2Len" localSheetId="3">#REF!</definedName>
     <definedName name="A2Len" localSheetId="7">#REF!</definedName>
     <definedName name="A2Len" localSheetId="1">#REF!</definedName>
     <definedName name="A2Len" localSheetId="0">#REF!</definedName>
     <definedName name="A2Len" localSheetId="6">#REF!</definedName>
     <definedName name="A2Len" localSheetId="5">#REF!</definedName>
     <definedName name="A2Len" localSheetId="2">#REF!</definedName>
     <definedName name="A2Len" localSheetId="4">#REF!</definedName>
+    <definedName name="A2Len" localSheetId="10">#REF!</definedName>
+    <definedName name="A2Len" localSheetId="9">#REF!</definedName>
     <definedName name="A2Len" localSheetId="8">#REF!</definedName>
     <definedName name="A2Len">#REF!</definedName>
     <definedName name="aaa" localSheetId="1">#REF!</definedName>
     <definedName name="aaa" localSheetId="0">#REF!</definedName>
     <definedName name="aaa">#REF!</definedName>
     <definedName name="AAA_Size" localSheetId="1">#REF!</definedName>
     <definedName name="AAA_Size" localSheetId="0">#REF!</definedName>
     <definedName name="AAA_Size">#REF!</definedName>
     <definedName name="AAA_Sizes" localSheetId="1">#REF!</definedName>
     <definedName name="AAA_Sizes" localSheetId="0">#REF!</definedName>
     <definedName name="AAA_Sizes">#REF!</definedName>
     <definedName name="AAA_Step_up" localSheetId="3">#REF!</definedName>
     <definedName name="AAA_Step_up" localSheetId="7">#REF!</definedName>
     <definedName name="AAA_Step_up" localSheetId="1">#REF!</definedName>
     <definedName name="AAA_Step_up" localSheetId="0">#REF!</definedName>
     <definedName name="AAA_Step_up" localSheetId="6">#REF!</definedName>
     <definedName name="AAA_Step_up" localSheetId="5">#REF!</definedName>
     <definedName name="AAA_Step_up" localSheetId="2">#REF!</definedName>
     <definedName name="AAA_Step_up" localSheetId="4">#REF!</definedName>
+    <definedName name="AAA_Step_up" localSheetId="10">#REF!</definedName>
+    <definedName name="AAA_Step_up" localSheetId="9">#REF!</definedName>
     <definedName name="AAA_Step_up" localSheetId="8">#REF!</definedName>
     <definedName name="AAA_Step_up">#REF!</definedName>
     <definedName name="AAASize" localSheetId="1">#REF!</definedName>
     <definedName name="AAASize" localSheetId="0">#REF!</definedName>
     <definedName name="AAASize">#REF!</definedName>
     <definedName name="abc">#N/A</definedName>
     <definedName name="access" localSheetId="1">#REF!</definedName>
     <definedName name="access" localSheetId="0">#REF!</definedName>
     <definedName name="access">#REF!</definedName>
     <definedName name="accLookup" localSheetId="3">#REF!</definedName>
     <definedName name="accLookup" localSheetId="7">#REF!</definedName>
     <definedName name="accLookup" localSheetId="1">#REF!</definedName>
     <definedName name="accLookup" localSheetId="0">#REF!</definedName>
     <definedName name="accLookup" localSheetId="6">#REF!</definedName>
     <definedName name="accLookup" localSheetId="5">#REF!</definedName>
     <definedName name="accLookup" localSheetId="2">#REF!</definedName>
     <definedName name="accLookup" localSheetId="4">#REF!</definedName>
+    <definedName name="accLookup" localSheetId="10">#REF!</definedName>
+    <definedName name="accLookup" localSheetId="9">#REF!</definedName>
     <definedName name="accLookup" localSheetId="8">#REF!</definedName>
     <definedName name="accLookup">#REF!</definedName>
     <definedName name="Account" localSheetId="1">#REF!</definedName>
     <definedName name="Account" localSheetId="0">#REF!</definedName>
     <definedName name="Account">#REF!</definedName>
     <definedName name="Account_C" localSheetId="1">#REF!</definedName>
     <definedName name="Account_C" localSheetId="0">#REF!</definedName>
     <definedName name="Account_C">#REF!</definedName>
     <definedName name="Account_Codes" localSheetId="3">#REF!</definedName>
     <definedName name="Account_Codes" localSheetId="7">#REF!</definedName>
     <definedName name="Account_Codes" localSheetId="1">#REF!</definedName>
     <definedName name="Account_Codes" localSheetId="0">#REF!</definedName>
     <definedName name="Account_Codes" localSheetId="6">#REF!</definedName>
     <definedName name="Account_Codes" localSheetId="5">#REF!</definedName>
     <definedName name="Account_Codes" localSheetId="2">#REF!</definedName>
     <definedName name="Account_Codes" localSheetId="4">#REF!</definedName>
+    <definedName name="Account_Codes" localSheetId="10">#REF!</definedName>
+    <definedName name="Account_Codes" localSheetId="9">#REF!</definedName>
     <definedName name="Account_Codes" localSheetId="8">#REF!</definedName>
     <definedName name="Account_Codes">#REF!</definedName>
     <definedName name="Account_Description" localSheetId="1">#REF!</definedName>
     <definedName name="Account_Description" localSheetId="0">#REF!</definedName>
     <definedName name="Account_Description">#REF!</definedName>
     <definedName name="Account_Description_C" localSheetId="1">#REF!</definedName>
     <definedName name="Account_Description_C" localSheetId="0">#REF!</definedName>
     <definedName name="Account_Description_C">#REF!</definedName>
     <definedName name="Account_Description_S" localSheetId="3">#REF!</definedName>
     <definedName name="Account_Description_S" localSheetId="7">#REF!</definedName>
     <definedName name="Account_Description_S" localSheetId="1">#REF!</definedName>
     <definedName name="Account_Description_S" localSheetId="0">#REF!</definedName>
     <definedName name="Account_Description_S" localSheetId="2">#REF!</definedName>
     <definedName name="Account_Description_S" localSheetId="4">#REF!</definedName>
+    <definedName name="Account_Description_S" localSheetId="10">#REF!</definedName>
+    <definedName name="Account_Description_S" localSheetId="9">#REF!</definedName>
     <definedName name="Account_Description_S" localSheetId="8">#REF!</definedName>
     <definedName name="Account_Description_S">#REF!</definedName>
     <definedName name="Account_Description_T" localSheetId="1">#REF!</definedName>
     <definedName name="Account_Description_T" localSheetId="0">#REF!</definedName>
     <definedName name="Account_Description_T">#REF!</definedName>
     <definedName name="Account_DescriptionRS" localSheetId="1">#REF!</definedName>
     <definedName name="Account_DescriptionRS" localSheetId="0">#REF!</definedName>
     <definedName name="Account_DescriptionRS">#REF!</definedName>
     <definedName name="Account_RB" localSheetId="1">#REF!</definedName>
     <definedName name="Account_RB" localSheetId="0">#REF!</definedName>
     <definedName name="Account_RB">#REF!</definedName>
     <definedName name="ACCOUNT_REO" localSheetId="1">#REF!</definedName>
     <definedName name="ACCOUNT_REO" localSheetId="0">#REF!</definedName>
     <definedName name="ACCOUNT_REO">#REF!</definedName>
     <definedName name="Account_RS" localSheetId="1">#REF!</definedName>
     <definedName name="Account_RS" localSheetId="0">#REF!</definedName>
     <definedName name="Account_RS">#REF!</definedName>
     <definedName name="Account_S" localSheetId="3">#REF!</definedName>
     <definedName name="Account_S" localSheetId="7">#REF!</definedName>
     <definedName name="Account_S" localSheetId="1">#REF!</definedName>
     <definedName name="Account_S" localSheetId="0">#REF!</definedName>
     <definedName name="Account_S" localSheetId="2">#REF!</definedName>
     <definedName name="Account_S" localSheetId="4">#REF!</definedName>
+    <definedName name="Account_S" localSheetId="10">#REF!</definedName>
+    <definedName name="Account_S" localSheetId="9">#REF!</definedName>
     <definedName name="Account_S" localSheetId="8">#REF!</definedName>
     <definedName name="Account_S">#REF!</definedName>
     <definedName name="Account_T" localSheetId="1">#REF!</definedName>
     <definedName name="Account_T" localSheetId="0">#REF!</definedName>
     <definedName name="Account_T">#REF!</definedName>
     <definedName name="ACTG_CLSFN_DESC" localSheetId="3">#REF!</definedName>
     <definedName name="ACTG_CLSFN_DESC" localSheetId="7">#REF!</definedName>
     <definedName name="ACTG_CLSFN_DESC" localSheetId="1">#REF!</definedName>
     <definedName name="ACTG_CLSFN_DESC" localSheetId="0">#REF!</definedName>
     <definedName name="ACTG_CLSFN_DESC" localSheetId="6">#REF!</definedName>
     <definedName name="ACTG_CLSFN_DESC" localSheetId="5">#REF!</definedName>
     <definedName name="ACTG_CLSFN_DESC" localSheetId="2">#REF!</definedName>
     <definedName name="ACTG_CLSFN_DESC" localSheetId="4">#REF!</definedName>
+    <definedName name="ACTG_CLSFN_DESC" localSheetId="10">#REF!</definedName>
+    <definedName name="ACTG_CLSFN_DESC" localSheetId="9">#REF!</definedName>
     <definedName name="ACTG_CLSFN_DESC" localSheetId="8">#REF!</definedName>
     <definedName name="ACTG_CLSFN_DESC">#REF!</definedName>
     <definedName name="ACTG_EVNT_TYP_DESC" localSheetId="3">#REF!</definedName>
     <definedName name="ACTG_EVNT_TYP_DESC" localSheetId="7">#REF!</definedName>
     <definedName name="ACTG_EVNT_TYP_DESC" localSheetId="1">#REF!</definedName>
     <definedName name="ACTG_EVNT_TYP_DESC" localSheetId="0">#REF!</definedName>
     <definedName name="ACTG_EVNT_TYP_DESC" localSheetId="6">#REF!</definedName>
     <definedName name="ACTG_EVNT_TYP_DESC" localSheetId="5">#REF!</definedName>
     <definedName name="ACTG_EVNT_TYP_DESC" localSheetId="2">#REF!</definedName>
     <definedName name="ACTG_EVNT_TYP_DESC" localSheetId="4">#REF!</definedName>
+    <definedName name="ACTG_EVNT_TYP_DESC" localSheetId="10">#REF!</definedName>
+    <definedName name="ACTG_EVNT_TYP_DESC" localSheetId="9">#REF!</definedName>
     <definedName name="ACTG_EVNT_TYP_DESC" localSheetId="8">#REF!</definedName>
     <definedName name="ACTG_EVNT_TYP_DESC">#REF!</definedName>
     <definedName name="ACTG_PRCS_REF_NO" localSheetId="3">#REF!</definedName>
     <definedName name="ACTG_PRCS_REF_NO" localSheetId="7">#REF!</definedName>
     <definedName name="ACTG_PRCS_REF_NO" localSheetId="1">#REF!</definedName>
     <definedName name="ACTG_PRCS_REF_NO" localSheetId="0">#REF!</definedName>
     <definedName name="ACTG_PRCS_REF_NO" localSheetId="6">#REF!</definedName>
     <definedName name="ACTG_PRCS_REF_NO" localSheetId="5">#REF!</definedName>
     <definedName name="ACTG_PRCS_REF_NO" localSheetId="2">#REF!</definedName>
     <definedName name="ACTG_PRCS_REF_NO" localSheetId="4">#REF!</definedName>
+    <definedName name="ACTG_PRCS_REF_NO" localSheetId="10">#REF!</definedName>
+    <definedName name="ACTG_PRCS_REF_NO" localSheetId="9">#REF!</definedName>
     <definedName name="ACTG_PRCS_REF_NO" localSheetId="8">#REF!</definedName>
     <definedName name="ACTG_PRCS_REF_NO">#REF!</definedName>
     <definedName name="ACTG_STMT_TYP_IND" localSheetId="3">#REF!</definedName>
     <definedName name="ACTG_STMT_TYP_IND" localSheetId="7">#REF!</definedName>
     <definedName name="ACTG_STMT_TYP_IND" localSheetId="1">#REF!</definedName>
     <definedName name="ACTG_STMT_TYP_IND" localSheetId="0">#REF!</definedName>
     <definedName name="ACTG_STMT_TYP_IND" localSheetId="6">#REF!</definedName>
     <definedName name="ACTG_STMT_TYP_IND" localSheetId="5">#REF!</definedName>
     <definedName name="ACTG_STMT_TYP_IND" localSheetId="2">#REF!</definedName>
     <definedName name="ACTG_STMT_TYP_IND" localSheetId="4">#REF!</definedName>
+    <definedName name="ACTG_STMT_TYP_IND" localSheetId="10">#REF!</definedName>
+    <definedName name="ACTG_STMT_TYP_IND" localSheetId="9">#REF!</definedName>
     <definedName name="ACTG_STMT_TYP_IND" localSheetId="8">#REF!</definedName>
     <definedName name="ACTG_STMT_TYP_IND">#REF!</definedName>
     <definedName name="Action_Items" localSheetId="1">#REF!</definedName>
     <definedName name="Action_Items" localSheetId="0">#REF!</definedName>
     <definedName name="Action_Items">#REF!</definedName>
     <definedName name="ActLookUp" localSheetId="3">#REF!</definedName>
     <definedName name="ActLookUp" localSheetId="7">#REF!</definedName>
     <definedName name="ActLookUp" localSheetId="1">#REF!</definedName>
     <definedName name="ActLookUp" localSheetId="0">#REF!</definedName>
     <definedName name="ActLookUp" localSheetId="6">#REF!</definedName>
     <definedName name="ActLookUp" localSheetId="5">#REF!</definedName>
     <definedName name="ActLookUp" localSheetId="2">#REF!</definedName>
     <definedName name="ActLookUp" localSheetId="4">#REF!</definedName>
+    <definedName name="ActLookUp" localSheetId="10">#REF!</definedName>
+    <definedName name="ActLookUp" localSheetId="9">#REF!</definedName>
     <definedName name="ActLookUp" localSheetId="8">#REF!</definedName>
     <definedName name="ActLookUp">#REF!</definedName>
     <definedName name="Acvy_MBS" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!LenC2,1)</definedName>
     <definedName name="Acvy_MBS" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!LenC2,1)</definedName>
     <definedName name="Acvy_MBS" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!LenC2,1)</definedName>
     <definedName name="Acvy_MBS" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!LenC2,1)</definedName>
     <definedName name="Acvy_MBS" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!LenC2,1)</definedName>
     <definedName name="Acvy_MBS" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!LenC2,1)</definedName>
     <definedName name="Acvy_MBS" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!LenC2,1)</definedName>
     <definedName name="Acvy_MBS" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!LenC2,1)</definedName>
+    <definedName name="Acvy_MBS" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!LenC2,1)</definedName>
+    <definedName name="Acvy_MBS" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!LenC2,1)</definedName>
     <definedName name="Acvy_MBS" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!LenC2,1)</definedName>
     <definedName name="Acvy_MBS">OFFSET(#REF!,0,0,LenC2,1)</definedName>
     <definedName name="ad" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!A1Len,1)</definedName>
     <definedName name="ad" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!A1Len,1)</definedName>
     <definedName name="ad" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!A1Len,1)</definedName>
     <definedName name="ad" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!A1Len,1)</definedName>
     <definedName name="ad" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!A1Len,1)</definedName>
     <definedName name="ad" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!A1Len,1)</definedName>
     <definedName name="ad" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!A1Len,1)</definedName>
     <definedName name="ad" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!A1Len,1)</definedName>
+    <definedName name="ad" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!A1Len,1)</definedName>
+    <definedName name="ad" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!A1Len,1)</definedName>
     <definedName name="ad" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!A1Len,1)</definedName>
     <definedName name="ad">OFFSET(#REF!,0,0,A1Len,1)</definedName>
     <definedName name="adj_array" localSheetId="1">#REF!</definedName>
     <definedName name="adj_array" localSheetId="0">#REF!</definedName>
     <definedName name="adj_array">#REF!</definedName>
     <definedName name="adj_array_2" localSheetId="1">#REF!</definedName>
     <definedName name="adj_array_2" localSheetId="0">#REF!</definedName>
     <definedName name="adj_array_2">#REF!</definedName>
     <definedName name="adj_data" localSheetId="1">#REF!</definedName>
     <definedName name="adj_data" localSheetId="0">#REF!</definedName>
     <definedName name="adj_data">#REF!</definedName>
     <definedName name="AFC" localSheetId="3">#REF!</definedName>
     <definedName name="AFC" localSheetId="7">#REF!</definedName>
     <definedName name="AFC" localSheetId="1">#REF!</definedName>
     <definedName name="AFC" localSheetId="0">#REF!</definedName>
     <definedName name="AFC" localSheetId="6">#REF!</definedName>
     <definedName name="AFC" localSheetId="5">#REF!</definedName>
     <definedName name="AFC" localSheetId="2">#REF!</definedName>
     <definedName name="AFC" localSheetId="4">#REF!</definedName>
+    <definedName name="AFC" localSheetId="10">#REF!</definedName>
+    <definedName name="AFC" localSheetId="9">#REF!</definedName>
     <definedName name="AFC" localSheetId="8">#REF!</definedName>
     <definedName name="AFC">#REF!</definedName>
     <definedName name="afs" localSheetId="3">#REF!</definedName>
     <definedName name="afs" localSheetId="7">#REF!</definedName>
     <definedName name="afs" localSheetId="1">#REF!</definedName>
     <definedName name="afs" localSheetId="0">#REF!</definedName>
     <definedName name="afs" localSheetId="2">#REF!</definedName>
     <definedName name="afs" localSheetId="4">#REF!</definedName>
+    <definedName name="afs" localSheetId="10">#REF!</definedName>
+    <definedName name="afs" localSheetId="9">#REF!</definedName>
     <definedName name="afs" localSheetId="8">#REF!</definedName>
     <definedName name="afs">#REF!</definedName>
     <definedName name="am" localSheetId="1">#REF!</definedName>
     <definedName name="am" localSheetId="0">#REF!</definedName>
     <definedName name="am">#REF!</definedName>
     <definedName name="AMORT" localSheetId="1">#REF!</definedName>
     <definedName name="AMORT" localSheetId="0">#REF!</definedName>
     <definedName name="AMORT">#REF!</definedName>
     <definedName name="Analyst" localSheetId="1">#REF!</definedName>
     <definedName name="Analyst" localSheetId="0">#REF!</definedName>
     <definedName name="Analyst">#REF!</definedName>
     <definedName name="APA" localSheetId="1">#REF!</definedName>
     <definedName name="APA" localSheetId="0">#REF!</definedName>
     <definedName name="APA">#REF!</definedName>
     <definedName name="AQCREDIT02" localSheetId="1">#REF!</definedName>
     <definedName name="AQCREDIT02" localSheetId="0">#REF!</definedName>
     <definedName name="AQCREDIT02">#REF!</definedName>
     <definedName name="AQCREDIT03" localSheetId="1">#REF!</definedName>
     <definedName name="AQCREDIT03" localSheetId="0">#REF!</definedName>
     <definedName name="AQCREDIT03">#REF!</definedName>
     <definedName name="AQCREDIT04" localSheetId="1">#REF!</definedName>
     <definedName name="AQCREDIT04" localSheetId="0">#REF!</definedName>
     <definedName name="AQCREDIT04">#REF!</definedName>
     <definedName name="AQCREDIT05" localSheetId="1">#REF!</definedName>
     <definedName name="AQCREDIT05" localSheetId="0">#REF!</definedName>
@@ -4348,957 +4868,1077 @@
     <definedName name="AQUNIT05">#REF!</definedName>
     <definedName name="AQUNIT06" localSheetId="1">#REF!</definedName>
     <definedName name="AQUNIT06" localSheetId="0">#REF!</definedName>
     <definedName name="AQUNIT06">#REF!</definedName>
     <definedName name="AQWGT02" localSheetId="1">#REF!</definedName>
     <definedName name="AQWGT02" localSheetId="0">#REF!</definedName>
     <definedName name="AQWGT02">#REF!</definedName>
     <definedName name="AQWGT03" localSheetId="1">#REF!</definedName>
     <definedName name="AQWGT03" localSheetId="0">#REF!</definedName>
     <definedName name="AQWGT03">#REF!</definedName>
     <definedName name="AQWGT04" localSheetId="1">#REF!</definedName>
     <definedName name="AQWGT04" localSheetId="0">#REF!</definedName>
     <definedName name="AQWGT04">#REF!</definedName>
     <definedName name="AQWGT05" localSheetId="1">#REF!</definedName>
     <definedName name="AQWGT05" localSheetId="0">#REF!</definedName>
     <definedName name="AQWGT05">#REF!</definedName>
     <definedName name="AQWGT06" localSheetId="1">#REF!</definedName>
     <definedName name="AQWGT06" localSheetId="0">#REF!</definedName>
     <definedName name="AQWGT06">#REF!</definedName>
     <definedName name="array_99" localSheetId="3">#REF!</definedName>
     <definedName name="array_99" localSheetId="7">#REF!</definedName>
     <definedName name="array_99" localSheetId="1">#REF!</definedName>
     <definedName name="array_99" localSheetId="0">#REF!</definedName>
     <definedName name="array_99" localSheetId="2">#REF!</definedName>
     <definedName name="array_99" localSheetId="4">#REF!</definedName>
+    <definedName name="array_99" localSheetId="10">#REF!</definedName>
+    <definedName name="array_99" localSheetId="9">#REF!</definedName>
     <definedName name="array_99" localSheetId="8">#REF!</definedName>
     <definedName name="array_99">#REF!</definedName>
     <definedName name="arrayrating" localSheetId="3">#REF!</definedName>
     <definedName name="arrayrating" localSheetId="7">#REF!</definedName>
     <definedName name="arrayrating" localSheetId="1">#REF!</definedName>
     <definedName name="arrayrating" localSheetId="0">#REF!</definedName>
     <definedName name="arrayrating" localSheetId="6">#REF!</definedName>
     <definedName name="arrayrating" localSheetId="5">#REF!</definedName>
     <definedName name="arrayrating" localSheetId="2">#REF!</definedName>
     <definedName name="arrayrating" localSheetId="4">#REF!</definedName>
+    <definedName name="arrayrating" localSheetId="10">#REF!</definedName>
+    <definedName name="arrayrating" localSheetId="9">#REF!</definedName>
     <definedName name="arrayrating" localSheetId="8">#REF!</definedName>
     <definedName name="arrayrating">#REF!</definedName>
     <definedName name="AS" localSheetId="1">#REF!</definedName>
     <definedName name="AS" localSheetId="0">#REF!</definedName>
     <definedName name="AS">#REF!</definedName>
     <definedName name="As_of_December_31" localSheetId="1">#REF!</definedName>
     <definedName name="As_of_December_31" localSheetId="0">#REF!</definedName>
     <definedName name="As_of_December_31">#REF!</definedName>
     <definedName name="AS2DocOpenMode" hidden="1">"AS2DocumentEdit"</definedName>
     <definedName name="ASD" localSheetId="1">#REF!</definedName>
     <definedName name="ASD" localSheetId="0">#REF!</definedName>
     <definedName name="ASD">#REF!</definedName>
     <definedName name="asdgf" localSheetId="3">#REF!</definedName>
     <definedName name="asdgf" localSheetId="7">#REF!</definedName>
     <definedName name="asdgf" localSheetId="1">#REF!</definedName>
     <definedName name="asdgf" localSheetId="0">#REF!</definedName>
     <definedName name="asdgf" localSheetId="2">#REF!</definedName>
     <definedName name="asdgf" localSheetId="4">#REF!</definedName>
+    <definedName name="asdgf" localSheetId="10">#REF!</definedName>
+    <definedName name="asdgf" localSheetId="9">#REF!</definedName>
     <definedName name="asdgf" localSheetId="8">#REF!</definedName>
     <definedName name="asdgf">#REF!</definedName>
     <definedName name="Assured_Guaranty" localSheetId="3">#REF!</definedName>
     <definedName name="Assured_Guaranty" localSheetId="7">#REF!</definedName>
     <definedName name="Assured_Guaranty" localSheetId="1">#REF!</definedName>
     <definedName name="Assured_Guaranty" localSheetId="0">#REF!</definedName>
     <definedName name="Assured_Guaranty" localSheetId="6">#REF!</definedName>
     <definedName name="Assured_Guaranty" localSheetId="5">#REF!</definedName>
     <definedName name="Assured_Guaranty" localSheetId="2">#REF!</definedName>
     <definedName name="Assured_Guaranty" localSheetId="4">#REF!</definedName>
+    <definedName name="Assured_Guaranty" localSheetId="10">#REF!</definedName>
+    <definedName name="Assured_Guaranty" localSheetId="9">#REF!</definedName>
     <definedName name="Assured_Guaranty" localSheetId="8">#REF!</definedName>
     <definedName name="Assured_Guaranty">#REF!</definedName>
     <definedName name="Auto_Range" localSheetId="1">#REF!</definedName>
     <definedName name="Auto_Range" localSheetId="0">#REF!</definedName>
     <definedName name="Auto_Range">#REF!</definedName>
     <definedName name="autorange" localSheetId="3">#REF!</definedName>
     <definedName name="autorange" localSheetId="7">#REF!</definedName>
     <definedName name="autorange" localSheetId="1">#REF!</definedName>
     <definedName name="autorange" localSheetId="0">#REF!</definedName>
     <definedName name="autorange" localSheetId="6">#REF!</definedName>
     <definedName name="autorange" localSheetId="5">#REF!</definedName>
     <definedName name="autorange" localSheetId="2">#REF!</definedName>
     <definedName name="autorange" localSheetId="4">#REF!</definedName>
+    <definedName name="autorange" localSheetId="10">#REF!</definedName>
+    <definedName name="autorange" localSheetId="9">#REF!</definedName>
     <definedName name="autorange" localSheetId="8">#REF!</definedName>
     <definedName name="autorange">#REF!</definedName>
     <definedName name="awer" localSheetId="1">#REF!</definedName>
     <definedName name="awer" localSheetId="0">#REF!</definedName>
     <definedName name="awer">#REF!</definedName>
     <definedName name="awq" localSheetId="1">#REF!</definedName>
     <definedName name="awq" localSheetId="0">#REF!</definedName>
     <definedName name="awq">#REF!</definedName>
     <definedName name="Balances" localSheetId="1">#REF!</definedName>
     <definedName name="Balances" localSheetId="0">#REF!</definedName>
     <definedName name="Balances">#REF!</definedName>
     <definedName name="Banker" localSheetId="1">#REF!</definedName>
     <definedName name="Banker" localSheetId="0">#REF!</definedName>
     <definedName name="Banker">#REF!</definedName>
     <definedName name="BaseAmtCol" localSheetId="1">#REF!</definedName>
     <definedName name="BaseAmtCol" localSheetId="0">#REF!</definedName>
     <definedName name="BaseAmtCol">#REF!</definedName>
     <definedName name="BBRSETS" localSheetId="1">#REF!</definedName>
     <definedName name="BBRSETS" localSheetId="0">#REF!</definedName>
     <definedName name="BBRSETS">#REF!</definedName>
     <definedName name="Beg_Bal" localSheetId="1">#REF!</definedName>
     <definedName name="Beg_Bal" localSheetId="0">#REF!</definedName>
     <definedName name="Beg_Bal">#REF!</definedName>
     <definedName name="bgtb" localSheetId="1">#REF!</definedName>
     <definedName name="bgtb" localSheetId="0">#REF!</definedName>
     <definedName name="bgtb">#REF!</definedName>
     <definedName name="Bid_Name" localSheetId="3">#REF!</definedName>
     <definedName name="Bid_Name" localSheetId="7">#REF!</definedName>
     <definedName name="Bid_Name" localSheetId="1">#REF!</definedName>
     <definedName name="Bid_Name" localSheetId="0">#REF!</definedName>
     <definedName name="Bid_Name" localSheetId="6">#REF!</definedName>
     <definedName name="Bid_Name" localSheetId="5">#REF!</definedName>
     <definedName name="Bid_Name" localSheetId="2">#REF!</definedName>
     <definedName name="Bid_Name" localSheetId="4">#REF!</definedName>
+    <definedName name="Bid_Name" localSheetId="10">#REF!</definedName>
+    <definedName name="Bid_Name" localSheetId="9">#REF!</definedName>
     <definedName name="Bid_Name" localSheetId="8">#REF!</definedName>
     <definedName name="Bid_Name">#REF!</definedName>
     <definedName name="Binder_ID" localSheetId="1">#REF!</definedName>
     <definedName name="Binder_ID" localSheetId="0">#REF!</definedName>
     <definedName name="Binder_ID">#REF!</definedName>
     <definedName name="blank" localSheetId="1">#REF!</definedName>
     <definedName name="blank" localSheetId="0">#REF!</definedName>
     <definedName name="blank">#REF!</definedName>
     <definedName name="Book_1" localSheetId="1">#REF!</definedName>
     <definedName name="Book_1" localSheetId="0">#REF!</definedName>
     <definedName name="Book_1">#REF!</definedName>
     <definedName name="Book_2" localSheetId="1">#REF!</definedName>
     <definedName name="Book_2" localSheetId="0">#REF!</definedName>
     <definedName name="Book_2">#REF!</definedName>
     <definedName name="Book_2_ID" localSheetId="1">#REF!</definedName>
     <definedName name="Book_2_ID" localSheetId="0">#REF!</definedName>
     <definedName name="Book_2_ID">#REF!</definedName>
     <definedName name="BOOK_VALUE" localSheetId="1">#REF!</definedName>
     <definedName name="BOOK_VALUE" localSheetId="0">#REF!</definedName>
     <definedName name="BOOK_VALUE">#REF!</definedName>
     <definedName name="BottomLine" localSheetId="1">#REF!</definedName>
     <definedName name="BottomLine" localSheetId="0">#REF!</definedName>
     <definedName name="BottomLine">#REF!</definedName>
     <definedName name="boutLkup" localSheetId="3">#REF!</definedName>
     <definedName name="boutLkup" localSheetId="7">#REF!</definedName>
     <definedName name="boutLkup" localSheetId="1">#REF!</definedName>
     <definedName name="boutLkup" localSheetId="0">#REF!</definedName>
     <definedName name="boutLkup" localSheetId="6">#REF!</definedName>
     <definedName name="boutLkup" localSheetId="5">#REF!</definedName>
     <definedName name="boutLkup" localSheetId="2">#REF!</definedName>
     <definedName name="boutLkup" localSheetId="4">#REF!</definedName>
+    <definedName name="boutLkup" localSheetId="10">#REF!</definedName>
+    <definedName name="boutLkup" localSheetId="9">#REF!</definedName>
     <definedName name="boutLkup" localSheetId="8">#REF!</definedName>
     <definedName name="boutLkup">#REF!</definedName>
     <definedName name="boxi" localSheetId="1">#REF!</definedName>
     <definedName name="boxi" localSheetId="0">#REF!</definedName>
     <definedName name="boxi">#REF!</definedName>
     <definedName name="bs" localSheetId="1">#REF!</definedName>
     <definedName name="bs" localSheetId="0">#REF!</definedName>
     <definedName name="bs">#REF!</definedName>
     <definedName name="BV___Redemp._Val." localSheetId="1">#REF!</definedName>
     <definedName name="BV___Redemp._Val." localSheetId="0">#REF!</definedName>
     <definedName name="BV___Redemp._Val.">#REF!</definedName>
     <definedName name="bvc" localSheetId="1">#REF!</definedName>
     <definedName name="bvc" localSheetId="0">#REF!</definedName>
     <definedName name="bvc">#REF!</definedName>
     <definedName name="CACCOUNT" localSheetId="1">#REF!</definedName>
     <definedName name="CACCOUNT" localSheetId="0">#REF!</definedName>
     <definedName name="CACCOUNT">#REF!</definedName>
     <definedName name="cancel" localSheetId="1">#REF!</definedName>
     <definedName name="cancel" localSheetId="0">#REF!</definedName>
     <definedName name="cancel">#REF!</definedName>
     <definedName name="CapRate1" localSheetId="3">#REF!</definedName>
     <definedName name="CapRate1" localSheetId="7">#REF!</definedName>
     <definedName name="CapRate1" localSheetId="1">#REF!</definedName>
     <definedName name="CapRate1" localSheetId="0">#REF!</definedName>
     <definedName name="CapRate1" localSheetId="2">#REF!</definedName>
     <definedName name="CapRate1" localSheetId="4">#REF!</definedName>
+    <definedName name="CapRate1" localSheetId="10">#REF!</definedName>
+    <definedName name="CapRate1" localSheetId="9">#REF!</definedName>
     <definedName name="CapRate1" localSheetId="8">#REF!</definedName>
     <definedName name="CapRate1">#REF!</definedName>
     <definedName name="CapRate2" localSheetId="3">#REF!</definedName>
     <definedName name="CapRate2" localSheetId="7">#REF!</definedName>
     <definedName name="CapRate2" localSheetId="1">#REF!</definedName>
     <definedName name="CapRate2" localSheetId="0">#REF!</definedName>
     <definedName name="CapRate2" localSheetId="2">#REF!</definedName>
     <definedName name="CapRate2" localSheetId="4">#REF!</definedName>
+    <definedName name="CapRate2" localSheetId="10">#REF!</definedName>
+    <definedName name="CapRate2" localSheetId="9">#REF!</definedName>
     <definedName name="CapRate2" localSheetId="8">#REF!</definedName>
     <definedName name="CapRate2">#REF!</definedName>
     <definedName name="caprestr" localSheetId="1">#REF!</definedName>
     <definedName name="caprestr" localSheetId="0">#REF!</definedName>
     <definedName name="caprestr">#REF!</definedName>
     <definedName name="CASH_DEC_01" localSheetId="1">#REF!</definedName>
     <definedName name="CASH_DEC_01" localSheetId="0">#REF!</definedName>
     <definedName name="CASH_DEC_01">#REF!</definedName>
     <definedName name="CASH_DEC_02" localSheetId="1">#REF!</definedName>
     <definedName name="CASH_DEC_02" localSheetId="0">#REF!</definedName>
     <definedName name="CASH_DEC_02">#REF!</definedName>
     <definedName name="CASH_DEC_04" localSheetId="1">#REF!</definedName>
     <definedName name="CASH_DEC_04" localSheetId="0">#REF!</definedName>
     <definedName name="CASH_DEC_04">#REF!</definedName>
     <definedName name="CASH_JUN_03" localSheetId="1">#REF!</definedName>
     <definedName name="CASH_JUN_03" localSheetId="0">#REF!</definedName>
     <definedName name="CASH_JUN_03">#REF!</definedName>
     <definedName name="CASH_JUN_04" localSheetId="1">#REF!</definedName>
     <definedName name="CASH_JUN_04" localSheetId="0">#REF!</definedName>
     <definedName name="CASH_JUN_04">#REF!</definedName>
     <definedName name="CASH_MAR_03" localSheetId="1">#REF!</definedName>
     <definedName name="CASH_MAR_03" localSheetId="0">#REF!</definedName>
     <definedName name="CASH_MAR_03">#REF!</definedName>
     <definedName name="CASH_MAR_04" localSheetId="1">#REF!</definedName>
     <definedName name="CASH_MAR_04" localSheetId="0">#REF!</definedName>
     <definedName name="CASH_MAR_04">#REF!</definedName>
     <definedName name="CASH_SEP_03" localSheetId="1">#REF!</definedName>
     <definedName name="CASH_SEP_03" localSheetId="0">#REF!</definedName>
     <definedName name="CASH_SEP_03">#REF!</definedName>
     <definedName name="CASH_SEP_04" localSheetId="1">#REF!</definedName>
     <definedName name="CASH_SEP_04" localSheetId="0">#REF!</definedName>
     <definedName name="CASH_SEP_04">#REF!</definedName>
     <definedName name="CashFees" localSheetId="3">#REF!</definedName>
     <definedName name="CashFees" localSheetId="7">#REF!</definedName>
     <definedName name="CashFees" localSheetId="1">#REF!</definedName>
     <definedName name="CashFees" localSheetId="0">#REF!</definedName>
     <definedName name="CashFees" localSheetId="6">#REF!</definedName>
     <definedName name="CashFees" localSheetId="5">#REF!</definedName>
     <definedName name="CashFees" localSheetId="2">#REF!</definedName>
     <definedName name="CashFees" localSheetId="4">#REF!</definedName>
+    <definedName name="CashFees" localSheetId="10">#REF!</definedName>
+    <definedName name="CashFees" localSheetId="9">#REF!</definedName>
     <definedName name="CashFees" localSheetId="8">#REF!</definedName>
     <definedName name="CashFees">#REF!</definedName>
     <definedName name="Category_C" localSheetId="1">#REF!</definedName>
     <definedName name="Category_C" localSheetId="0">#REF!</definedName>
     <definedName name="Category_C">#REF!</definedName>
     <definedName name="Category_RB" localSheetId="1">#REF!</definedName>
     <definedName name="Category_RB" localSheetId="0">#REF!</definedName>
     <definedName name="Category_RB">#REF!</definedName>
     <definedName name="Category_REO" localSheetId="1">#REF!</definedName>
     <definedName name="Category_REO" localSheetId="0">#REF!</definedName>
     <definedName name="Category_REO">#REF!</definedName>
     <definedName name="Category_RS" localSheetId="1">#REF!</definedName>
     <definedName name="Category_RS" localSheetId="0">#REF!</definedName>
     <definedName name="Category_RS">#REF!</definedName>
     <definedName name="Category_S" localSheetId="3">#REF!</definedName>
     <definedName name="Category_S" localSheetId="7">#REF!</definedName>
     <definedName name="Category_S" localSheetId="1">#REF!</definedName>
     <definedName name="Category_S" localSheetId="0">#REF!</definedName>
     <definedName name="Category_S" localSheetId="2">#REF!</definedName>
     <definedName name="Category_S" localSheetId="4">#REF!</definedName>
+    <definedName name="Category_S" localSheetId="10">#REF!</definedName>
+    <definedName name="Category_S" localSheetId="9">#REF!</definedName>
     <definedName name="Category_S" localSheetId="8">#REF!</definedName>
     <definedName name="Category_S">#REF!</definedName>
     <definedName name="Category_T" localSheetId="1">#REF!</definedName>
     <definedName name="Category_T" localSheetId="0">#REF!</definedName>
     <definedName name="Category_T">#REF!</definedName>
     <definedName name="CBAData" localSheetId="3">#REF!</definedName>
     <definedName name="CBAData" localSheetId="7">#REF!</definedName>
     <definedName name="CBAData" localSheetId="1">#REF!</definedName>
     <definedName name="CBAData" localSheetId="0">#REF!</definedName>
     <definedName name="CBAData" localSheetId="6">#REF!</definedName>
     <definedName name="CBAData" localSheetId="5">#REF!</definedName>
     <definedName name="CBAData" localSheetId="2">#REF!</definedName>
     <definedName name="CBAData" localSheetId="4">#REF!</definedName>
+    <definedName name="CBAData" localSheetId="10">#REF!</definedName>
+    <definedName name="CBAData" localSheetId="9">#REF!</definedName>
     <definedName name="CBAData" localSheetId="8">#REF!</definedName>
     <definedName name="CBAData">#REF!</definedName>
     <definedName name="ccc" localSheetId="1">#REF!</definedName>
     <definedName name="ccc" localSheetId="0">#REF!</definedName>
     <definedName name="ccc">#REF!</definedName>
     <definedName name="CCost_Center" localSheetId="1">#REF!</definedName>
     <definedName name="CCost_Center" localSheetId="0">#REF!</definedName>
     <definedName name="CCost_Center">#REF!</definedName>
     <definedName name="CDebit__Credit" localSheetId="1">#REF!</definedName>
     <definedName name="CDebit__Credit" localSheetId="0">#REF!</definedName>
     <definedName name="CDebit__Credit">#REF!</definedName>
     <definedName name="CDescription" localSheetId="1">#REF!</definedName>
     <definedName name="CDescription" localSheetId="0">#REF!</definedName>
     <definedName name="CDescription">#REF!</definedName>
     <definedName name="CEffective_Date" localSheetId="1">#REF!</definedName>
     <definedName name="CEffective_Date" localSheetId="0">#REF!</definedName>
     <definedName name="CEffective_Date">#REF!</definedName>
     <definedName name="Cell_Reference" localSheetId="1">#REF!</definedName>
     <definedName name="Cell_Reference" localSheetId="0">#REF!</definedName>
     <definedName name="Cell_Reference">#REF!</definedName>
     <definedName name="CFLW_ACVY_CD" localSheetId="3">#REF!</definedName>
     <definedName name="CFLW_ACVY_CD" localSheetId="7">#REF!</definedName>
     <definedName name="CFLW_ACVY_CD" localSheetId="1">#REF!</definedName>
     <definedName name="CFLW_ACVY_CD" localSheetId="0">#REF!</definedName>
     <definedName name="CFLW_ACVY_CD" localSheetId="6">#REF!</definedName>
     <definedName name="CFLW_ACVY_CD" localSheetId="5">#REF!</definedName>
     <definedName name="CFLW_ACVY_CD" localSheetId="2">#REF!</definedName>
     <definedName name="CFLW_ACVY_CD" localSheetId="4">#REF!</definedName>
+    <definedName name="CFLW_ACVY_CD" localSheetId="10">#REF!</definedName>
+    <definedName name="CFLW_ACVY_CD" localSheetId="9">#REF!</definedName>
     <definedName name="CFLW_ACVY_CD" localSheetId="8">#REF!</definedName>
     <definedName name="CFLW_ACVY_CD">#REF!</definedName>
     <definedName name="chemical" localSheetId="1">#REF!</definedName>
     <definedName name="chemical" localSheetId="0">#REF!</definedName>
     <definedName name="chemical">#REF!</definedName>
     <definedName name="Christine_BACONGAAPPROJECT" localSheetId="1">#REF!</definedName>
     <definedName name="Christine_BACONGAAPPROJECT" localSheetId="0">#REF!</definedName>
     <definedName name="Christine_BACONGAAPPROJECT">#REF!</definedName>
     <definedName name="CJournal_ID" localSheetId="1">#REF!</definedName>
     <definedName name="CJournal_ID" localSheetId="0">#REF!</definedName>
     <definedName name="CJournal_ID">#REF!</definedName>
     <definedName name="Classes_Benefited" localSheetId="3">#REF!</definedName>
     <definedName name="Classes_Benefited" localSheetId="7">#REF!</definedName>
     <definedName name="Classes_Benefited" localSheetId="1">#REF!</definedName>
     <definedName name="Classes_Benefited" localSheetId="0">#REF!</definedName>
     <definedName name="Classes_Benefited" localSheetId="6">#REF!</definedName>
     <definedName name="Classes_Benefited" localSheetId="5">#REF!</definedName>
     <definedName name="Classes_Benefited" localSheetId="2">#REF!</definedName>
     <definedName name="Classes_Benefited" localSheetId="4">#REF!</definedName>
+    <definedName name="Classes_Benefited" localSheetId="10">#REF!</definedName>
+    <definedName name="Classes_Benefited" localSheetId="9">#REF!</definedName>
     <definedName name="Classes_Benefited" localSheetId="8">#REF!</definedName>
     <definedName name="Classes_Benefited">#REF!</definedName>
     <definedName name="CLine_Description" localSheetId="1">#REF!</definedName>
     <definedName name="CLine_Description" localSheetId="0">#REF!</definedName>
     <definedName name="CLine_Description">#REF!</definedName>
     <definedName name="Closing_Date" localSheetId="3">#REF!</definedName>
     <definedName name="Closing_Date" localSheetId="7">#REF!</definedName>
     <definedName name="Closing_Date" localSheetId="1">#REF!</definedName>
     <definedName name="Closing_Date" localSheetId="0">#REF!</definedName>
     <definedName name="Closing_Date" localSheetId="6">#REF!</definedName>
     <definedName name="Closing_Date" localSheetId="5">#REF!</definedName>
     <definedName name="Closing_Date" localSheetId="2">#REF!</definedName>
     <definedName name="Closing_Date" localSheetId="4">#REF!</definedName>
+    <definedName name="Closing_Date" localSheetId="10">#REF!</definedName>
+    <definedName name="Closing_Date" localSheetId="9">#REF!</definedName>
     <definedName name="Closing_Date" localSheetId="8">#REF!</definedName>
     <definedName name="Closing_Date">#REF!</definedName>
     <definedName name="Closing_Tape_Balance" localSheetId="1">#REF!</definedName>
     <definedName name="Closing_Tape_Balance" localSheetId="0">#REF!</definedName>
     <definedName name="Closing_Tape_Balance">#REF!</definedName>
     <definedName name="Closing_Tape_LoanCount" localSheetId="1">#REF!</definedName>
     <definedName name="Closing_Tape_LoanCount" localSheetId="0">#REF!</definedName>
     <definedName name="Closing_Tape_LoanCount">#REF!</definedName>
     <definedName name="CLS_FLTR_IND" localSheetId="3">#REF!</definedName>
     <definedName name="CLS_FLTR_IND" localSheetId="7">#REF!</definedName>
     <definedName name="CLS_FLTR_IND" localSheetId="1">#REF!</definedName>
     <definedName name="CLS_FLTR_IND" localSheetId="0">#REF!</definedName>
     <definedName name="CLS_FLTR_IND" localSheetId="6">#REF!</definedName>
     <definedName name="CLS_FLTR_IND" localSheetId="5">#REF!</definedName>
     <definedName name="CLS_FLTR_IND" localSheetId="2">#REF!</definedName>
     <definedName name="CLS_FLTR_IND" localSheetId="4">#REF!</definedName>
+    <definedName name="CLS_FLTR_IND" localSheetId="10">#REF!</definedName>
+    <definedName name="CLS_FLTR_IND" localSheetId="9">#REF!</definedName>
     <definedName name="CLS_FLTR_IND" localSheetId="8">#REF!</definedName>
     <definedName name="CLS_FLTR_IND">#REF!</definedName>
     <definedName name="collateral" localSheetId="3">#REF!</definedName>
     <definedName name="collateral" localSheetId="7">#REF!</definedName>
     <definedName name="collateral" localSheetId="1">#REF!</definedName>
     <definedName name="collateral" localSheetId="0">#REF!</definedName>
     <definedName name="collateral" localSheetId="6">#REF!</definedName>
     <definedName name="collateral" localSheetId="5">#REF!</definedName>
     <definedName name="collateral" localSheetId="2">#REF!</definedName>
     <definedName name="collateral" localSheetId="4">#REF!</definedName>
+    <definedName name="collateral" localSheetId="10">#REF!</definedName>
+    <definedName name="collateral" localSheetId="9">#REF!</definedName>
     <definedName name="collateral" localSheetId="8">#REF!</definedName>
     <definedName name="collateral">#REF!</definedName>
     <definedName name="Conforming" localSheetId="3">#REF!</definedName>
     <definedName name="Conforming" localSheetId="7">#REF!</definedName>
     <definedName name="Conforming" localSheetId="1">#REF!</definedName>
     <definedName name="Conforming" localSheetId="0">#REF!</definedName>
     <definedName name="Conforming" localSheetId="6">#REF!</definedName>
     <definedName name="Conforming" localSheetId="5">#REF!</definedName>
     <definedName name="Conforming" localSheetId="2">#REF!</definedName>
     <definedName name="Conforming" localSheetId="4">#REF!</definedName>
+    <definedName name="Conforming" localSheetId="10">#REF!</definedName>
+    <definedName name="Conforming" localSheetId="9">#REF!</definedName>
     <definedName name="Conforming" localSheetId="8">#REF!</definedName>
     <definedName name="Conforming">#REF!</definedName>
     <definedName name="conversion_lookup" localSheetId="1">#REF!</definedName>
     <definedName name="conversion_lookup" localSheetId="0">#REF!</definedName>
     <definedName name="conversion_lookup">#REF!</definedName>
     <definedName name="Correct_Peoplesoft_truncation" localSheetId="1">#REF!</definedName>
     <definedName name="Correct_Peoplesoft_truncation" localSheetId="0">#REF!</definedName>
     <definedName name="Correct_Peoplesoft_truncation">#REF!</definedName>
     <definedName name="CORRECT_SUBLEDGER" localSheetId="3">#REF!</definedName>
     <definedName name="CORRECT_SUBLEDGER" localSheetId="7">#REF!</definedName>
     <definedName name="CORRECT_SUBLEDGER" localSheetId="1">#REF!</definedName>
     <definedName name="CORRECT_SUBLEDGER" localSheetId="0">#REF!</definedName>
     <definedName name="CORRECT_SUBLEDGER" localSheetId="2">#REF!</definedName>
     <definedName name="CORRECT_SUBLEDGER" localSheetId="4">#REF!</definedName>
+    <definedName name="CORRECT_SUBLEDGER" localSheetId="10">#REF!</definedName>
+    <definedName name="CORRECT_SUBLEDGER" localSheetId="9">#REF!</definedName>
     <definedName name="CORRECT_SUBLEDGER" localSheetId="8">#REF!</definedName>
     <definedName name="CORRECT_SUBLEDGER">#REF!</definedName>
     <definedName name="Cost_Center" localSheetId="1">#REF!</definedName>
     <definedName name="Cost_Center" localSheetId="0">#REF!</definedName>
     <definedName name="Cost_Center">#REF!</definedName>
     <definedName name="Cost_Center_C" localSheetId="1">#REF!</definedName>
     <definedName name="Cost_Center_C" localSheetId="0">#REF!</definedName>
     <definedName name="Cost_Center_C">#REF!</definedName>
     <definedName name="Cost_Center_REO" localSheetId="1">#REF!</definedName>
     <definedName name="Cost_Center_REO" localSheetId="0">#REF!</definedName>
     <definedName name="Cost_Center_REO">#REF!</definedName>
     <definedName name="Cost_Center_RS" localSheetId="1">#REF!</definedName>
     <definedName name="Cost_Center_RS" localSheetId="0">#REF!</definedName>
     <definedName name="Cost_Center_RS">#REF!</definedName>
     <definedName name="Cost_Center_S" localSheetId="3">#REF!</definedName>
     <definedName name="Cost_Center_S" localSheetId="7">#REF!</definedName>
     <definedName name="Cost_Center_S" localSheetId="1">#REF!</definedName>
     <definedName name="Cost_Center_S" localSheetId="0">#REF!</definedName>
     <definedName name="Cost_Center_S" localSheetId="2">#REF!</definedName>
     <definedName name="Cost_Center_S" localSheetId="4">#REF!</definedName>
+    <definedName name="Cost_Center_S" localSheetId="10">#REF!</definedName>
+    <definedName name="Cost_Center_S" localSheetId="9">#REF!</definedName>
     <definedName name="Cost_Center_S" localSheetId="8">#REF!</definedName>
     <definedName name="Cost_Center_S">#REF!</definedName>
     <definedName name="Cost_Center_T" localSheetId="1">#REF!</definedName>
     <definedName name="Cost_Center_T" localSheetId="0">#REF!</definedName>
     <definedName name="Cost_Center_T">#REF!</definedName>
     <definedName name="Costenter_C" localSheetId="1">#REF!</definedName>
     <definedName name="Costenter_C" localSheetId="0">#REF!</definedName>
     <definedName name="Costenter_C">#REF!</definedName>
     <definedName name="Costenter_O" localSheetId="1">#REF!</definedName>
     <definedName name="Costenter_O" localSheetId="0">#REF!</definedName>
     <definedName name="Costenter_O">#REF!</definedName>
     <definedName name="Costenter_S" localSheetId="3">#REF!</definedName>
     <definedName name="Costenter_S" localSheetId="7">#REF!</definedName>
     <definedName name="Costenter_S" localSheetId="1">#REF!</definedName>
     <definedName name="Costenter_S" localSheetId="0">#REF!</definedName>
     <definedName name="Costenter_S" localSheetId="2">#REF!</definedName>
     <definedName name="Costenter_S" localSheetId="4">#REF!</definedName>
+    <definedName name="Costenter_S" localSheetId="10">#REF!</definedName>
+    <definedName name="Costenter_S" localSheetId="9">#REF!</definedName>
     <definedName name="Costenter_S" localSheetId="8">#REF!</definedName>
     <definedName name="Costenter_S">#REF!</definedName>
     <definedName name="Counterparty" localSheetId="3">#REF!</definedName>
     <definedName name="Counterparty" localSheetId="7">#REF!</definedName>
     <definedName name="Counterparty" localSheetId="1">#REF!</definedName>
     <definedName name="Counterparty" localSheetId="0">#REF!</definedName>
     <definedName name="Counterparty" localSheetId="6">#REF!</definedName>
     <definedName name="Counterparty" localSheetId="5">#REF!</definedName>
     <definedName name="Counterparty" localSheetId="2">#REF!</definedName>
     <definedName name="Counterparty" localSheetId="4">#REF!</definedName>
+    <definedName name="Counterparty" localSheetId="10">#REF!</definedName>
+    <definedName name="Counterparty" localSheetId="9">#REF!</definedName>
     <definedName name="Counterparty" localSheetId="8">#REF!</definedName>
     <definedName name="Counterparty">#REF!</definedName>
     <definedName name="COUPON_TYPE" localSheetId="1">#REF!</definedName>
     <definedName name="COUPON_TYPE" localSheetId="0">#REF!</definedName>
     <definedName name="COUPON_TYPE">#REF!</definedName>
     <definedName name="CPrepared_by" localSheetId="1">#REF!</definedName>
     <definedName name="CPrepared_by" localSheetId="0">#REF!</definedName>
     <definedName name="CPrepared_by">#REF!</definedName>
     <definedName name="CrAcct" localSheetId="3">#REF!</definedName>
     <definedName name="CrAcct" localSheetId="7">#REF!</definedName>
     <definedName name="CrAcct" localSheetId="1">#REF!</definedName>
     <definedName name="CrAcct" localSheetId="0">#REF!</definedName>
     <definedName name="CrAcct" localSheetId="6">#REF!</definedName>
     <definedName name="CrAcct" localSheetId="5">#REF!</definedName>
     <definedName name="CrAcct" localSheetId="2">#REF!</definedName>
     <definedName name="CrAcct" localSheetId="4">#REF!</definedName>
+    <definedName name="CrAcct" localSheetId="10">#REF!</definedName>
+    <definedName name="CrAcct" localSheetId="9">#REF!</definedName>
     <definedName name="CrAcct" localSheetId="8">#REF!</definedName>
     <definedName name="CrAcct">#REF!</definedName>
     <definedName name="CrAmt" localSheetId="3">#REF!</definedName>
     <definedName name="CrAmt" localSheetId="7">#REF!</definedName>
     <definedName name="CrAmt" localSheetId="1">#REF!</definedName>
     <definedName name="CrAmt" localSheetId="0">#REF!</definedName>
     <definedName name="CrAmt" localSheetId="6">#REF!</definedName>
     <definedName name="CrAmt" localSheetId="5">#REF!</definedName>
     <definedName name="CrAmt" localSheetId="2">#REF!</definedName>
     <definedName name="CrAmt" localSheetId="4">#REF!</definedName>
+    <definedName name="CrAmt" localSheetId="10">#REF!</definedName>
+    <definedName name="CrAmt" localSheetId="9">#REF!</definedName>
     <definedName name="CrAmt" localSheetId="8">#REF!</definedName>
     <definedName name="CrAmt">#REF!</definedName>
     <definedName name="CREDIT02" localSheetId="1">#REF!</definedName>
     <definedName name="CREDIT02" localSheetId="0">#REF!</definedName>
     <definedName name="CREDIT02">#REF!</definedName>
     <definedName name="CREDIT03" localSheetId="1">#REF!</definedName>
     <definedName name="CREDIT03" localSheetId="0">#REF!</definedName>
     <definedName name="CREDIT03">#REF!</definedName>
     <definedName name="CREDIT04" localSheetId="1">#REF!</definedName>
     <definedName name="CREDIT04" localSheetId="0">#REF!</definedName>
     <definedName name="CREDIT04">#REF!</definedName>
     <definedName name="CREDIT05" localSheetId="1">#REF!</definedName>
     <definedName name="CREDIT05" localSheetId="0">#REF!</definedName>
     <definedName name="CREDIT05">#REF!</definedName>
     <definedName name="CREDIT06" localSheetId="1">#REF!</definedName>
     <definedName name="CREDIT06" localSheetId="0">#REF!</definedName>
     <definedName name="CREDIT06">#REF!</definedName>
     <definedName name="Credits" localSheetId="3">#REF!</definedName>
     <definedName name="Credits" localSheetId="7">#REF!</definedName>
     <definedName name="Credits" localSheetId="1">#REF!</definedName>
     <definedName name="Credits" localSheetId="0">#REF!</definedName>
     <definedName name="Credits" localSheetId="6">#REF!</definedName>
     <definedName name="Credits" localSheetId="5">#REF!</definedName>
     <definedName name="Credits" localSheetId="2">#REF!</definedName>
     <definedName name="Credits" localSheetId="4">#REF!</definedName>
+    <definedName name="Credits" localSheetId="10">#REF!</definedName>
+    <definedName name="Credits" localSheetId="9">#REF!</definedName>
     <definedName name="Credits" localSheetId="8">#REF!</definedName>
     <definedName name="Credits">#REF!</definedName>
     <definedName name="_xlnm.Criteria" localSheetId="3">#REF!</definedName>
     <definedName name="_xlnm.Criteria" localSheetId="7">#REF!</definedName>
     <definedName name="_xlnm.Criteria" localSheetId="1">#REF!</definedName>
     <definedName name="_xlnm.Criteria" localSheetId="0">#REF!</definedName>
     <definedName name="_xlnm.Criteria" localSheetId="2">#REF!</definedName>
     <definedName name="_xlnm.Criteria" localSheetId="4">#REF!</definedName>
+    <definedName name="_xlnm.Criteria" localSheetId="10">#REF!</definedName>
+    <definedName name="_xlnm.Criteria" localSheetId="9">#REF!</definedName>
     <definedName name="_xlnm.Criteria" localSheetId="8">#REF!</definedName>
     <definedName name="_xlnm.Criteria">#REF!</definedName>
     <definedName name="ctb" localSheetId="1">#REF!</definedName>
     <definedName name="ctb" localSheetId="0">#REF!</definedName>
     <definedName name="ctb">#REF!</definedName>
     <definedName name="CTime_posted" localSheetId="1">#REF!</definedName>
     <definedName name="CTime_posted" localSheetId="0">#REF!</definedName>
     <definedName name="CTime_posted">#REF!</definedName>
     <definedName name="ctrpy_array" localSheetId="3">#REF!</definedName>
     <definedName name="ctrpy_array" localSheetId="7">#REF!</definedName>
     <definedName name="ctrpy_array" localSheetId="1">#REF!</definedName>
     <definedName name="ctrpy_array" localSheetId="0">#REF!</definedName>
     <definedName name="ctrpy_array" localSheetId="2">#REF!</definedName>
     <definedName name="ctrpy_array" localSheetId="4">#REF!</definedName>
+    <definedName name="ctrpy_array" localSheetId="10">#REF!</definedName>
+    <definedName name="ctrpy_array" localSheetId="9">#REF!</definedName>
     <definedName name="ctrpy_array" localSheetId="8">#REF!</definedName>
     <definedName name="ctrpy_array">#REF!</definedName>
     <definedName name="ctrpy_data" localSheetId="3">#REF!</definedName>
     <definedName name="ctrpy_data" localSheetId="7">#REF!</definedName>
     <definedName name="ctrpy_data" localSheetId="1">#REF!</definedName>
     <definedName name="ctrpy_data" localSheetId="0">#REF!</definedName>
     <definedName name="ctrpy_data" localSheetId="2">#REF!</definedName>
     <definedName name="ctrpy_data" localSheetId="4">#REF!</definedName>
+    <definedName name="ctrpy_data" localSheetId="10">#REF!</definedName>
+    <definedName name="ctrpy_data" localSheetId="9">#REF!</definedName>
     <definedName name="ctrpy_data" localSheetId="8">#REF!</definedName>
     <definedName name="ctrpy_data">#REF!</definedName>
     <definedName name="Cur_Callable" localSheetId="1">#REF!</definedName>
     <definedName name="Cur_Callable" localSheetId="0">#REF!</definedName>
     <definedName name="Cur_Callable">#REF!</definedName>
     <definedName name="CURRENCY_CODE" localSheetId="1">#REF!</definedName>
     <definedName name="CURRENCY_CODE" localSheetId="0">#REF!</definedName>
     <definedName name="CURRENCY_CODE">#REF!</definedName>
     <definedName name="Current_Deal_Balance" localSheetId="1">#REF!</definedName>
     <definedName name="Current_Deal_Balance" localSheetId="0">#REF!</definedName>
     <definedName name="Current_Deal_Balance">#REF!</definedName>
     <definedName name="Current_Tape_Balance" localSheetId="1">#REF!</definedName>
     <definedName name="Current_Tape_Balance" localSheetId="0">#REF!</definedName>
     <definedName name="Current_Tape_Balance">#REF!</definedName>
     <definedName name="Current_Tape_LoanCount" localSheetId="1">#REF!</definedName>
     <definedName name="Current_Tape_LoanCount" localSheetId="0">#REF!</definedName>
     <definedName name="Current_Tape_LoanCount">#REF!</definedName>
     <definedName name="cusip" localSheetId="3">#REF!</definedName>
     <definedName name="cusip" localSheetId="7">#REF!</definedName>
     <definedName name="cusip" localSheetId="1">#REF!</definedName>
     <definedName name="cusip" localSheetId="0">#REF!</definedName>
     <definedName name="cusip" localSheetId="6">#REF!</definedName>
     <definedName name="cusip" localSheetId="5">#REF!</definedName>
     <definedName name="cusip" localSheetId="2">#REF!</definedName>
     <definedName name="cusip" localSheetId="4">#REF!</definedName>
+    <definedName name="cusip" localSheetId="10">#REF!</definedName>
+    <definedName name="cusip" localSheetId="9">#REF!</definedName>
     <definedName name="cusip" localSheetId="8">#REF!</definedName>
     <definedName name="cusip">#REF!</definedName>
     <definedName name="CUSIP_ID" localSheetId="1">#REF!</definedName>
     <definedName name="CUSIP_ID" localSheetId="0">#REF!</definedName>
     <definedName name="CUSIP_ID">#REF!</definedName>
     <definedName name="d" localSheetId="1">#REF!</definedName>
     <definedName name="d" localSheetId="0">#REF!</definedName>
     <definedName name="d">#REF!</definedName>
     <definedName name="D3_VLookup" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!D3Len,10)</definedName>
     <definedName name="D3_VLookup" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!D3Len,10)</definedName>
     <definedName name="D3_VLookup" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!D3Len,10)</definedName>
     <definedName name="D3_VLookup" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!D3Len,10)</definedName>
     <definedName name="D3_VLookup" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!D3Len,10)</definedName>
     <definedName name="D3_VLookup" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!D3Len,10)</definedName>
     <definedName name="D3_VLookup" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!D3Len,10)</definedName>
     <definedName name="D3_VLookup" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!D3Len,10)</definedName>
+    <definedName name="D3_VLookup" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!D3Len,10)</definedName>
+    <definedName name="D3_VLookup" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!D3Len,10)</definedName>
     <definedName name="D3_VLookup" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!D3Len,10)</definedName>
     <definedName name="D3_VLookup">OFFSET(#REF!,0,0,D3Len,10)</definedName>
     <definedName name="D3Chk_CBAOrig" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_CBAOrig" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_CBAOrig" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_CBAOrig" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_CBAOrig" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_CBAOrig" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_CBAOrig" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_CBAOrig" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!D3Len,1)</definedName>
+    <definedName name="D3Chk_CBAOrig" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!D3Len,1)</definedName>
+    <definedName name="D3Chk_CBAOrig" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_CBAOrig" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_CBAOrig">OFFSET(#REF!,0,0,D3Len,1)</definedName>
     <definedName name="D3Chk_CBAUnam" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_CBAUnam" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_CBAUnam" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_CBAUnam" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_CBAUnam" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_CBAUnam" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_CBAUnam" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_CBAUnam" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!D3Len,1)</definedName>
+    <definedName name="D3Chk_CBAUnam" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!D3Len,1)</definedName>
+    <definedName name="D3Chk_CBAUnam" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_CBAUnam" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_CBAUnam">OFFSET(#REF!,0,0,D3Len,1)</definedName>
     <definedName name="D3Chk_FV" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_FV" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_FV" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_FV" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_FV" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_FV" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_FV" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_FV" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!D3Len,1)</definedName>
+    <definedName name="D3Chk_FV" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!D3Len,1)</definedName>
+    <definedName name="D3Chk_FV" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_FV" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_FV">OFFSET(#REF!,0,0,D3Len,1)</definedName>
     <definedName name="D3Chk_GFASUnam" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_GFASUnam" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_GFASUnam" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_GFASUnam" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_GFASUnam" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_GFASUnam" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_GFASUnam" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_GFASUnam" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!D3Len,1)</definedName>
+    <definedName name="D3Chk_GFASUnam" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!D3Len,1)</definedName>
+    <definedName name="D3Chk_GFASUnam" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_GFASUnam" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_GFASUnam">OFFSET(#REF!,0,0,D3Len,1)</definedName>
     <definedName name="D3Chk_GFee" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_GFee" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_GFee" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_GFee" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_GFee" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_GFee" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_GFee" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_GFee" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!D3Len,1)</definedName>
+    <definedName name="D3Chk_GFee" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!D3Len,1)</definedName>
+    <definedName name="D3Chk_GFee" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_GFee" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_GFee">OFFSET(#REF!,0,0,D3Len,1)</definedName>
     <definedName name="D3Chk_LOCOM" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_LOCOM" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_LOCOM" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_LOCOM" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_LOCOM" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_LOCOM" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_LOCOM" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_LOCOM" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!D3Len,1)</definedName>
+    <definedName name="D3Chk_LOCOM" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!D3Len,1)</definedName>
+    <definedName name="D3Chk_LOCOM" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_LOCOM" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_LOCOM">OFFSET(#REF!,0,0,D3Len,1)</definedName>
     <definedName name="D3Chk_Lookup" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_Lookup" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_Lookup" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_Lookup" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_Lookup" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_Lookup" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_Lookup" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_Lookup" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!D3Len,1)</definedName>
+    <definedName name="D3Chk_Lookup" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!D3Len,1)</definedName>
+    <definedName name="D3Chk_Lookup" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_Lookup" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_Lookup">OFFSET(#REF!,0,0,D3Len,1)</definedName>
     <definedName name="D3Chk_MTM" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_MTM" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_MTM" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_MTM" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_MTM" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_MTM" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_MTM" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_MTM" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!D3Len,1)</definedName>
+    <definedName name="D3Chk_MTM" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!D3Len,1)</definedName>
+    <definedName name="D3Chk_MTM" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_MTM" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_MTM">OFFSET(#REF!,0,0,D3Len,1)</definedName>
     <definedName name="D3Chk_Price" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_Price" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_Price" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_Price" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_Price" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_Price" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_Price" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_Price" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!D3Len,1)</definedName>
+    <definedName name="D3Chk_Price" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!D3Len,1)</definedName>
+    <definedName name="D3Chk_Price" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_Price" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_Price">OFFSET(#REF!,0,0,D3Len,1)</definedName>
     <definedName name="D3Chk_UPBBeg" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_UPBBeg" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_UPBBeg" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_UPBBeg" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_UPBBeg" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_UPBBeg" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_UPBBeg" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_UPBBeg" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!D3Len,1)</definedName>
+    <definedName name="D3Chk_UPBBeg" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!D3Len,1)</definedName>
+    <definedName name="D3Chk_UPBBeg" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_UPBBeg" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_UPBBeg">OFFSET(#REF!,0,0,D3Len,1)</definedName>
     <definedName name="D3Chk_UPBEnd" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_UPBEnd" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_UPBEnd" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_UPBEnd" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_UPBEnd" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_UPBEnd" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_UPBEnd" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_UPBEnd" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!D3Len,1)</definedName>
+    <definedName name="D3Chk_UPBEnd" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!D3Len,1)</definedName>
+    <definedName name="D3Chk_UPBEnd" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_UPBEnd" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!D3Len,1)</definedName>
     <definedName name="D3Chk_UPBEnd">OFFSET(#REF!,0,0,D3Len,1)</definedName>
     <definedName name="D3Chk_VLookup" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!D3Len,25)</definedName>
     <definedName name="D3Chk_VLookup" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!D3Len,25)</definedName>
     <definedName name="D3Chk_VLookup" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!D3Len,25)</definedName>
     <definedName name="D3Chk_VLookup" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!D3Len,25)</definedName>
     <definedName name="D3Chk_VLookup" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!D3Len,25)</definedName>
     <definedName name="D3Chk_VLookup" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!D3Len,25)</definedName>
     <definedName name="D3Chk_VLookup" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!D3Len,25)</definedName>
     <definedName name="D3Chk_VLookup" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!D3Len,25)</definedName>
+    <definedName name="D3Chk_VLookup" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!D3Len,25)</definedName>
+    <definedName name="D3Chk_VLookup" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!D3Len,25)</definedName>
     <definedName name="D3Chk_VLookup" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!D3Len,25)</definedName>
     <definedName name="D3Chk_VLookup">OFFSET(#REF!,0,0,D3Len,25)</definedName>
     <definedName name="D3Len" localSheetId="3">#REF!</definedName>
     <definedName name="D3Len" localSheetId="7">#REF!</definedName>
     <definedName name="D3Len" localSheetId="1">#REF!</definedName>
     <definedName name="D3Len" localSheetId="0">#REF!</definedName>
     <definedName name="D3Len" localSheetId="6">#REF!</definedName>
     <definedName name="D3Len" localSheetId="5">#REF!</definedName>
     <definedName name="D3Len" localSheetId="2">#REF!</definedName>
     <definedName name="D3Len" localSheetId="4">#REF!</definedName>
+    <definedName name="D3Len" localSheetId="10">#REF!</definedName>
+    <definedName name="D3Len" localSheetId="9">#REF!</definedName>
     <definedName name="D3Len" localSheetId="8">#REF!</definedName>
     <definedName name="D3Len">#REF!</definedName>
     <definedName name="D4_CUSIP" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!D4Len,1)</definedName>
     <definedName name="D4_CUSIP" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!D4Len,1)</definedName>
     <definedName name="D4_CUSIP" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!D4Len,1)</definedName>
     <definedName name="D4_CUSIP" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!D4Len,1)</definedName>
     <definedName name="D4_CUSIP" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!D4Len,1)</definedName>
     <definedName name="D4_CUSIP" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!D4Len,1)</definedName>
     <definedName name="D4_CUSIP" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!D4Len,1)</definedName>
     <definedName name="D4_CUSIP" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!D4Len,1)</definedName>
+    <definedName name="D4_CUSIP" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!D4Len,1)</definedName>
+    <definedName name="D4_CUSIP" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!D4Len,1)</definedName>
     <definedName name="D4_CUSIP" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!D4Len,1)</definedName>
     <definedName name="D4_CUSIP">OFFSET(#REF!,0,0,D4Len,1)</definedName>
     <definedName name="D4_Lookup" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!D4Len,25)</definedName>
     <definedName name="D4_Lookup" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!D4Len,25)</definedName>
     <definedName name="D4_Lookup" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!D4Len,25)</definedName>
     <definedName name="D4_Lookup" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!D4Len,25)</definedName>
     <definedName name="D4_Lookup" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!D4Len,25)</definedName>
     <definedName name="D4_Lookup" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!D4Len,25)</definedName>
     <definedName name="D4_Lookup" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!D4Len,25)</definedName>
     <definedName name="D4_Lookup" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!D4Len,25)</definedName>
+    <definedName name="D4_Lookup" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!D4Len,25)</definedName>
+    <definedName name="D4_Lookup" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!D4Len,25)</definedName>
     <definedName name="D4_Lookup" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!D4Len,25)</definedName>
     <definedName name="D4_Lookup">OFFSET(#REF!,0,0,D4Len,25)</definedName>
     <definedName name="D4_Price" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!D4Len,1)</definedName>
     <definedName name="D4_Price" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!D4Len,1)</definedName>
     <definedName name="D4_Price" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!D4Len,1)</definedName>
     <definedName name="D4_Price" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!D4Len,1)</definedName>
     <definedName name="D4_Price" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!D4Len,1)</definedName>
     <definedName name="D4_Price" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!D4Len,1)</definedName>
     <definedName name="D4_Price" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!D4Len,1)</definedName>
     <definedName name="D4_Price" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!D4Len,1)</definedName>
+    <definedName name="D4_Price" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!D4Len,1)</definedName>
+    <definedName name="D4_Price" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!D4Len,1)</definedName>
     <definedName name="D4_Price" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!D4Len,1)</definedName>
     <definedName name="D4_Price">OFFSET(#REF!,0,0,D4Len,1)</definedName>
     <definedName name="D4Len" localSheetId="3">#REF!</definedName>
     <definedName name="D4Len" localSheetId="7">#REF!</definedName>
     <definedName name="D4Len" localSheetId="1">#REF!</definedName>
     <definedName name="D4Len" localSheetId="0">#REF!</definedName>
     <definedName name="D4Len" localSheetId="6">#REF!</definedName>
     <definedName name="D4Len" localSheetId="5">#REF!</definedName>
     <definedName name="D4Len" localSheetId="2">#REF!</definedName>
     <definedName name="D4Len" localSheetId="4">#REF!</definedName>
+    <definedName name="D4Len" localSheetId="10">#REF!</definedName>
+    <definedName name="D4Len" localSheetId="9">#REF!</definedName>
     <definedName name="D4Len" localSheetId="8">#REF!</definedName>
     <definedName name="D4Len">#REF!</definedName>
     <definedName name="daQ" localSheetId="1">#REF!</definedName>
     <definedName name="daQ" localSheetId="0">#REF!</definedName>
     <definedName name="daQ">#REF!</definedName>
     <definedName name="daQw" localSheetId="1">#REF!</definedName>
     <definedName name="daQw" localSheetId="0">#REF!</definedName>
     <definedName name="daQw">#REF!</definedName>
     <definedName name="Data" localSheetId="1">#REF!</definedName>
     <definedName name="Data" localSheetId="0">#REF!</definedName>
     <definedName name="Data">#REF!</definedName>
     <definedName name="Data__CPR" localSheetId="1">#REF!</definedName>
     <definedName name="Data__CPR" localSheetId="0">#REF!</definedName>
     <definedName name="Data__CPR">#REF!</definedName>
     <definedName name="data_99" localSheetId="3">#REF!</definedName>
     <definedName name="data_99" localSheetId="7">#REF!</definedName>
     <definedName name="data_99" localSheetId="1">#REF!</definedName>
     <definedName name="data_99" localSheetId="0">#REF!</definedName>
     <definedName name="data_99" localSheetId="2">#REF!</definedName>
     <definedName name="data_99" localSheetId="4">#REF!</definedName>
+    <definedName name="data_99" localSheetId="10">#REF!</definedName>
+    <definedName name="data_99" localSheetId="9">#REF!</definedName>
     <definedName name="data_99" localSheetId="8">#REF!</definedName>
     <definedName name="data_99">#REF!</definedName>
     <definedName name="Data_Source" localSheetId="1">#REF!</definedName>
     <definedName name="Data_Source" localSheetId="0">#REF!</definedName>
     <definedName name="Data_Source">#REF!</definedName>
     <definedName name="data1231" localSheetId="1">#REF!</definedName>
     <definedName name="data1231" localSheetId="0">#REF!</definedName>
     <definedName name="data1231">#REF!</definedName>
     <definedName name="data930" localSheetId="1">#REF!</definedName>
     <definedName name="data930" localSheetId="0">#REF!</definedName>
     <definedName name="data930">#REF!</definedName>
     <definedName name="dataacct" localSheetId="3">#REF!</definedName>
     <definedName name="dataacct" localSheetId="7">#REF!</definedName>
     <definedName name="dataacct" localSheetId="1">#REF!</definedName>
     <definedName name="dataacct" localSheetId="0">#REF!</definedName>
     <definedName name="dataacct" localSheetId="6">#REF!</definedName>
     <definedName name="dataacct" localSheetId="5">#REF!</definedName>
     <definedName name="dataacct" localSheetId="2">#REF!</definedName>
     <definedName name="dataacct" localSheetId="4">#REF!</definedName>
+    <definedName name="dataacct" localSheetId="10">#REF!</definedName>
+    <definedName name="dataacct" localSheetId="9">#REF!</definedName>
     <definedName name="dataacct" localSheetId="8">#REF!</definedName>
     <definedName name="dataacct">#REF!</definedName>
     <definedName name="_xlnm.Database" localSheetId="1">#REF!</definedName>
     <definedName name="_xlnm.Database" localSheetId="0">#REF!</definedName>
     <definedName name="_xlnm.Database">#REF!</definedName>
     <definedName name="Database_Conversion" localSheetId="1">#REF!</definedName>
     <definedName name="Database_Conversion" localSheetId="0">#REF!</definedName>
     <definedName name="Database_Conversion">#REF!</definedName>
     <definedName name="database_other" localSheetId="1">#REF!</definedName>
     <definedName name="database_other" localSheetId="0">#REF!</definedName>
     <definedName name="database_other">#REF!</definedName>
     <definedName name="database_RB" localSheetId="1">#REF!</definedName>
     <definedName name="database_RB" localSheetId="0">#REF!</definedName>
     <definedName name="database_RB">#REF!</definedName>
     <definedName name="database_REO" localSheetId="1">#REF!</definedName>
     <definedName name="database_REO" localSheetId="0">#REF!</definedName>
     <definedName name="database_REO">#REF!</definedName>
     <definedName name="Database_System" localSheetId="1">#REF!</definedName>
     <definedName name="Database_System" localSheetId="0">#REF!</definedName>
     <definedName name="Database_System">#REF!</definedName>
     <definedName name="databse_RB" localSheetId="1">#REF!</definedName>
     <definedName name="databse_RB" localSheetId="0">#REF!</definedName>
     <definedName name="databse_RB">#REF!</definedName>
     <definedName name="dataicp" localSheetId="3">#REF!</definedName>
     <definedName name="dataicp" localSheetId="7">#REF!</definedName>
     <definedName name="dataicp" localSheetId="1">#REF!</definedName>
     <definedName name="dataicp" localSheetId="0">#REF!</definedName>
     <definedName name="dataicp" localSheetId="6">#REF!</definedName>
     <definedName name="dataicp" localSheetId="5">#REF!</definedName>
     <definedName name="dataicp" localSheetId="2">#REF!</definedName>
     <definedName name="dataicp" localSheetId="4">#REF!</definedName>
+    <definedName name="dataicp" localSheetId="10">#REF!</definedName>
+    <definedName name="dataicp" localSheetId="9">#REF!</definedName>
     <definedName name="dataicp" localSheetId="8">#REF!</definedName>
     <definedName name="dataicp">#REF!</definedName>
     <definedName name="datarating" localSheetId="3">#REF!</definedName>
     <definedName name="datarating" localSheetId="7">#REF!</definedName>
     <definedName name="datarating" localSheetId="1">#REF!</definedName>
     <definedName name="datarating" localSheetId="0">#REF!</definedName>
     <definedName name="datarating" localSheetId="6">#REF!</definedName>
     <definedName name="datarating" localSheetId="5">#REF!</definedName>
     <definedName name="datarating" localSheetId="2">#REF!</definedName>
     <definedName name="datarating" localSheetId="4">#REF!</definedName>
+    <definedName name="datarating" localSheetId="10">#REF!</definedName>
+    <definedName name="datarating" localSheetId="9">#REF!</definedName>
     <definedName name="datarating" localSheetId="8">#REF!</definedName>
     <definedName name="datarating">#REF!</definedName>
     <definedName name="date" localSheetId="3">#REF!</definedName>
     <definedName name="date" localSheetId="7">#REF!</definedName>
     <definedName name="date" localSheetId="1">#REF!</definedName>
     <definedName name="date" localSheetId="0">#REF!</definedName>
     <definedName name="date" localSheetId="6">#REF!</definedName>
     <definedName name="date" localSheetId="5">#REF!</definedName>
     <definedName name="date" localSheetId="2">#REF!</definedName>
     <definedName name="date" localSheetId="4">#REF!</definedName>
+    <definedName name="date" localSheetId="10">#REF!</definedName>
+    <definedName name="date" localSheetId="9">#REF!</definedName>
     <definedName name="date" localSheetId="8">#REF!</definedName>
     <definedName name="date">#REF!</definedName>
     <definedName name="Date_Count" localSheetId="1">#REF!</definedName>
     <definedName name="Date_Count" localSheetId="0">#REF!</definedName>
     <definedName name="Date_Count">#REF!</definedName>
     <definedName name="dawew" localSheetId="1">#REF!</definedName>
     <definedName name="dawew" localSheetId="0">#REF!</definedName>
     <definedName name="dawew">#REF!</definedName>
     <definedName name="Day1_2_Event" localSheetId="3">#REF!</definedName>
     <definedName name="Day1_2_Event" localSheetId="7">#REF!</definedName>
     <definedName name="Day1_2_Event" localSheetId="1">#REF!</definedName>
     <definedName name="Day1_2_Event" localSheetId="0">#REF!</definedName>
     <definedName name="Day1_2_Event" localSheetId="6">#REF!</definedName>
     <definedName name="Day1_2_Event" localSheetId="5">#REF!</definedName>
     <definedName name="Day1_2_Event" localSheetId="2">#REF!</definedName>
     <definedName name="Day1_2_Event" localSheetId="4">#REF!</definedName>
+    <definedName name="Day1_2_Event" localSheetId="10">#REF!</definedName>
+    <definedName name="Day1_2_Event" localSheetId="9">#REF!</definedName>
     <definedName name="Day1_2_Event" localSheetId="8">#REF!</definedName>
     <definedName name="Day1_2_Event">#REF!</definedName>
     <definedName name="dbo_Tckt" localSheetId="1">#REF!</definedName>
     <definedName name="dbo_Tckt" localSheetId="0">#REF!</definedName>
     <definedName name="dbo_Tckt">#REF!</definedName>
     <definedName name="dczdsw" localSheetId="1">#REF!</definedName>
     <definedName name="dczdsw" localSheetId="0">#REF!</definedName>
     <definedName name="dczdsw">#REF!</definedName>
     <definedName name="ddw" localSheetId="1">#REF!</definedName>
     <definedName name="ddw" localSheetId="0">#REF!</definedName>
     <definedName name="ddw">#REF!</definedName>
     <definedName name="de" localSheetId="1">#REF!</definedName>
     <definedName name="de" localSheetId="0">#REF!</definedName>
     <definedName name="de">#REF!</definedName>
     <definedName name="Deal_Manager" localSheetId="1">#REF!</definedName>
     <definedName name="Deal_Manager" localSheetId="0">#REF!</definedName>
     <definedName name="Deal_Manager">#REF!</definedName>
     <definedName name="Deal_Name" localSheetId="3">#REF!</definedName>
     <definedName name="Deal_Name" localSheetId="7">#REF!</definedName>
     <definedName name="Deal_Name" localSheetId="1">#REF!</definedName>
     <definedName name="Deal_Name" localSheetId="0">#REF!</definedName>
     <definedName name="Deal_Name" localSheetId="6">#REF!</definedName>
     <definedName name="Deal_Name" localSheetId="5">#REF!</definedName>
     <definedName name="Deal_Name" localSheetId="2">#REF!</definedName>
     <definedName name="Deal_Name" localSheetId="4">#REF!</definedName>
+    <definedName name="Deal_Name" localSheetId="10">#REF!</definedName>
+    <definedName name="Deal_Name" localSheetId="9">#REF!</definedName>
     <definedName name="Deal_Name" localSheetId="8">#REF!</definedName>
     <definedName name="Deal_Name">#REF!</definedName>
     <definedName name="Deal_Summary" localSheetId="3">#REF!</definedName>
     <definedName name="Deal_Summary" localSheetId="7">#REF!</definedName>
     <definedName name="Deal_Summary" localSheetId="1">#REF!</definedName>
     <definedName name="Deal_Summary" localSheetId="0">#REF!</definedName>
     <definedName name="Deal_Summary" localSheetId="6">#REF!</definedName>
     <definedName name="Deal_Summary" localSheetId="5">#REF!</definedName>
     <definedName name="Deal_Summary" localSheetId="2">#REF!</definedName>
     <definedName name="Deal_Summary" localSheetId="4">#REF!</definedName>
+    <definedName name="Deal_Summary" localSheetId="10">#REF!</definedName>
+    <definedName name="Deal_Summary" localSheetId="9">#REF!</definedName>
     <definedName name="Deal_Summary" localSheetId="8">#REF!</definedName>
     <definedName name="Deal_Summary">#REF!</definedName>
     <definedName name="Debit__Credit" localSheetId="1">#REF!</definedName>
     <definedName name="Debit__Credit" localSheetId="0">#REF!</definedName>
     <definedName name="Debit__Credit">#REF!</definedName>
     <definedName name="Debit__Credit__REO" localSheetId="1">#REF!</definedName>
     <definedName name="Debit__Credit__REO" localSheetId="0">#REF!</definedName>
     <definedName name="Debit__Credit__REO">#REF!</definedName>
     <definedName name="Debit_Credit_C" localSheetId="1">#REF!</definedName>
     <definedName name="Debit_Credit_C" localSheetId="0">#REF!</definedName>
     <definedName name="Debit_Credit_C">#REF!</definedName>
     <definedName name="Debit_Credit_RB" localSheetId="1">#REF!</definedName>
     <definedName name="Debit_Credit_RB" localSheetId="0">#REF!</definedName>
     <definedName name="Debit_Credit_RB">#REF!</definedName>
     <definedName name="Debit_Credit_RS" localSheetId="1">#REF!</definedName>
     <definedName name="Debit_Credit_RS" localSheetId="0">#REF!</definedName>
     <definedName name="Debit_Credit_RS">#REF!</definedName>
     <definedName name="Debit_Credit_S" localSheetId="3">#REF!</definedName>
     <definedName name="Debit_Credit_S" localSheetId="7">#REF!</definedName>
     <definedName name="Debit_Credit_S" localSheetId="1">#REF!</definedName>
     <definedName name="Debit_Credit_S" localSheetId="0">#REF!</definedName>
     <definedName name="Debit_Credit_S" localSheetId="2">#REF!</definedName>
     <definedName name="Debit_Credit_S" localSheetId="4">#REF!</definedName>
+    <definedName name="Debit_Credit_S" localSheetId="10">#REF!</definedName>
+    <definedName name="Debit_Credit_S" localSheetId="9">#REF!</definedName>
     <definedName name="Debit_Credit_S" localSheetId="8">#REF!</definedName>
     <definedName name="Debit_Credit_S">#REF!</definedName>
     <definedName name="Debit_Credit_T" localSheetId="1">#REF!</definedName>
     <definedName name="Debit_Credit_T" localSheetId="0">#REF!</definedName>
     <definedName name="Debit_Credit_T">#REF!</definedName>
     <definedName name="Debits" localSheetId="3">#REF!</definedName>
     <definedName name="Debits" localSheetId="7">#REF!</definedName>
     <definedName name="Debits" localSheetId="1">#REF!</definedName>
     <definedName name="Debits" localSheetId="0">#REF!</definedName>
     <definedName name="Debits" localSheetId="6">#REF!</definedName>
     <definedName name="Debits" localSheetId="5">#REF!</definedName>
     <definedName name="Debits" localSheetId="2">#REF!</definedName>
     <definedName name="Debits" localSheetId="4">#REF!</definedName>
+    <definedName name="Debits" localSheetId="10">#REF!</definedName>
+    <definedName name="Debits" localSheetId="9">#REF!</definedName>
     <definedName name="Debits" localSheetId="8">#REF!</definedName>
     <definedName name="Debits">#REF!</definedName>
     <definedName name="DEC_2006" localSheetId="1">#REF!</definedName>
     <definedName name="DEC_2006" localSheetId="0">#REF!</definedName>
     <definedName name="DEC_2006">#REF!</definedName>
     <definedName name="DefDate" localSheetId="1">#REF!</definedName>
     <definedName name="DefDate" localSheetId="0">#REF!</definedName>
     <definedName name="DefDate">#REF!</definedName>
     <definedName name="DefLedger" localSheetId="1">#REF!</definedName>
     <definedName name="DefLedger" localSheetId="0">#REF!</definedName>
     <definedName name="DefLedger">#REF!</definedName>
     <definedName name="DefMask" localSheetId="1">#REF!</definedName>
     <definedName name="DefMask" localSheetId="0">#REF!</definedName>
     <definedName name="DefMask">#REF!</definedName>
     <definedName name="DefOprid" localSheetId="1">#REF!</definedName>
     <definedName name="DefOprid" localSheetId="0">#REF!</definedName>
     <definedName name="DefOprid">#REF!</definedName>
     <definedName name="DefSource" localSheetId="1">#REF!</definedName>
     <definedName name="DefSource" localSheetId="0">#REF!</definedName>
     <definedName name="DefSource">#REF!</definedName>
     <definedName name="DefUnit" localSheetId="1">#REF!</definedName>
     <definedName name="DefUnit" localSheetId="0">#REF!</definedName>
     <definedName name="DefUnit">#REF!</definedName>
     <definedName name="DEPTNAM" localSheetId="1">#REF!</definedName>
     <definedName name="DEPTNAM" localSheetId="0">#REF!</definedName>
     <definedName name="DEPTNAM">#REF!</definedName>
     <definedName name="Derivatives" localSheetId="3">#REF!</definedName>
     <definedName name="Derivatives" localSheetId="7">#REF!</definedName>
     <definedName name="Derivatives" localSheetId="1">#REF!</definedName>
     <definedName name="Derivatives" localSheetId="0">#REF!</definedName>
     <definedName name="Derivatives" localSheetId="6">#REF!</definedName>
     <definedName name="Derivatives" localSheetId="5">#REF!</definedName>
     <definedName name="Derivatives" localSheetId="2">#REF!</definedName>
     <definedName name="Derivatives" localSheetId="4">#REF!</definedName>
+    <definedName name="Derivatives" localSheetId="10">#REF!</definedName>
+    <definedName name="Derivatives" localSheetId="9">#REF!</definedName>
     <definedName name="Derivatives" localSheetId="8">#REF!</definedName>
     <definedName name="Derivatives">#REF!</definedName>
     <definedName name="DescrCol" localSheetId="1">#REF!</definedName>
     <definedName name="DescrCol" localSheetId="0">#REF!</definedName>
     <definedName name="DescrCol">#REF!</definedName>
     <definedName name="DESCRTREE" localSheetId="1">#REF!</definedName>
     <definedName name="DESCRTREE" localSheetId="0">#REF!</definedName>
     <definedName name="DESCRTREE">#REF!</definedName>
     <definedName name="DF" localSheetId="3" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="DF" localSheetId="7" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="DF" localSheetId="1" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="DF" localSheetId="0" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="DF" localSheetId="6" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="DF" localSheetId="5" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="DF" localSheetId="2" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="DF" localSheetId="4" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
+    <definedName name="DF" localSheetId="10" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
+    <definedName name="DF" localSheetId="9" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="DF" localSheetId="8" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="DF" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="dfgvb" localSheetId="3">#REF!</definedName>
     <definedName name="dfgvb" localSheetId="7">#REF!</definedName>
     <definedName name="dfgvb" localSheetId="1">#REF!</definedName>
     <definedName name="dfgvb" localSheetId="0">#REF!</definedName>
     <definedName name="dfgvb" localSheetId="2">#REF!</definedName>
     <definedName name="dfgvb" localSheetId="4">#REF!</definedName>
+    <definedName name="dfgvb" localSheetId="10">#REF!</definedName>
+    <definedName name="dfgvb" localSheetId="9">#REF!</definedName>
     <definedName name="dfgvb" localSheetId="8">#REF!</definedName>
     <definedName name="dfgvb">#REF!</definedName>
     <definedName name="dgag">#REF!</definedName>
     <definedName name="dict" localSheetId="1">#REF!</definedName>
     <definedName name="dict" localSheetId="0">#REF!</definedName>
     <definedName name="dict">#REF!</definedName>
     <definedName name="DIG_DEC_01" localSheetId="1">#REF!</definedName>
     <definedName name="DIG_DEC_01" localSheetId="0">#REF!</definedName>
     <definedName name="DIG_DEC_01">#REF!</definedName>
     <definedName name="DIG_DEC_02" localSheetId="1">#REF!</definedName>
     <definedName name="DIG_DEC_02" localSheetId="0">#REF!</definedName>
     <definedName name="DIG_DEC_02">#REF!</definedName>
     <definedName name="DIg_DEC_04" localSheetId="1">#REF!</definedName>
     <definedName name="DIg_DEC_04" localSheetId="0">#REF!</definedName>
     <definedName name="DIg_DEC_04">#REF!</definedName>
     <definedName name="DIG_JUN_03" localSheetId="1">#REF!</definedName>
     <definedName name="DIG_JUN_03" localSheetId="0">#REF!</definedName>
     <definedName name="DIG_JUN_03">#REF!</definedName>
     <definedName name="DIG_JUN_04" localSheetId="1">#REF!</definedName>
     <definedName name="DIG_JUN_04" localSheetId="0">#REF!</definedName>
     <definedName name="DIG_JUN_04">#REF!</definedName>
     <definedName name="DIG_MAR_04" localSheetId="1">#REF!</definedName>
     <definedName name="DIG_MAR_04" localSheetId="0">#REF!</definedName>
     <definedName name="DIG_MAR_04">#REF!</definedName>
     <definedName name="DIG_SEP_04" localSheetId="1">#REF!</definedName>
@@ -5318,333 +5958,365 @@
     <definedName name="DIL_MAR_03">#REF!</definedName>
     <definedName name="DIL_MAR_04" localSheetId="1">#REF!</definedName>
     <definedName name="DIL_MAR_04" localSheetId="0">#REF!</definedName>
     <definedName name="DIL_MAR_04">#REF!</definedName>
     <definedName name="DIL_SEP_03" localSheetId="1">#REF!</definedName>
     <definedName name="DIL_SEP_03" localSheetId="0">#REF!</definedName>
     <definedName name="DIL_SEP_03">#REF!</definedName>
     <definedName name="DIL_SEP_04" localSheetId="1">#REF!</definedName>
     <definedName name="DIL_SEP_04" localSheetId="0">#REF!</definedName>
     <definedName name="DIL_SEP_04">#REF!</definedName>
     <definedName name="Disposition" localSheetId="1">#REF!</definedName>
     <definedName name="Disposition" localSheetId="0">#REF!</definedName>
     <definedName name="Disposition">#REF!</definedName>
     <definedName name="Disposition_C" localSheetId="1">#REF!</definedName>
     <definedName name="Disposition_C" localSheetId="0">#REF!</definedName>
     <definedName name="Disposition_C">#REF!</definedName>
     <definedName name="Disposition_RS" localSheetId="1">#REF!</definedName>
     <definedName name="Disposition_RS" localSheetId="0">#REF!</definedName>
     <definedName name="Disposition_RS">#REF!</definedName>
     <definedName name="Disposition_S" localSheetId="3">#REF!</definedName>
     <definedName name="Disposition_S" localSheetId="7">#REF!</definedName>
     <definedName name="Disposition_S" localSheetId="1">#REF!</definedName>
     <definedName name="Disposition_S" localSheetId="0">#REF!</definedName>
     <definedName name="Disposition_S" localSheetId="2">#REF!</definedName>
     <definedName name="Disposition_S" localSheetId="4">#REF!</definedName>
+    <definedName name="Disposition_S" localSheetId="10">#REF!</definedName>
+    <definedName name="Disposition_S" localSheetId="9">#REF!</definedName>
     <definedName name="Disposition_S" localSheetId="8">#REF!</definedName>
     <definedName name="Disposition_S">#REF!</definedName>
     <definedName name="Disposition_T" localSheetId="1">#REF!</definedName>
     <definedName name="Disposition_T" localSheetId="0">#REF!</definedName>
     <definedName name="Disposition_T">#REF!</definedName>
     <definedName name="DR_bal" localSheetId="1">#REF!</definedName>
     <definedName name="DR_bal" localSheetId="0">#REF!</definedName>
     <definedName name="DR_bal">#REF!</definedName>
     <definedName name="DrAcct" localSheetId="3">#REF!</definedName>
     <definedName name="DrAcct" localSheetId="7">#REF!</definedName>
     <definedName name="DrAcct" localSheetId="1">#REF!</definedName>
     <definedName name="DrAcct" localSheetId="0">#REF!</definedName>
     <definedName name="DrAcct" localSheetId="6">#REF!</definedName>
     <definedName name="DrAcct" localSheetId="5">#REF!</definedName>
     <definedName name="DrAcct" localSheetId="2">#REF!</definedName>
     <definedName name="DrAcct" localSheetId="4">#REF!</definedName>
+    <definedName name="DrAcct" localSheetId="10">#REF!</definedName>
+    <definedName name="DrAcct" localSheetId="9">#REF!</definedName>
     <definedName name="DrAcct" localSheetId="8">#REF!</definedName>
     <definedName name="DrAcct">#REF!</definedName>
     <definedName name="DrAmt" localSheetId="3">#REF!</definedName>
     <definedName name="DrAmt" localSheetId="7">#REF!</definedName>
     <definedName name="DrAmt" localSheetId="1">#REF!</definedName>
     <definedName name="DrAmt" localSheetId="0">#REF!</definedName>
     <definedName name="DrAmt" localSheetId="6">#REF!</definedName>
     <definedName name="DrAmt" localSheetId="5">#REF!</definedName>
     <definedName name="DrAmt" localSheetId="2">#REF!</definedName>
     <definedName name="DrAmt" localSheetId="4">#REF!</definedName>
+    <definedName name="DrAmt" localSheetId="10">#REF!</definedName>
+    <definedName name="DrAmt" localSheetId="9">#REF!</definedName>
     <definedName name="DrAmt" localSheetId="8">#REF!</definedName>
     <definedName name="DrAmt">#REF!</definedName>
     <definedName name="DRCN_CBA_RLF_ORIG" localSheetId="3">#REF!</definedName>
     <definedName name="DRCN_CBA_RLF_ORIG" localSheetId="7">#REF!</definedName>
     <definedName name="DRCN_CBA_RLF_ORIG" localSheetId="1">#REF!</definedName>
     <definedName name="DRCN_CBA_RLF_ORIG" localSheetId="0">#REF!</definedName>
     <definedName name="DRCN_CBA_RLF_ORIG" localSheetId="6">#REF!</definedName>
     <definedName name="DRCN_CBA_RLF_ORIG" localSheetId="5">#REF!</definedName>
     <definedName name="DRCN_CBA_RLF_ORIG" localSheetId="2">#REF!</definedName>
     <definedName name="DRCN_CBA_RLF_ORIG" localSheetId="4">#REF!</definedName>
+    <definedName name="DRCN_CBA_RLF_ORIG" localSheetId="10">#REF!</definedName>
+    <definedName name="DRCN_CBA_RLF_ORIG" localSheetId="9">#REF!</definedName>
     <definedName name="DRCN_CBA_RLF_ORIG" localSheetId="8">#REF!</definedName>
     <definedName name="DRCN_CBA_RLF_ORIG">#REF!</definedName>
     <definedName name="DRCR" localSheetId="3">#REF!</definedName>
     <definedName name="DRCR" localSheetId="7">#REF!</definedName>
     <definedName name="DRCR" localSheetId="1">#REF!</definedName>
     <definedName name="DRCR" localSheetId="0">#REF!</definedName>
     <definedName name="DRCR" localSheetId="6">#REF!</definedName>
     <definedName name="DRCR" localSheetId="5">#REF!</definedName>
     <definedName name="DRCR" localSheetId="2">#REF!</definedName>
     <definedName name="DRCR" localSheetId="4">#REF!</definedName>
+    <definedName name="DRCR" localSheetId="10">#REF!</definedName>
+    <definedName name="DRCR" localSheetId="9">#REF!</definedName>
     <definedName name="DRCR" localSheetId="8">#REF!</definedName>
     <definedName name="DRCR">#REF!</definedName>
     <definedName name="dsae" localSheetId="1">#REF!</definedName>
     <definedName name="dsae" localSheetId="0">#REF!</definedName>
     <definedName name="dsae">#REF!</definedName>
     <definedName name="dsdaqw" localSheetId="1">#REF!</definedName>
     <definedName name="dsdaqw" localSheetId="0">#REF!</definedName>
     <definedName name="dsdaqw">#REF!</definedName>
     <definedName name="dse" localSheetId="1">#REF!</definedName>
     <definedName name="dse" localSheetId="0">#REF!</definedName>
     <definedName name="dse">#REF!</definedName>
     <definedName name="dsfd" localSheetId="1">#REF!</definedName>
     <definedName name="dsfd" localSheetId="0">#REF!</definedName>
     <definedName name="dsfd">#REF!</definedName>
     <definedName name="dt" localSheetId="1">#REF!</definedName>
     <definedName name="dt" localSheetId="0">#REF!</definedName>
     <definedName name="dt">#REF!</definedName>
     <definedName name="dweqw" localSheetId="1">#REF!</definedName>
     <definedName name="dweqw" localSheetId="0">#REF!</definedName>
     <definedName name="dweqw">#REF!</definedName>
     <definedName name="dzscsd" localSheetId="1">#REF!</definedName>
     <definedName name="dzscsd" localSheetId="0">#REF!</definedName>
     <definedName name="dzscsd">#REF!</definedName>
     <definedName name="e" localSheetId="3">#REF!</definedName>
     <definedName name="e" localSheetId="7">#REF!</definedName>
     <definedName name="e" localSheetId="1">#REF!</definedName>
     <definedName name="e" localSheetId="0">#REF!</definedName>
     <definedName name="e" localSheetId="2">#REF!</definedName>
     <definedName name="e" localSheetId="4">#REF!</definedName>
+    <definedName name="e" localSheetId="10">#REF!</definedName>
+    <definedName name="e" localSheetId="9">#REF!</definedName>
     <definedName name="e" localSheetId="8">#REF!</definedName>
     <definedName name="e">#REF!</definedName>
     <definedName name="edc" localSheetId="1">#REF!</definedName>
     <definedName name="edc" localSheetId="0">#REF!</definedName>
     <definedName name="edc">#REF!</definedName>
     <definedName name="edwa" localSheetId="1">#REF!</definedName>
     <definedName name="edwa" localSheetId="0">#REF!</definedName>
     <definedName name="edwa">#REF!</definedName>
     <definedName name="Effective_Date" localSheetId="1">#REF!</definedName>
     <definedName name="Effective_Date" localSheetId="0">#REF!</definedName>
     <definedName name="Effective_Date">#REF!</definedName>
     <definedName name="Effective_Date_C" localSheetId="1">#REF!</definedName>
     <definedName name="Effective_Date_C" localSheetId="0">#REF!</definedName>
     <definedName name="Effective_Date_C">#REF!</definedName>
     <definedName name="Effective_Date_REO" localSheetId="1">#REF!</definedName>
     <definedName name="Effective_Date_REO" localSheetId="0">#REF!</definedName>
     <definedName name="Effective_Date_REO">#REF!</definedName>
     <definedName name="Effective_Date_RS" localSheetId="1">#REF!</definedName>
     <definedName name="Effective_Date_RS" localSheetId="0">#REF!</definedName>
     <definedName name="Effective_Date_RS">#REF!</definedName>
     <definedName name="Effective_Date_S" localSheetId="3">#REF!</definedName>
     <definedName name="Effective_Date_S" localSheetId="7">#REF!</definedName>
     <definedName name="Effective_Date_S" localSheetId="1">#REF!</definedName>
     <definedName name="Effective_Date_S" localSheetId="0">#REF!</definedName>
     <definedName name="Effective_Date_S" localSheetId="2">#REF!</definedName>
     <definedName name="Effective_Date_S" localSheetId="4">#REF!</definedName>
+    <definedName name="Effective_Date_S" localSheetId="10">#REF!</definedName>
+    <definedName name="Effective_Date_S" localSheetId="9">#REF!</definedName>
     <definedName name="Effective_Date_S" localSheetId="8">#REF!</definedName>
     <definedName name="Effective_Date_S">#REF!</definedName>
     <definedName name="Effective_Date_T" localSheetId="1">#REF!</definedName>
     <definedName name="Effective_Date_T" localSheetId="0">#REF!</definedName>
     <definedName name="Effective_Date_T">#REF!</definedName>
     <definedName name="egl" localSheetId="3">#REF!</definedName>
     <definedName name="egl" localSheetId="7">#REF!</definedName>
     <definedName name="egl" localSheetId="1">#REF!</definedName>
     <definedName name="egl" localSheetId="0">#REF!</definedName>
     <definedName name="egl" localSheetId="6">#REF!</definedName>
     <definedName name="egl" localSheetId="5">#REF!</definedName>
     <definedName name="egl" localSheetId="2">#REF!</definedName>
     <definedName name="egl" localSheetId="4">#REF!</definedName>
+    <definedName name="egl" localSheetId="10">#REF!</definedName>
+    <definedName name="egl" localSheetId="9">#REF!</definedName>
     <definedName name="egl" localSheetId="8">#REF!</definedName>
     <definedName name="egl">#REF!</definedName>
     <definedName name="end" localSheetId="3">#REF!</definedName>
     <definedName name="end" localSheetId="7">#REF!</definedName>
     <definedName name="end" localSheetId="1">#REF!</definedName>
     <definedName name="end" localSheetId="0">#REF!</definedName>
     <definedName name="end" localSheetId="2">#REF!</definedName>
     <definedName name="end" localSheetId="4">#REF!</definedName>
+    <definedName name="end" localSheetId="10">#REF!</definedName>
+    <definedName name="end" localSheetId="9">#REF!</definedName>
     <definedName name="end" localSheetId="8">#REF!</definedName>
     <definedName name="end">#REF!</definedName>
     <definedName name="End_Bal" localSheetId="1">#REF!</definedName>
     <definedName name="End_Bal" localSheetId="0">#REF!</definedName>
     <definedName name="End_Bal">#REF!</definedName>
     <definedName name="EndingBalance" localSheetId="1">#REF!</definedName>
     <definedName name="EndingBalance" localSheetId="0">#REF!</definedName>
     <definedName name="EndingBalance">#REF!</definedName>
     <definedName name="erfwe" localSheetId="3">#REF!</definedName>
     <definedName name="erfwe" localSheetId="7">#REF!</definedName>
     <definedName name="erfwe" localSheetId="1">#REF!</definedName>
     <definedName name="erfwe" localSheetId="0">#REF!</definedName>
     <definedName name="erfwe" localSheetId="2">#REF!</definedName>
     <definedName name="erfwe" localSheetId="4">#REF!</definedName>
+    <definedName name="erfwe" localSheetId="10">#REF!</definedName>
+    <definedName name="erfwe" localSheetId="9">#REF!</definedName>
     <definedName name="erfwe" localSheetId="8">#REF!</definedName>
     <definedName name="erfwe">#REF!</definedName>
     <definedName name="ergerg" localSheetId="1">#REF!</definedName>
     <definedName name="ergerg" localSheetId="0">#REF!</definedName>
     <definedName name="ergerg">#REF!</definedName>
     <definedName name="error" localSheetId="1">#REF!</definedName>
     <definedName name="error" localSheetId="0">#REF!</definedName>
     <definedName name="error">#REF!</definedName>
     <definedName name="Error_Amount" localSheetId="1">#REF!</definedName>
     <definedName name="Error_Amount" localSheetId="0">#REF!</definedName>
     <definedName name="Error_Amount">#REF!</definedName>
     <definedName name="EssAliasTable">"Default"</definedName>
     <definedName name="EssOptions">"110000000001010_"</definedName>
     <definedName name="Estimated_NERD_Cost" localSheetId="1">#REF!</definedName>
     <definedName name="Estimated_NERD_Cost" localSheetId="0">#REF!</definedName>
     <definedName name="Estimated_NERD_Cost">#REF!</definedName>
     <definedName name="Estimated_NIM_Fee" localSheetId="1">#REF!</definedName>
     <definedName name="Estimated_NIM_Fee" localSheetId="0">#REF!</definedName>
     <definedName name="Estimated_NIM_Fee">#REF!</definedName>
     <definedName name="Estimated_UW_Fee" localSheetId="1">#REF!</definedName>
     <definedName name="Estimated_UW_Fee" localSheetId="0">#REF!</definedName>
     <definedName name="Estimated_UW_Fee">#REF!</definedName>
     <definedName name="ewswa" localSheetId="1">#REF!</definedName>
     <definedName name="ewswa" localSheetId="0">#REF!</definedName>
     <definedName name="ewswa">#REF!</definedName>
     <definedName name="Existing" localSheetId="1">#REF!</definedName>
     <definedName name="Existing" localSheetId="0">#REF!</definedName>
     <definedName name="Existing">#REF!</definedName>
     <definedName name="expense" localSheetId="1">#REF!</definedName>
     <definedName name="expense" localSheetId="0">#REF!</definedName>
     <definedName name="expense">#REF!</definedName>
     <definedName name="Export_Acc_Range" localSheetId="1">#REF!</definedName>
     <definedName name="Export_Acc_Range" localSheetId="0">#REF!</definedName>
     <definedName name="Export_Acc_Range">#REF!</definedName>
     <definedName name="Export_Account" localSheetId="1">#REF!</definedName>
     <definedName name="Export_Account" localSheetId="0">#REF!</definedName>
     <definedName name="Export_Account">#REF!</definedName>
     <definedName name="Exposure_1_S" localSheetId="3">#REF!</definedName>
     <definedName name="Exposure_1_S" localSheetId="7">#REF!</definedName>
     <definedName name="Exposure_1_S" localSheetId="1">#REF!</definedName>
     <definedName name="Exposure_1_S" localSheetId="0">#REF!</definedName>
     <definedName name="Exposure_1_S" localSheetId="2">#REF!</definedName>
     <definedName name="Exposure_1_S" localSheetId="4">#REF!</definedName>
+    <definedName name="Exposure_1_S" localSheetId="10">#REF!</definedName>
+    <definedName name="Exposure_1_S" localSheetId="9">#REF!</definedName>
     <definedName name="Exposure_1_S" localSheetId="8">#REF!</definedName>
     <definedName name="Exposure_1_S">#REF!</definedName>
     <definedName name="Exposure_T" localSheetId="1">#REF!</definedName>
     <definedName name="Exposure_T" localSheetId="0">#REF!</definedName>
     <definedName name="Exposure_T">#REF!</definedName>
     <definedName name="Extra_Pay" localSheetId="1">#REF!</definedName>
     <definedName name="Extra_Pay" localSheetId="0">#REF!</definedName>
     <definedName name="Extra_Pay">#REF!</definedName>
     <definedName name="f" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!D3Len,1)</definedName>
     <definedName name="f" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!D3Len,1)</definedName>
     <definedName name="f" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!D3Len,1)</definedName>
     <definedName name="f" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!D3Len,1)</definedName>
     <definedName name="f" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!D3Len,1)</definedName>
     <definedName name="f" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!D3Len,1)</definedName>
     <definedName name="f" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!D3Len,1)</definedName>
     <definedName name="f" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!D3Len,1)</definedName>
+    <definedName name="f" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!D3Len,1)</definedName>
+    <definedName name="f" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!D3Len,1)</definedName>
     <definedName name="f" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!D3Len,1)</definedName>
     <definedName name="f">OFFSET(#REF!,0,0,D3Len,1)</definedName>
     <definedName name="FDW_LOAD_DT" localSheetId="1">#REF!</definedName>
     <definedName name="FDW_LOAD_DT" localSheetId="0">#REF!</definedName>
     <definedName name="FDW_LOAD_DT">#REF!</definedName>
     <definedName name="fh" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!D3Len,1)</definedName>
     <definedName name="fh" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!D3Len,1)</definedName>
     <definedName name="fh" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!D3Len,1)</definedName>
     <definedName name="fh" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!D3Len,1)</definedName>
     <definedName name="fh" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!D3Len,1)</definedName>
     <definedName name="fh" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!D3Len,1)</definedName>
     <definedName name="fh" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!D3Len,1)</definedName>
     <definedName name="fh" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!D3Len,1)</definedName>
+    <definedName name="fh" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!D3Len,1)</definedName>
+    <definedName name="fh" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!D3Len,1)</definedName>
     <definedName name="fh" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!D3Len,1)</definedName>
     <definedName name="fh">OFFSET(#REF!,0,0,D3Len,1)</definedName>
     <definedName name="Filter" localSheetId="1">#REF!</definedName>
     <definedName name="Filter" localSheetId="0">#REF!</definedName>
     <definedName name="Filter">#REF!</definedName>
     <definedName name="FILTER_DETAILS" localSheetId="1">#REF!</definedName>
     <definedName name="FILTER_DETAILS" localSheetId="0">#REF!</definedName>
     <definedName name="FILTER_DETAILS">#REF!</definedName>
     <definedName name="Filter_On" localSheetId="1">#REF!</definedName>
     <definedName name="Filter_On" localSheetId="0">#REF!</definedName>
     <definedName name="Filter_On">#REF!</definedName>
     <definedName name="Fin_Ctmnt_C" localSheetId="1">#REF!</definedName>
     <definedName name="Fin_Ctmnt_C" localSheetId="0">#REF!</definedName>
     <definedName name="Fin_Ctmnt_C">#REF!</definedName>
     <definedName name="Fin_Otmnt_O" localSheetId="1">#REF!</definedName>
     <definedName name="Fin_Otmnt_O" localSheetId="0">#REF!</definedName>
     <definedName name="Fin_Otmnt_O">#REF!</definedName>
     <definedName name="Fin_Stmnt_C" localSheetId="1">#REF!</definedName>
     <definedName name="Fin_Stmnt_C" localSheetId="0">#REF!</definedName>
     <definedName name="Fin_Stmnt_C">#REF!</definedName>
     <definedName name="Fin_Stmnt_RS" localSheetId="1">#REF!</definedName>
     <definedName name="Fin_Stmnt_RS" localSheetId="0">#REF!</definedName>
     <definedName name="Fin_Stmnt_RS">#REF!</definedName>
     <definedName name="Fin_Stmnt_S" localSheetId="3">#REF!</definedName>
     <definedName name="Fin_Stmnt_S" localSheetId="7">#REF!</definedName>
     <definedName name="Fin_Stmnt_S" localSheetId="1">#REF!</definedName>
     <definedName name="Fin_Stmnt_S" localSheetId="0">#REF!</definedName>
     <definedName name="Fin_Stmnt_S" localSheetId="2">#REF!</definedName>
     <definedName name="Fin_Stmnt_S" localSheetId="4">#REF!</definedName>
+    <definedName name="Fin_Stmnt_S" localSheetId="10">#REF!</definedName>
+    <definedName name="Fin_Stmnt_S" localSheetId="9">#REF!</definedName>
     <definedName name="Fin_Stmnt_S" localSheetId="8">#REF!</definedName>
     <definedName name="Fin_Stmnt_S">#REF!</definedName>
     <definedName name="Fin_Stmnt_T" localSheetId="1">#REF!</definedName>
     <definedName name="Fin_Stmnt_T" localSheetId="0">#REF!</definedName>
     <definedName name="Fin_Stmnt_T">#REF!</definedName>
     <definedName name="Final_Securitized_Balance" localSheetId="3">#REF!</definedName>
     <definedName name="Final_Securitized_Balance" localSheetId="7">#REF!</definedName>
     <definedName name="Final_Securitized_Balance" localSheetId="1">#REF!</definedName>
     <definedName name="Final_Securitized_Balance" localSheetId="0">#REF!</definedName>
     <definedName name="Final_Securitized_Balance" localSheetId="2">#REF!</definedName>
     <definedName name="Final_Securitized_Balance" localSheetId="4">#REF!</definedName>
+    <definedName name="Final_Securitized_Balance" localSheetId="10">#REF!</definedName>
+    <definedName name="Final_Securitized_Balance" localSheetId="9">#REF!</definedName>
     <definedName name="Final_Securitized_Balance" localSheetId="8">#REF!</definedName>
     <definedName name="Final_Securitized_Balance">#REF!</definedName>
     <definedName name="findcat" localSheetId="1">#REF!</definedName>
     <definedName name="findcat" localSheetId="0">#REF!</definedName>
     <definedName name="findcat">#REF!</definedName>
     <definedName name="FINS_ID" localSheetId="1">#REF!</definedName>
     <definedName name="FINS_ID" localSheetId="0">#REF!</definedName>
     <definedName name="FINS_ID">#REF!</definedName>
     <definedName name="First_Bond_Payment" localSheetId="1">#REF!</definedName>
     <definedName name="First_Bond_Payment" localSheetId="0">#REF!</definedName>
     <definedName name="First_Bond_Payment">#REF!</definedName>
     <definedName name="FIRST_ISSUE_DT" localSheetId="1">#REF!</definedName>
     <definedName name="FIRST_ISSUE_DT" localSheetId="0">#REF!</definedName>
     <definedName name="FIRST_ISSUE_DT">#REF!</definedName>
     <definedName name="FIRST_OPT_EXER_DT" localSheetId="1">#REF!</definedName>
     <definedName name="FIRST_OPT_EXER_DT" localSheetId="0">#REF!</definedName>
     <definedName name="FIRST_OPT_EXER_DT">#REF!</definedName>
     <definedName name="Fixed_Settlement" localSheetId="1">#REF!</definedName>
     <definedName name="Fixed_Settlement" localSheetId="0">#REF!</definedName>
     <definedName name="Fixed_Settlement">#REF!</definedName>
     <definedName name="FN_0301Q" localSheetId="1">#REF!</definedName>
     <definedName name="FN_0301Q" localSheetId="0">#REF!</definedName>
     <definedName name="FN_0301Q">#REF!</definedName>
     <definedName name="FN_0600Q" localSheetId="1">#REF!</definedName>
     <definedName name="FN_0600Q" localSheetId="0">#REF!</definedName>
     <definedName name="FN_0600Q">#REF!</definedName>
     <definedName name="FN8g" localSheetId="1">#REF!</definedName>
     <definedName name="FN8g" localSheetId="0">#REF!</definedName>
     <definedName name="FN8g">#REF!</definedName>
     <definedName name="FNMLoss" localSheetId="3">#REF!</definedName>
     <definedName name="FNMLoss" localSheetId="7">#REF!</definedName>
     <definedName name="FNMLoss" localSheetId="1">#REF!</definedName>
     <definedName name="FNMLoss" localSheetId="0">#REF!</definedName>
     <definedName name="FNMLoss" localSheetId="2">#REF!</definedName>
     <definedName name="FNMLoss" localSheetId="4">#REF!</definedName>
+    <definedName name="FNMLoss" localSheetId="10">#REF!</definedName>
+    <definedName name="FNMLoss" localSheetId="9">#REF!</definedName>
     <definedName name="FNMLoss" localSheetId="8">#REF!</definedName>
     <definedName name="FNMLoss">#REF!</definedName>
     <definedName name="FOI_DEC_01" localSheetId="1">#REF!</definedName>
     <definedName name="FOI_DEC_01" localSheetId="0">#REF!</definedName>
     <definedName name="FOI_DEC_01">#REF!</definedName>
     <definedName name="FOI_DEC_02" localSheetId="1">#REF!</definedName>
     <definedName name="FOI_DEC_02" localSheetId="0">#REF!</definedName>
     <definedName name="FOI_DEC_02">#REF!</definedName>
     <definedName name="FOI_DEC_04" localSheetId="1">#REF!</definedName>
     <definedName name="FOI_DEC_04" localSheetId="0">#REF!</definedName>
     <definedName name="FOI_DEC_04">#REF!</definedName>
     <definedName name="FOI_JUN_03" localSheetId="1">#REF!</definedName>
     <definedName name="FOI_JUN_03" localSheetId="0">#REF!</definedName>
     <definedName name="FOI_JUN_03">#REF!</definedName>
     <definedName name="FOI_JUN_04" localSheetId="1">#REF!</definedName>
     <definedName name="FOI_JUN_04" localSheetId="0">#REF!</definedName>
     <definedName name="FOI_JUN_04">#REF!</definedName>
     <definedName name="FOI_MAR_03" localSheetId="1">#REF!</definedName>
     <definedName name="FOI_MAR_03" localSheetId="0">#REF!</definedName>
     <definedName name="FOI_MAR_03">#REF!</definedName>
     <definedName name="FOI_MAR_04" localSheetId="1">#REF!</definedName>
     <definedName name="FOI_MAR_04" localSheetId="0">#REF!</definedName>
     <definedName name="FOI_MAR_04">#REF!</definedName>
     <definedName name="FOI_SEP_03" localSheetId="1">#REF!</definedName>
     <definedName name="FOI_SEP_03" localSheetId="0">#REF!</definedName>
@@ -5659,282 +6331,312 @@
     <definedName name="Folder_3" localSheetId="0">#REF!</definedName>
     <definedName name="Folder_3">#REF!</definedName>
     <definedName name="Folder_4" localSheetId="1">#REF!</definedName>
     <definedName name="Folder_4" localSheetId="0">#REF!</definedName>
     <definedName name="Folder_4">#REF!</definedName>
     <definedName name="Folder_5" localSheetId="1">#REF!</definedName>
     <definedName name="Folder_5" localSheetId="0">#REF!</definedName>
     <definedName name="Folder_5">#REF!</definedName>
     <definedName name="Folder_6" localSheetId="1">#REF!</definedName>
     <definedName name="Folder_6" localSheetId="0">#REF!</definedName>
     <definedName name="Folder_6">#REF!</definedName>
     <definedName name="Folder_7" localSheetId="1">#REF!</definedName>
     <definedName name="Folder_7" localSheetId="0">#REF!</definedName>
     <definedName name="Folder_7">#REF!</definedName>
     <definedName name="ForAmtCol" localSheetId="1">#REF!</definedName>
     <definedName name="ForAmtCol" localSheetId="0">#REF!</definedName>
     <definedName name="ForAmtCol">#REF!</definedName>
     <definedName name="FR_Table" localSheetId="3">#REF!</definedName>
     <definedName name="FR_Table" localSheetId="7">#REF!</definedName>
     <definedName name="FR_Table" localSheetId="1">#REF!</definedName>
     <definedName name="FR_Table" localSheetId="0">#REF!</definedName>
     <definedName name="FR_Table" localSheetId="6">#REF!</definedName>
     <definedName name="FR_Table" localSheetId="5">#REF!</definedName>
     <definedName name="FR_Table" localSheetId="2">#REF!</definedName>
     <definedName name="FR_Table" localSheetId="4">#REF!</definedName>
+    <definedName name="FR_Table" localSheetId="10">#REF!</definedName>
+    <definedName name="FR_Table" localSheetId="9">#REF!</definedName>
     <definedName name="FR_Table" localSheetId="8">#REF!</definedName>
     <definedName name="FR_Table">#REF!</definedName>
     <definedName name="frv" localSheetId="1">#REF!</definedName>
     <definedName name="frv" localSheetId="0">#REF!</definedName>
     <definedName name="frv">#REF!</definedName>
     <definedName name="Full_Print" localSheetId="1">#REF!</definedName>
     <definedName name="Full_Print" localSheetId="0">#REF!</definedName>
     <definedName name="Full_Print">#REF!</definedName>
     <definedName name="FV_INPUT" localSheetId="1">#REF!</definedName>
     <definedName name="FV_INPUT" localSheetId="0">#REF!</definedName>
     <definedName name="FV_INPUT">#REF!</definedName>
     <definedName name="g" localSheetId="3">#REF!</definedName>
     <definedName name="g" localSheetId="7">#REF!</definedName>
     <definedName name="g" localSheetId="1">#REF!</definedName>
     <definedName name="g" localSheetId="0">#REF!</definedName>
     <definedName name="g" localSheetId="2">#REF!</definedName>
     <definedName name="g" localSheetId="4">#REF!</definedName>
+    <definedName name="g" localSheetId="10">#REF!</definedName>
+    <definedName name="g" localSheetId="9">#REF!</definedName>
     <definedName name="g" localSheetId="8">#REF!</definedName>
     <definedName name="g">#REF!</definedName>
     <definedName name="getGoodBal" localSheetId="1">#REF!</definedName>
     <definedName name="getGoodBal" localSheetId="0">#REF!</definedName>
     <definedName name="getGoodBal">#REF!</definedName>
     <definedName name="gfds" localSheetId="1">#REF!</definedName>
     <definedName name="gfds" localSheetId="0">#REF!</definedName>
     <definedName name="gfds">#REF!</definedName>
     <definedName name="GFE_RULE" localSheetId="3">#REF!</definedName>
     <definedName name="GFE_RULE" localSheetId="7">#REF!</definedName>
     <definedName name="GFE_RULE" localSheetId="1">#REF!</definedName>
     <definedName name="GFE_RULE" localSheetId="0">#REF!</definedName>
     <definedName name="GFE_RULE" localSheetId="6">#REF!</definedName>
     <definedName name="GFE_RULE" localSheetId="5">#REF!</definedName>
     <definedName name="GFE_RULE" localSheetId="2">#REF!</definedName>
     <definedName name="GFE_RULE" localSheetId="4">#REF!</definedName>
+    <definedName name="GFE_RULE" localSheetId="10">#REF!</definedName>
+    <definedName name="GFE_RULE" localSheetId="9">#REF!</definedName>
     <definedName name="GFE_RULE" localSheetId="8">#REF!</definedName>
     <definedName name="GFE_RULE">#REF!</definedName>
     <definedName name="GL_Account_No" localSheetId="1">#REF!</definedName>
     <definedName name="GL_Account_No" localSheetId="0">#REF!</definedName>
     <definedName name="GL_Account_No">#REF!</definedName>
     <definedName name="GL_ACCT_NO" localSheetId="3">#REF!</definedName>
     <definedName name="GL_ACCT_NO" localSheetId="7">#REF!</definedName>
     <definedName name="GL_ACCT_NO" localSheetId="1">#REF!</definedName>
     <definedName name="GL_ACCT_NO" localSheetId="0">#REF!</definedName>
     <definedName name="GL_ACCT_NO" localSheetId="6">#REF!</definedName>
     <definedName name="GL_ACCT_NO" localSheetId="5">#REF!</definedName>
     <definedName name="GL_ACCT_NO" localSheetId="2">#REF!</definedName>
     <definedName name="GL_ACCT_NO" localSheetId="4">#REF!</definedName>
+    <definedName name="GL_ACCT_NO" localSheetId="10">#REF!</definedName>
+    <definedName name="GL_ACCT_NO" localSheetId="9">#REF!</definedName>
     <definedName name="GL_ACCT_NO" localSheetId="8">#REF!</definedName>
     <definedName name="GL_ACCT_NO">#REF!</definedName>
     <definedName name="GL_Bal" localSheetId="3">#REF!</definedName>
     <definedName name="GL_Bal" localSheetId="7">#REF!</definedName>
     <definedName name="GL_Bal" localSheetId="1">#REF!</definedName>
     <definedName name="GL_Bal" localSheetId="0">#REF!</definedName>
     <definedName name="GL_Bal" localSheetId="6">#REF!</definedName>
     <definedName name="GL_Bal" localSheetId="5">#REF!</definedName>
     <definedName name="GL_Bal" localSheetId="2">#REF!</definedName>
     <definedName name="GL_Bal" localSheetId="4">#REF!</definedName>
+    <definedName name="GL_Bal" localSheetId="10">#REF!</definedName>
+    <definedName name="GL_Bal" localSheetId="9">#REF!</definedName>
     <definedName name="GL_Bal" localSheetId="8">#REF!</definedName>
     <definedName name="GL_Bal">#REF!</definedName>
     <definedName name="GL_Balances" localSheetId="1">#REF!</definedName>
     <definedName name="GL_Balances" localSheetId="0">#REF!</definedName>
     <definedName name="GL_Balances">#REF!</definedName>
     <definedName name="GL_COST_CTR_CD" localSheetId="3">#REF!</definedName>
     <definedName name="GL_COST_CTR_CD" localSheetId="7">#REF!</definedName>
     <definedName name="GL_COST_CTR_CD" localSheetId="1">#REF!</definedName>
     <definedName name="GL_COST_CTR_CD" localSheetId="0">#REF!</definedName>
     <definedName name="GL_COST_CTR_CD" localSheetId="6">#REF!</definedName>
     <definedName name="GL_COST_CTR_CD" localSheetId="5">#REF!</definedName>
     <definedName name="GL_COST_CTR_CD" localSheetId="2">#REF!</definedName>
     <definedName name="GL_COST_CTR_CD" localSheetId="4">#REF!</definedName>
+    <definedName name="GL_COST_CTR_CD" localSheetId="10">#REF!</definedName>
+    <definedName name="GL_COST_CTR_CD" localSheetId="9">#REF!</definedName>
     <definedName name="GL_COST_CTR_CD" localSheetId="8">#REF!</definedName>
     <definedName name="GL_COST_CTR_CD">#REF!</definedName>
     <definedName name="GL_date" localSheetId="1">#REF!</definedName>
     <definedName name="GL_date" localSheetId="0">#REF!</definedName>
     <definedName name="GL_date">#REF!</definedName>
     <definedName name="GL_date_C" localSheetId="1">#REF!</definedName>
     <definedName name="GL_date_C" localSheetId="0">#REF!</definedName>
     <definedName name="GL_date_C">#REF!</definedName>
     <definedName name="GL_date_RB" localSheetId="1">#REF!</definedName>
     <definedName name="GL_date_RB" localSheetId="0">#REF!</definedName>
     <definedName name="GL_date_RB">#REF!</definedName>
     <definedName name="GL_date_REO" localSheetId="1">#REF!</definedName>
     <definedName name="GL_date_REO" localSheetId="0">#REF!</definedName>
     <definedName name="GL_date_REO">#REF!</definedName>
     <definedName name="GL_date_RS" localSheetId="1">#REF!</definedName>
     <definedName name="GL_date_RS" localSheetId="0">#REF!</definedName>
     <definedName name="GL_date_RS">#REF!</definedName>
     <definedName name="GL_date_S" localSheetId="3">#REF!</definedName>
     <definedName name="GL_date_S" localSheetId="7">#REF!</definedName>
     <definedName name="GL_date_S" localSheetId="1">#REF!</definedName>
     <definedName name="GL_date_S" localSheetId="0">#REF!</definedName>
     <definedName name="GL_date_S" localSheetId="2">#REF!</definedName>
     <definedName name="GL_date_S" localSheetId="4">#REF!</definedName>
+    <definedName name="GL_date_S" localSheetId="10">#REF!</definedName>
+    <definedName name="GL_date_S" localSheetId="9">#REF!</definedName>
     <definedName name="GL_date_S" localSheetId="8">#REF!</definedName>
     <definedName name="GL_date_S">#REF!</definedName>
     <definedName name="GL_date_T" localSheetId="1">#REF!</definedName>
     <definedName name="GL_date_T" localSheetId="0">#REF!</definedName>
     <definedName name="GL_date_T">#REF!</definedName>
     <definedName name="GL_LOOKUP" localSheetId="3">#REF!</definedName>
     <definedName name="GL_LOOKUP" localSheetId="7">#REF!</definedName>
     <definedName name="GL_LOOKUP" localSheetId="1">#REF!</definedName>
     <definedName name="GL_LOOKUP" localSheetId="0">#REF!</definedName>
     <definedName name="GL_LOOKUP" localSheetId="6">#REF!</definedName>
     <definedName name="GL_LOOKUP" localSheetId="5">#REF!</definedName>
     <definedName name="GL_LOOKUP" localSheetId="2">#REF!</definedName>
     <definedName name="GL_LOOKUP" localSheetId="4">#REF!</definedName>
+    <definedName name="GL_LOOKUP" localSheetId="10">#REF!</definedName>
+    <definedName name="GL_LOOKUP" localSheetId="9">#REF!</definedName>
     <definedName name="GL_LOOKUP" localSheetId="8">#REF!</definedName>
     <definedName name="GL_LOOKUP">#REF!</definedName>
     <definedName name="GL_MAPPING" localSheetId="1">#REF!</definedName>
     <definedName name="GL_MAPPING" localSheetId="0">#REF!</definedName>
     <definedName name="GL_MAPPING">#REF!</definedName>
     <definedName name="GOS_Excess_Interest" localSheetId="1">#REF!</definedName>
     <definedName name="GOS_Excess_Interest" localSheetId="0">#REF!</definedName>
     <definedName name="GOS_Excess_Interest">#REF!</definedName>
     <definedName name="GOS_Loss_Adj_Excess_Interest" localSheetId="1">#REF!</definedName>
     <definedName name="GOS_Loss_Adj_Excess_Interest" localSheetId="0">#REF!</definedName>
     <definedName name="GOS_Loss_Adj_Excess_Interest">#REF!</definedName>
     <definedName name="Groups" localSheetId="3">#REF!</definedName>
     <definedName name="Groups" localSheetId="7">#REF!</definedName>
     <definedName name="Groups" localSheetId="1">#REF!</definedName>
     <definedName name="Groups" localSheetId="0">#REF!</definedName>
     <definedName name="Groups" localSheetId="6">#REF!</definedName>
     <definedName name="Groups" localSheetId="5">#REF!</definedName>
     <definedName name="Groups" localSheetId="2">#REF!</definedName>
     <definedName name="Groups" localSheetId="4">#REF!</definedName>
+    <definedName name="Groups" localSheetId="10">#REF!</definedName>
+    <definedName name="Groups" localSheetId="9">#REF!</definedName>
     <definedName name="Groups" localSheetId="8">#REF!</definedName>
     <definedName name="Groups">#REF!</definedName>
     <definedName name="GRPRKDATA" localSheetId="1">#REF!</definedName>
     <definedName name="GRPRKDATA" localSheetId="0">#REF!</definedName>
     <definedName name="GRPRKDATA">#REF!</definedName>
     <definedName name="HdrUnit" localSheetId="1">#REF!</definedName>
     <definedName name="HdrUnit" localSheetId="0">#REF!</definedName>
     <definedName name="HdrUnit">#REF!</definedName>
     <definedName name="HEADER" localSheetId="1">#REF!</definedName>
     <definedName name="HEADER" localSheetId="0">#REF!</definedName>
     <definedName name="HEADER">#REF!</definedName>
     <definedName name="Header_Row">ROW(#REF!)</definedName>
     <definedName name="HeaderKeys" localSheetId="1">#REF!</definedName>
     <definedName name="HeaderKeys" localSheetId="0">#REF!</definedName>
     <definedName name="HeaderKeys">#REF!</definedName>
     <definedName name="HeaderLabels" localSheetId="1">#REF!</definedName>
     <definedName name="HeaderLabels" localSheetId="0">#REF!</definedName>
     <definedName name="HeaderLabels">#REF!</definedName>
     <definedName name="HeaderLine" localSheetId="1">#REF!</definedName>
     <definedName name="HeaderLine" localSheetId="0">#REF!</definedName>
     <definedName name="HeaderLine">#REF!</definedName>
     <definedName name="HeaderSeq" localSheetId="1">#REF!</definedName>
     <definedName name="HeaderSeq" localSheetId="0">#REF!</definedName>
     <definedName name="HeaderSeq">#REF!</definedName>
     <definedName name="hft" localSheetId="1">#REF!</definedName>
     <definedName name="hft" localSheetId="0">#REF!</definedName>
     <definedName name="hft">#REF!</definedName>
     <definedName name="hgfdx" localSheetId="3">#REF!</definedName>
     <definedName name="hgfdx" localSheetId="7">#REF!</definedName>
     <definedName name="hgfdx" localSheetId="1">#REF!</definedName>
     <definedName name="hgfdx" localSheetId="0">#REF!</definedName>
     <definedName name="hgfdx" localSheetId="2">#REF!</definedName>
     <definedName name="hgfdx" localSheetId="4">#REF!</definedName>
+    <definedName name="hgfdx" localSheetId="10">#REF!</definedName>
+    <definedName name="hgfdx" localSheetId="9">#REF!</definedName>
     <definedName name="hgfdx" localSheetId="8">#REF!</definedName>
     <definedName name="hgfdx">#REF!</definedName>
     <definedName name="hgtre" localSheetId="1">#REF!</definedName>
     <definedName name="hgtre" localSheetId="0">#REF!</definedName>
     <definedName name="hgtre">#REF!</definedName>
     <definedName name="hnh" localSheetId="3">#REF!</definedName>
     <definedName name="hnh" localSheetId="7">#REF!</definedName>
     <definedName name="hnh" localSheetId="1">#REF!</definedName>
     <definedName name="hnh" localSheetId="0">#REF!</definedName>
     <definedName name="hnh" localSheetId="2">#REF!</definedName>
     <definedName name="hnh" localSheetId="4">#REF!</definedName>
+    <definedName name="hnh" localSheetId="10">#REF!</definedName>
+    <definedName name="hnh" localSheetId="9">#REF!</definedName>
     <definedName name="hnh" localSheetId="8">#REF!</definedName>
     <definedName name="hnh">#REF!</definedName>
     <definedName name="IDN" localSheetId="1">#REF!</definedName>
     <definedName name="IDN" localSheetId="0">#REF!</definedName>
     <definedName name="IDN">#REF!</definedName>
     <definedName name="idpi2002_08" localSheetId="1">#REF!</definedName>
     <definedName name="idpi2002_08" localSheetId="0">#REF!</definedName>
     <definedName name="idpi2002_08">#REF!</definedName>
     <definedName name="IFN" localSheetId="1">#REF!</definedName>
     <definedName name="IFN" localSheetId="0">#REF!</definedName>
     <definedName name="IFN">#REF!</definedName>
     <definedName name="ikmn" localSheetId="3">#REF!</definedName>
     <definedName name="ikmn" localSheetId="7">#REF!</definedName>
     <definedName name="ikmn" localSheetId="1">#REF!</definedName>
     <definedName name="ikmn" localSheetId="0">#REF!</definedName>
     <definedName name="ikmn" localSheetId="6">#REF!</definedName>
     <definedName name="ikmn" localSheetId="5">#REF!</definedName>
     <definedName name="ikmn" localSheetId="2">#REF!</definedName>
     <definedName name="ikmn" localSheetId="4">#REF!</definedName>
+    <definedName name="ikmn" localSheetId="10">#REF!</definedName>
+    <definedName name="ikmn" localSheetId="9">#REF!</definedName>
     <definedName name="ikmn" localSheetId="8">#REF!</definedName>
     <definedName name="ikmn">#REF!</definedName>
     <definedName name="Imported_File_Count" localSheetId="1">#REF!</definedName>
     <definedName name="Imported_File_Count" localSheetId="0">#REF!</definedName>
     <definedName name="Imported_File_Count">#REF!</definedName>
     <definedName name="InsertLine" localSheetId="1">#REF!</definedName>
     <definedName name="InsertLine" localSheetId="0">#REF!</definedName>
     <definedName name="InsertLine">#REF!</definedName>
     <definedName name="int" localSheetId="1">#REF!</definedName>
     <definedName name="int" localSheetId="0">#REF!</definedName>
     <definedName name="int">#REF!</definedName>
     <definedName name="Interest_Due_Detail" localSheetId="1">#REF!</definedName>
     <definedName name="Interest_Due_Detail" localSheetId="0">#REF!</definedName>
     <definedName name="Interest_Due_Detail">#REF!</definedName>
     <definedName name="Interest_Rate" localSheetId="1">#REF!</definedName>
     <definedName name="Interest_Rate" localSheetId="0">#REF!</definedName>
     <definedName name="Interest_Rate">#REF!</definedName>
     <definedName name="ioLookup" localSheetId="3">#REF!</definedName>
     <definedName name="ioLookup" localSheetId="7">#REF!</definedName>
     <definedName name="ioLookup" localSheetId="1">#REF!</definedName>
     <definedName name="ioLookup" localSheetId="0">#REF!</definedName>
     <definedName name="ioLookup" localSheetId="6">#REF!</definedName>
     <definedName name="ioLookup" localSheetId="5">#REF!</definedName>
     <definedName name="ioLookup" localSheetId="2">#REF!</definedName>
     <definedName name="ioLookup" localSheetId="4">#REF!</definedName>
+    <definedName name="ioLookup" localSheetId="10">#REF!</definedName>
+    <definedName name="ioLookup" localSheetId="9">#REF!</definedName>
     <definedName name="ioLookup" localSheetId="8">#REF!</definedName>
     <definedName name="ioLookup">#REF!</definedName>
     <definedName name="ioMktPrice" localSheetId="3">#REF!</definedName>
     <definedName name="ioMktPrice" localSheetId="7">#REF!</definedName>
     <definedName name="ioMktPrice" localSheetId="1">#REF!</definedName>
     <definedName name="ioMktPrice" localSheetId="0">#REF!</definedName>
     <definedName name="ioMktPrice" localSheetId="6">#REF!</definedName>
     <definedName name="ioMktPrice" localSheetId="5">#REF!</definedName>
     <definedName name="ioMktPrice" localSheetId="2">#REF!</definedName>
     <definedName name="ioMktPrice" localSheetId="4">#REF!</definedName>
+    <definedName name="ioMktPrice" localSheetId="10">#REF!</definedName>
+    <definedName name="ioMktPrice" localSheetId="9">#REF!</definedName>
     <definedName name="ioMktPrice" localSheetId="8">#REF!</definedName>
     <definedName name="ioMktPrice">#REF!</definedName>
     <definedName name="ioMktValue" localSheetId="3">#REF!</definedName>
     <definedName name="ioMktValue" localSheetId="7">#REF!</definedName>
     <definedName name="ioMktValue" localSheetId="1">#REF!</definedName>
     <definedName name="ioMktValue" localSheetId="0">#REF!</definedName>
     <definedName name="ioMktValue" localSheetId="6">#REF!</definedName>
     <definedName name="ioMktValue" localSheetId="5">#REF!</definedName>
     <definedName name="ioMktValue" localSheetId="2">#REF!</definedName>
     <definedName name="ioMktValue" localSheetId="4">#REF!</definedName>
+    <definedName name="ioMktValue" localSheetId="10">#REF!</definedName>
+    <definedName name="ioMktValue" localSheetId="9">#REF!</definedName>
     <definedName name="ioMktValue" localSheetId="8">#REF!</definedName>
     <definedName name="ioMktValue">#REF!</definedName>
     <definedName name="ipdi2002_01" localSheetId="1">#REF!</definedName>
     <definedName name="ipdi2002_01" localSheetId="0">#REF!</definedName>
     <definedName name="ipdi2002_01">#REF!</definedName>
     <definedName name="ipdi2002_02" localSheetId="1">#REF!</definedName>
     <definedName name="ipdi2002_02" localSheetId="0">#REF!</definedName>
     <definedName name="ipdi2002_02">#REF!</definedName>
     <definedName name="ipdi2002_03" localSheetId="1">#REF!</definedName>
     <definedName name="ipdi2002_03" localSheetId="0">#REF!</definedName>
     <definedName name="ipdi2002_03">#REF!</definedName>
     <definedName name="ipdi2002_04" localSheetId="1">#REF!</definedName>
     <definedName name="ipdi2002_04" localSheetId="0">#REF!</definedName>
     <definedName name="ipdi2002_04">#REF!</definedName>
     <definedName name="ipdi2002_05" localSheetId="1">#REF!</definedName>
     <definedName name="ipdi2002_05" localSheetId="0">#REF!</definedName>
     <definedName name="ipdi2002_05">#REF!</definedName>
     <definedName name="ipdi2002_06" localSheetId="1">#REF!</definedName>
     <definedName name="ipdi2002_06" localSheetId="0">#REF!</definedName>
     <definedName name="ipdi2002_06">#REF!</definedName>
     <definedName name="ipdi2002_07" localSheetId="1">#REF!</definedName>
     <definedName name="ipdi2002_07" localSheetId="0">#REF!</definedName>
     <definedName name="ipdi2002_07">#REF!</definedName>
     <definedName name="ipdi2002_08" localSheetId="1">#REF!</definedName>
     <definedName name="ipdi2002_08" localSheetId="0">#REF!</definedName>
@@ -6010,883 +6712,1003 @@
     <definedName name="ipdi2004_07">#REF!</definedName>
     <definedName name="ipdi2004_08" localSheetId="1">#REF!</definedName>
     <definedName name="ipdi2004_08" localSheetId="0">#REF!</definedName>
     <definedName name="ipdi2004_08">#REF!</definedName>
     <definedName name="ipdi2004_09" localSheetId="1">#REF!</definedName>
     <definedName name="ipdi2004_09" localSheetId="0">#REF!</definedName>
     <definedName name="ipdi2004_09">#REF!</definedName>
     <definedName name="ipdi2004_10" localSheetId="1">#REF!</definedName>
     <definedName name="ipdi2004_10" localSheetId="0">#REF!</definedName>
     <definedName name="ipdi2004_10">#REF!</definedName>
     <definedName name="ipdi2004_11" localSheetId="1">#REF!</definedName>
     <definedName name="ipdi2004_11" localSheetId="0">#REF!</definedName>
     <definedName name="ipdi2004_11">#REF!</definedName>
     <definedName name="ipdi2004_12" localSheetId="1">#REF!</definedName>
     <definedName name="ipdi2004_12" localSheetId="0">#REF!</definedName>
     <definedName name="ipdi2004_12">#REF!</definedName>
     <definedName name="IRRSolver" localSheetId="1">#REF!</definedName>
     <definedName name="IRRSolver" localSheetId="0">#REF!</definedName>
     <definedName name="IRRSolver">#REF!</definedName>
     <definedName name="isat2002" localSheetId="3">#REF!</definedName>
     <definedName name="isat2002" localSheetId="7">#REF!</definedName>
     <definedName name="isat2002" localSheetId="1">#REF!</definedName>
     <definedName name="isat2002" localSheetId="0">#REF!</definedName>
     <definedName name="isat2002" localSheetId="2">#REF!</definedName>
     <definedName name="isat2002" localSheetId="4">#REF!</definedName>
+    <definedName name="isat2002" localSheetId="10">#REF!</definedName>
+    <definedName name="isat2002" localSheetId="9">#REF!</definedName>
     <definedName name="isat2002" localSheetId="8">#REF!</definedName>
     <definedName name="isat2002">#REF!</definedName>
     <definedName name="iSatrQ304" localSheetId="1">#REF!</definedName>
     <definedName name="iSatrQ304" localSheetId="0">#REF!</definedName>
     <definedName name="iSatrQ304">#REF!</definedName>
     <definedName name="isretrieve" localSheetId="3">#REF!</definedName>
     <definedName name="isretrieve" localSheetId="7">#REF!</definedName>
     <definedName name="isretrieve" localSheetId="1">#REF!</definedName>
     <definedName name="isretrieve" localSheetId="0">#REF!</definedName>
     <definedName name="isretrieve" localSheetId="6">#REF!</definedName>
     <definedName name="isretrieve" localSheetId="5">#REF!</definedName>
     <definedName name="isretrieve" localSheetId="2">#REF!</definedName>
     <definedName name="isretrieve" localSheetId="4">#REF!</definedName>
+    <definedName name="isretrieve" localSheetId="10">#REF!</definedName>
+    <definedName name="isretrieve" localSheetId="9">#REF!</definedName>
     <definedName name="isretrieve" localSheetId="8">#REF!</definedName>
     <definedName name="isretrieve">#REF!</definedName>
     <definedName name="Issuance" localSheetId="3">#REF!</definedName>
     <definedName name="Issuance" localSheetId="7">#REF!</definedName>
     <definedName name="Issuance" localSheetId="1">#REF!</definedName>
     <definedName name="Issuance" localSheetId="0">#REF!</definedName>
     <definedName name="Issuance" localSheetId="6">#REF!</definedName>
     <definedName name="Issuance" localSheetId="5">#REF!</definedName>
     <definedName name="Issuance" localSheetId="2">#REF!</definedName>
     <definedName name="Issuance" localSheetId="4">#REF!</definedName>
+    <definedName name="Issuance" localSheetId="10">#REF!</definedName>
+    <definedName name="Issuance" localSheetId="9">#REF!</definedName>
     <definedName name="Issuance" localSheetId="8">#REF!</definedName>
     <definedName name="Issuance">#REF!</definedName>
     <definedName name="issue_month" localSheetId="1">#REF!</definedName>
     <definedName name="issue_month" localSheetId="0">#REF!</definedName>
     <definedName name="issue_month">#REF!</definedName>
     <definedName name="issue_year" localSheetId="1">#REF!</definedName>
     <definedName name="issue_year" localSheetId="0">#REF!</definedName>
     <definedName name="issue_year">#REF!</definedName>
     <definedName name="Issuer_Lookup_FF" localSheetId="3">#REF!</definedName>
     <definedName name="Issuer_Lookup_FF" localSheetId="7">#REF!</definedName>
     <definedName name="Issuer_Lookup_FF" localSheetId="1">#REF!</definedName>
     <definedName name="Issuer_Lookup_FF" localSheetId="0">#REF!</definedName>
     <definedName name="Issuer_Lookup_FF" localSheetId="6">#REF!</definedName>
     <definedName name="Issuer_Lookup_FF" localSheetId="5">#REF!</definedName>
     <definedName name="Issuer_Lookup_FF" localSheetId="2">#REF!</definedName>
     <definedName name="Issuer_Lookup_FF" localSheetId="4">#REF!</definedName>
+    <definedName name="Issuer_Lookup_FF" localSheetId="10">#REF!</definedName>
+    <definedName name="Issuer_Lookup_FF" localSheetId="9">#REF!</definedName>
     <definedName name="Issuer_Lookup_FF" localSheetId="8">#REF!</definedName>
     <definedName name="Issuer_Lookup_FF">#REF!</definedName>
     <definedName name="Issuer_Lookup_RM" localSheetId="3">#REF!</definedName>
     <definedName name="Issuer_Lookup_RM" localSheetId="7">#REF!</definedName>
     <definedName name="Issuer_Lookup_RM" localSheetId="1">#REF!</definedName>
     <definedName name="Issuer_Lookup_RM" localSheetId="0">#REF!</definedName>
     <definedName name="Issuer_Lookup_RM" localSheetId="6">#REF!</definedName>
     <definedName name="Issuer_Lookup_RM" localSheetId="5">#REF!</definedName>
     <definedName name="Issuer_Lookup_RM" localSheetId="2">#REF!</definedName>
     <definedName name="Issuer_Lookup_RM" localSheetId="4">#REF!</definedName>
+    <definedName name="Issuer_Lookup_RM" localSheetId="10">#REF!</definedName>
+    <definedName name="Issuer_Lookup_RM" localSheetId="9">#REF!</definedName>
     <definedName name="Issuer_Lookup_RM" localSheetId="8">#REF!</definedName>
     <definedName name="Issuer_Lookup_RM">#REF!</definedName>
     <definedName name="Issuer_Lookup_WMC" localSheetId="3">#REF!</definedName>
     <definedName name="Issuer_Lookup_WMC" localSheetId="7">#REF!</definedName>
     <definedName name="Issuer_Lookup_WMC" localSheetId="1">#REF!</definedName>
     <definedName name="Issuer_Lookup_WMC" localSheetId="0">#REF!</definedName>
     <definedName name="Issuer_Lookup_WMC" localSheetId="6">#REF!</definedName>
     <definedName name="Issuer_Lookup_WMC" localSheetId="5">#REF!</definedName>
     <definedName name="Issuer_Lookup_WMC" localSheetId="2">#REF!</definedName>
     <definedName name="Issuer_Lookup_WMC" localSheetId="4">#REF!</definedName>
+    <definedName name="Issuer_Lookup_WMC" localSheetId="10">#REF!</definedName>
+    <definedName name="Issuer_Lookup_WMC" localSheetId="9">#REF!</definedName>
     <definedName name="Issuer_Lookup_WMC" localSheetId="8">#REF!</definedName>
     <definedName name="Issuer_Lookup_WMC">#REF!</definedName>
     <definedName name="Issuer_Rank_By_60_" localSheetId="1">#REF!</definedName>
     <definedName name="Issuer_Rank_By_60_" localSheetId="0">#REF!</definedName>
     <definedName name="Issuer_Rank_By_60_">#REF!</definedName>
     <definedName name="iStarq104" localSheetId="3">#REF!</definedName>
     <definedName name="iStarq104" localSheetId="7">#REF!</definedName>
     <definedName name="iStarq104" localSheetId="1">#REF!</definedName>
     <definedName name="iStarq104" localSheetId="0">#REF!</definedName>
     <definedName name="iStarq104" localSheetId="2">#REF!</definedName>
     <definedName name="iStarq104" localSheetId="4">#REF!</definedName>
+    <definedName name="iStarq104" localSheetId="10">#REF!</definedName>
+    <definedName name="iStarq104" localSheetId="9">#REF!</definedName>
     <definedName name="iStarq104" localSheetId="8">#REF!</definedName>
     <definedName name="iStarq104">#REF!</definedName>
     <definedName name="iStarq204" localSheetId="3">#REF!</definedName>
     <definedName name="iStarq204" localSheetId="7">#REF!</definedName>
     <definedName name="iStarq204" localSheetId="1">#REF!</definedName>
     <definedName name="iStarq204" localSheetId="0">#REF!</definedName>
     <definedName name="iStarq204" localSheetId="2">#REF!</definedName>
     <definedName name="iStarq204" localSheetId="4">#REF!</definedName>
+    <definedName name="iStarq204" localSheetId="10">#REF!</definedName>
+    <definedName name="iStarq204" localSheetId="9">#REF!</definedName>
     <definedName name="iStarq204" localSheetId="8">#REF!</definedName>
     <definedName name="iStarq204">#REF!</definedName>
     <definedName name="iStarq304" localSheetId="3">#REF!</definedName>
     <definedName name="iStarq304" localSheetId="7">#REF!</definedName>
     <definedName name="iStarq304" localSheetId="1">#REF!</definedName>
     <definedName name="iStarq304" localSheetId="0">#REF!</definedName>
     <definedName name="iStarq304" localSheetId="2">#REF!</definedName>
     <definedName name="iStarq304" localSheetId="4">#REF!</definedName>
+    <definedName name="iStarq304" localSheetId="10">#REF!</definedName>
+    <definedName name="iStarq304" localSheetId="9">#REF!</definedName>
     <definedName name="iStarq304" localSheetId="8">#REF!</definedName>
     <definedName name="iStarq304">#REF!</definedName>
     <definedName name="iStarq404" localSheetId="3">#REF!</definedName>
     <definedName name="iStarq404" localSheetId="7">#REF!</definedName>
     <definedName name="iStarq404" localSheetId="1">#REF!</definedName>
     <definedName name="iStarq404" localSheetId="0">#REF!</definedName>
     <definedName name="iStarq404" localSheetId="2">#REF!</definedName>
     <definedName name="iStarq404" localSheetId="4">#REF!</definedName>
+    <definedName name="iStarq404" localSheetId="10">#REF!</definedName>
+    <definedName name="iStarq404" localSheetId="9">#REF!</definedName>
     <definedName name="iStarq404" localSheetId="8">#REF!</definedName>
     <definedName name="iStarq404">#REF!</definedName>
     <definedName name="J3_" localSheetId="1">#REF!</definedName>
     <definedName name="J3_" localSheetId="0">#REF!</definedName>
     <definedName name="J3_">#REF!</definedName>
     <definedName name="JE26184_____Correct_Peoplesoft_truncation" localSheetId="1">#REF!</definedName>
     <definedName name="JE26184_____Correct_Peoplesoft_truncation" localSheetId="0">#REF!</definedName>
     <definedName name="JE26184_____Correct_Peoplesoft_truncation">#REF!</definedName>
     <definedName name="jhg" localSheetId="1">#REF!</definedName>
     <definedName name="jhg" localSheetId="0">#REF!</definedName>
     <definedName name="jhg">#REF!</definedName>
     <definedName name="jmnbvgf" localSheetId="1">#REF!</definedName>
     <definedName name="jmnbvgf" localSheetId="0">#REF!</definedName>
     <definedName name="jmnbvgf">#REF!</definedName>
     <definedName name="jnbv" localSheetId="3">#REF!</definedName>
     <definedName name="jnbv" localSheetId="7">#REF!</definedName>
     <definedName name="jnbv" localSheetId="1">#REF!</definedName>
     <definedName name="jnbv" localSheetId="0">#REF!</definedName>
     <definedName name="jnbv" localSheetId="2">#REF!</definedName>
     <definedName name="jnbv" localSheetId="4">#REF!</definedName>
+    <definedName name="jnbv" localSheetId="10">#REF!</definedName>
+    <definedName name="jnbv" localSheetId="9">#REF!</definedName>
     <definedName name="jnbv" localSheetId="8">#REF!</definedName>
     <definedName name="jnbv">#REF!</definedName>
     <definedName name="jnydtr" localSheetId="3">#REF!</definedName>
     <definedName name="jnydtr" localSheetId="7">#REF!</definedName>
     <definedName name="jnydtr" localSheetId="1">#REF!</definedName>
     <definedName name="jnydtr" localSheetId="0">#REF!</definedName>
     <definedName name="jnydtr" localSheetId="2">#REF!</definedName>
     <definedName name="jnydtr" localSheetId="4">#REF!</definedName>
+    <definedName name="jnydtr" localSheetId="10">#REF!</definedName>
+    <definedName name="jnydtr" localSheetId="9">#REF!</definedName>
     <definedName name="jnydtr" localSheetId="8">#REF!</definedName>
     <definedName name="jnydtr">#REF!</definedName>
     <definedName name="Journal_Entry_No" localSheetId="1">#REF!</definedName>
     <definedName name="Journal_Entry_No" localSheetId="0">#REF!</definedName>
     <definedName name="Journal_Entry_No">#REF!</definedName>
     <definedName name="Journal_Entry_Source" localSheetId="1">#REF!</definedName>
     <definedName name="Journal_Entry_Source" localSheetId="0">#REF!</definedName>
     <definedName name="Journal_Entry_Source">#REF!</definedName>
     <definedName name="Journal_ID" localSheetId="1">#REF!</definedName>
     <definedName name="Journal_ID" localSheetId="0">#REF!</definedName>
     <definedName name="Journal_ID">#REF!</definedName>
     <definedName name="Journal_ID_C" localSheetId="1">#REF!</definedName>
     <definedName name="Journal_ID_C" localSheetId="0">#REF!</definedName>
     <definedName name="Journal_ID_C">#REF!</definedName>
     <definedName name="Journal_ID_REO" localSheetId="1">#REF!</definedName>
     <definedName name="Journal_ID_REO" localSheetId="0">#REF!</definedName>
     <definedName name="Journal_ID_REO">#REF!</definedName>
     <definedName name="Journal_ID_RS" localSheetId="1">#REF!</definedName>
     <definedName name="Journal_ID_RS" localSheetId="0">#REF!</definedName>
     <definedName name="Journal_ID_RS">#REF!</definedName>
     <definedName name="Journal_ID_S" localSheetId="3">#REF!</definedName>
     <definedName name="Journal_ID_S" localSheetId="7">#REF!</definedName>
     <definedName name="Journal_ID_S" localSheetId="1">#REF!</definedName>
     <definedName name="Journal_ID_S" localSheetId="0">#REF!</definedName>
     <definedName name="Journal_ID_S" localSheetId="2">#REF!</definedName>
     <definedName name="Journal_ID_S" localSheetId="4">#REF!</definedName>
+    <definedName name="Journal_ID_S" localSheetId="10">#REF!</definedName>
+    <definedName name="Journal_ID_S" localSheetId="9">#REF!</definedName>
     <definedName name="Journal_ID_S" localSheetId="8">#REF!</definedName>
     <definedName name="Journal_ID_S">#REF!</definedName>
     <definedName name="Journal_ID_T" localSheetId="1">#REF!</definedName>
     <definedName name="Journal_ID_T" localSheetId="0">#REF!</definedName>
     <definedName name="Journal_ID_T">#REF!</definedName>
     <definedName name="JRNL_IDTN_CD" localSheetId="3">#REF!</definedName>
     <definedName name="JRNL_IDTN_CD" localSheetId="7">#REF!</definedName>
     <definedName name="JRNL_IDTN_CD" localSheetId="1">#REF!</definedName>
     <definedName name="JRNL_IDTN_CD" localSheetId="0">#REF!</definedName>
     <definedName name="JRNL_IDTN_CD" localSheetId="6">#REF!</definedName>
     <definedName name="JRNL_IDTN_CD" localSheetId="5">#REF!</definedName>
     <definedName name="JRNL_IDTN_CD" localSheetId="2">#REF!</definedName>
     <definedName name="JRNL_IDTN_CD" localSheetId="4">#REF!</definedName>
+    <definedName name="JRNL_IDTN_CD" localSheetId="10">#REF!</definedName>
+    <definedName name="JRNL_IDTN_CD" localSheetId="9">#REF!</definedName>
     <definedName name="JRNL_IDTN_CD" localSheetId="8">#REF!</definedName>
     <definedName name="JRNL_IDTN_CD">#REF!</definedName>
     <definedName name="jufgb" localSheetId="3">#REF!</definedName>
     <definedName name="jufgb" localSheetId="7">#REF!</definedName>
     <definedName name="jufgb" localSheetId="1">#REF!</definedName>
     <definedName name="jufgb" localSheetId="0">#REF!</definedName>
     <definedName name="jufgb" localSheetId="6">#REF!</definedName>
     <definedName name="jufgb" localSheetId="5">#REF!</definedName>
     <definedName name="jufgb" localSheetId="2">#REF!</definedName>
     <definedName name="jufgb" localSheetId="4">#REF!</definedName>
+    <definedName name="jufgb" localSheetId="10">#REF!</definedName>
+    <definedName name="jufgb" localSheetId="9">#REF!</definedName>
     <definedName name="jufgb" localSheetId="8">#REF!</definedName>
     <definedName name="jufgb">#REF!</definedName>
     <definedName name="June">#REF!</definedName>
     <definedName name="JV" localSheetId="1">#REF!</definedName>
     <definedName name="JV" localSheetId="0">#REF!</definedName>
     <definedName name="JV">#REF!</definedName>
     <definedName name="JV_Cntrl_Tot_C" localSheetId="1">#REF!</definedName>
     <definedName name="JV_Cntrl_Tot_C" localSheetId="0">#REF!</definedName>
     <definedName name="JV_Cntrl_Tot_C">#REF!</definedName>
     <definedName name="JV_Cntrl_Tot_O" localSheetId="1">#REF!</definedName>
     <definedName name="JV_Cntrl_Tot_O" localSheetId="0">#REF!</definedName>
     <definedName name="JV_Cntrl_Tot_O">#REF!</definedName>
     <definedName name="JV_Cntrl_Tot_S" localSheetId="3">#REF!</definedName>
     <definedName name="JV_Cntrl_Tot_S" localSheetId="7">#REF!</definedName>
     <definedName name="JV_Cntrl_Tot_S" localSheetId="1">#REF!</definedName>
     <definedName name="JV_Cntrl_Tot_S" localSheetId="0">#REF!</definedName>
     <definedName name="JV_Cntrl_Tot_S" localSheetId="2">#REF!</definedName>
     <definedName name="JV_Cntrl_Tot_S" localSheetId="4">#REF!</definedName>
+    <definedName name="JV_Cntrl_Tot_S" localSheetId="10">#REF!</definedName>
+    <definedName name="JV_Cntrl_Tot_S" localSheetId="9">#REF!</definedName>
     <definedName name="JV_Cntrl_Tot_S" localSheetId="8">#REF!</definedName>
     <definedName name="JV_Cntrl_Tot_S">#REF!</definedName>
     <definedName name="JV_hash_2002" localSheetId="1">#REF!</definedName>
     <definedName name="JV_hash_2002" localSheetId="0">#REF!</definedName>
     <definedName name="JV_hash_2002">#REF!</definedName>
     <definedName name="JV_Type_C" localSheetId="1">#REF!</definedName>
     <definedName name="JV_Type_C" localSheetId="0">#REF!</definedName>
     <definedName name="JV_Type_C">#REF!</definedName>
     <definedName name="JV_Type_RS" localSheetId="1">#REF!</definedName>
     <definedName name="JV_Type_RS" localSheetId="0">#REF!</definedName>
     <definedName name="JV_Type_RS">#REF!</definedName>
     <definedName name="JV_Type_S" localSheetId="3">#REF!</definedName>
     <definedName name="JV_Type_S" localSheetId="7">#REF!</definedName>
     <definedName name="JV_Type_S" localSheetId="1">#REF!</definedName>
     <definedName name="JV_Type_S" localSheetId="0">#REF!</definedName>
     <definedName name="JV_Type_S" localSheetId="2">#REF!</definedName>
     <definedName name="JV_Type_S" localSheetId="4">#REF!</definedName>
+    <definedName name="JV_Type_S" localSheetId="10">#REF!</definedName>
+    <definedName name="JV_Type_S" localSheetId="9">#REF!</definedName>
     <definedName name="JV_Type_S" localSheetId="8">#REF!</definedName>
     <definedName name="JV_Type_S">#REF!</definedName>
     <definedName name="JV_Type_T" localSheetId="1">#REF!</definedName>
     <definedName name="JV_Type_T" localSheetId="0">#REF!</definedName>
     <definedName name="JV_Type_T">#REF!</definedName>
     <definedName name="kata_array" localSheetId="1">#REF!</definedName>
     <definedName name="kata_array" localSheetId="0">#REF!</definedName>
     <definedName name="kata_array">#REF!</definedName>
     <definedName name="kata_data" localSheetId="1">#REF!</definedName>
     <definedName name="kata_data" localSheetId="0">#REF!</definedName>
     <definedName name="kata_data">#REF!</definedName>
     <definedName name="Key" localSheetId="1">#REF!</definedName>
     <definedName name="Key" localSheetId="0">#REF!</definedName>
     <definedName name="Key">#REF!</definedName>
     <definedName name="kikuk" localSheetId="1">#REF!</definedName>
     <definedName name="kikuk" localSheetId="0">#REF!</definedName>
     <definedName name="kikuk">#REF!</definedName>
     <definedName name="kjhgf" localSheetId="3">#REF!</definedName>
     <definedName name="kjhgf" localSheetId="7">#REF!</definedName>
     <definedName name="kjhgf" localSheetId="1">#REF!</definedName>
     <definedName name="kjhgf" localSheetId="0">#REF!</definedName>
     <definedName name="kjhgf" localSheetId="6">#REF!</definedName>
     <definedName name="kjhgf" localSheetId="5">#REF!</definedName>
     <definedName name="kjhgf" localSheetId="2">#REF!</definedName>
     <definedName name="kjhgf" localSheetId="4">#REF!</definedName>
+    <definedName name="kjhgf" localSheetId="10">#REF!</definedName>
+    <definedName name="kjhgf" localSheetId="9">#REF!</definedName>
     <definedName name="kjhgf" localSheetId="8">#REF!</definedName>
     <definedName name="kjhgf">#REF!</definedName>
     <definedName name="kjhgfv" localSheetId="1">#REF!</definedName>
     <definedName name="kjhgfv" localSheetId="0">#REF!</definedName>
     <definedName name="kjhgfv">#REF!</definedName>
     <definedName name="LAST_OPT_EXER_DT" localSheetId="1">#REF!</definedName>
     <definedName name="LAST_OPT_EXER_DT" localSheetId="0">#REF!</definedName>
     <definedName name="LAST_OPT_EXER_DT">#REF!</definedName>
     <definedName name="Last_Row" localSheetId="3">IF(#REF!,#REF!+#REF!,#REF!)</definedName>
     <definedName name="Last_Row" localSheetId="7">IF(#REF!,#REF!+#REF!,#REF!)</definedName>
     <definedName name="Last_Row" localSheetId="1">IF(#REF!,#REF!+#REF!,#REF!)</definedName>
     <definedName name="Last_Row" localSheetId="0">IF(#REF!,#REF!+#REF!,#REF!)</definedName>
     <definedName name="Last_Row" localSheetId="6">IF(#REF!,#REF!+#REF!,#REF!)</definedName>
     <definedName name="Last_Row" localSheetId="5">IF(#REF!,#REF!+#REF!,#REF!)</definedName>
     <definedName name="Last_Row" localSheetId="2">IF(#REF!,#REF!+#REF!,#REF!)</definedName>
     <definedName name="Last_Row" localSheetId="4">IF(#REF!,#REF!+#REF!,#REF!)</definedName>
+    <definedName name="Last_Row" localSheetId="10">IF(#REF!,#REF!+#REF!,#REF!)</definedName>
+    <definedName name="Last_Row" localSheetId="9">IF(#REF!,#REF!+#REF!,#REF!)</definedName>
     <definedName name="Last_Row" localSheetId="8">IF(#REF!,#REF!+#REF!,#REF!)</definedName>
     <definedName name="Last_Row">IF([0]!Values_Entered,[0]!Header_Row+[0]!Number_of_Payments,[0]!Header_Row)</definedName>
     <definedName name="Last_Updated" localSheetId="1">#REF!</definedName>
     <definedName name="Last_Updated" localSheetId="0">#REF!</definedName>
     <definedName name="Last_Updated">#REF!</definedName>
     <definedName name="LastHeaderCol" localSheetId="1">#REF!</definedName>
     <definedName name="LastHeaderCol" localSheetId="0">#REF!</definedName>
     <definedName name="LastHeaderCol">#REF!</definedName>
     <definedName name="LastLineCol" localSheetId="1">#REF!</definedName>
     <definedName name="LastLineCol" localSheetId="0">#REF!</definedName>
     <definedName name="LastLineCol">#REF!</definedName>
     <definedName name="Lead" localSheetId="3">#REF!</definedName>
     <definedName name="Lead" localSheetId="7">#REF!</definedName>
     <definedName name="Lead" localSheetId="1">#REF!</definedName>
     <definedName name="Lead" localSheetId="0">#REF!</definedName>
     <definedName name="Lead" localSheetId="6">#REF!</definedName>
     <definedName name="Lead" localSheetId="5">#REF!</definedName>
     <definedName name="Lead" localSheetId="2">#REF!</definedName>
     <definedName name="Lead" localSheetId="4">#REF!</definedName>
+    <definedName name="Lead" localSheetId="10">#REF!</definedName>
+    <definedName name="Lead" localSheetId="9">#REF!</definedName>
     <definedName name="Lead" localSheetId="8">#REF!</definedName>
     <definedName name="Lead">#REF!</definedName>
     <definedName name="Ledger" localSheetId="1">#REF!</definedName>
     <definedName name="Ledger" localSheetId="0">#REF!</definedName>
     <definedName name="Ledger">#REF!</definedName>
     <definedName name="LenC2" localSheetId="3">#REF!</definedName>
     <definedName name="LenC2" localSheetId="7">#REF!</definedName>
     <definedName name="LenC2" localSheetId="1">#REF!</definedName>
     <definedName name="LenC2" localSheetId="0">#REF!</definedName>
     <definedName name="LenC2" localSheetId="6">#REF!</definedName>
     <definedName name="LenC2" localSheetId="5">#REF!</definedName>
     <definedName name="LenC2" localSheetId="2">#REF!</definedName>
     <definedName name="LenC2" localSheetId="4">#REF!</definedName>
+    <definedName name="LenC2" localSheetId="10">#REF!</definedName>
+    <definedName name="LenC2" localSheetId="9">#REF!</definedName>
     <definedName name="LenC2" localSheetId="8">#REF!</definedName>
     <definedName name="LenC2">#REF!</definedName>
     <definedName name="Lender1stLoss" localSheetId="3">#REF!</definedName>
     <definedName name="Lender1stLoss" localSheetId="7">#REF!</definedName>
     <definedName name="Lender1stLoss" localSheetId="1">#REF!</definedName>
     <definedName name="Lender1stLoss" localSheetId="0">#REF!</definedName>
     <definedName name="Lender1stLoss" localSheetId="2">#REF!</definedName>
     <definedName name="Lender1stLoss" localSheetId="4">#REF!</definedName>
+    <definedName name="Lender1stLoss" localSheetId="10">#REF!</definedName>
+    <definedName name="Lender1stLoss" localSheetId="9">#REF!</definedName>
     <definedName name="Lender1stLoss" localSheetId="8">#REF!</definedName>
     <definedName name="Lender1stLoss">#REF!</definedName>
     <definedName name="LenderLoss" localSheetId="3">#REF!</definedName>
     <definedName name="LenderLoss" localSheetId="7">#REF!</definedName>
     <definedName name="LenderLoss" localSheetId="1">#REF!</definedName>
     <definedName name="LenderLoss" localSheetId="0">#REF!</definedName>
     <definedName name="LenderLoss" localSheetId="2">#REF!</definedName>
     <definedName name="LenderLoss" localSheetId="4">#REF!</definedName>
+    <definedName name="LenderLoss" localSheetId="10">#REF!</definedName>
+    <definedName name="LenderLoss" localSheetId="9">#REF!</definedName>
     <definedName name="LenderLoss" localSheetId="8">#REF!</definedName>
     <definedName name="LenderLoss">#REF!</definedName>
     <definedName name="LIHTC" localSheetId="3">#REF!</definedName>
     <definedName name="LIHTC" localSheetId="7">#REF!</definedName>
     <definedName name="LIHTC" localSheetId="1">#REF!</definedName>
     <definedName name="LIHTC" localSheetId="0">#REF!</definedName>
     <definedName name="LIHTC" localSheetId="2">#REF!</definedName>
     <definedName name="LIHTC" localSheetId="4">#REF!</definedName>
+    <definedName name="LIHTC" localSheetId="10">#REF!</definedName>
+    <definedName name="LIHTC" localSheetId="9">#REF!</definedName>
     <definedName name="LIHTC" localSheetId="8">#REF!</definedName>
     <definedName name="LIHTC">#REF!</definedName>
     <definedName name="Line_Description" localSheetId="1">#REF!</definedName>
     <definedName name="Line_Description" localSheetId="0">#REF!</definedName>
     <definedName name="Line_Description">#REF!</definedName>
     <definedName name="Line_Description_C" localSheetId="1">#REF!</definedName>
     <definedName name="Line_Description_C" localSheetId="0">#REF!</definedName>
     <definedName name="Line_Description_C">#REF!</definedName>
     <definedName name="Line_Description_REO" localSheetId="1">#REF!</definedName>
     <definedName name="Line_Description_REO" localSheetId="0">#REF!</definedName>
     <definedName name="Line_Description_REO">#REF!</definedName>
     <definedName name="Line_Description_RS" localSheetId="1">#REF!</definedName>
     <definedName name="Line_Description_RS" localSheetId="0">#REF!</definedName>
     <definedName name="Line_Description_RS">#REF!</definedName>
     <definedName name="Line_Description_S" localSheetId="3">#REF!</definedName>
     <definedName name="Line_Description_S" localSheetId="7">#REF!</definedName>
     <definedName name="Line_Description_S" localSheetId="1">#REF!</definedName>
     <definedName name="Line_Description_S" localSheetId="0">#REF!</definedName>
     <definedName name="Line_Description_S" localSheetId="2">#REF!</definedName>
     <definedName name="Line_Description_S" localSheetId="4">#REF!</definedName>
+    <definedName name="Line_Description_S" localSheetId="10">#REF!</definedName>
+    <definedName name="Line_Description_S" localSheetId="9">#REF!</definedName>
     <definedName name="Line_Description_S" localSheetId="8">#REF!</definedName>
     <definedName name="Line_Description_S">#REF!</definedName>
     <definedName name="Line_Description_T" localSheetId="1">#REF!</definedName>
     <definedName name="Line_Description_T" localSheetId="0">#REF!</definedName>
     <definedName name="Line_Description_T">#REF!</definedName>
     <definedName name="LIP_Monthly_Matrix" localSheetId="1">#REF!</definedName>
     <definedName name="LIP_Monthly_Matrix" localSheetId="0">#REF!</definedName>
     <definedName name="LIP_Monthly_Matrix">#REF!</definedName>
     <definedName name="LIP_Monthly_Stat_Accounts" localSheetId="3">#REF!</definedName>
     <definedName name="LIP_Monthly_Stat_Accounts" localSheetId="7">#REF!</definedName>
     <definedName name="LIP_Monthly_Stat_Accounts" localSheetId="1">#REF!</definedName>
     <definedName name="LIP_Monthly_Stat_Accounts" localSheetId="0">#REF!</definedName>
     <definedName name="LIP_Monthly_Stat_Accounts" localSheetId="6">#REF!</definedName>
     <definedName name="LIP_Monthly_Stat_Accounts" localSheetId="5">#REF!</definedName>
     <definedName name="LIP_Monthly_Stat_Accounts" localSheetId="2">#REF!</definedName>
     <definedName name="LIP_Monthly_Stat_Accounts" localSheetId="4">#REF!</definedName>
+    <definedName name="LIP_Monthly_Stat_Accounts" localSheetId="10">#REF!</definedName>
+    <definedName name="LIP_Monthly_Stat_Accounts" localSheetId="9">#REF!</definedName>
     <definedName name="LIP_Monthly_Stat_Accounts" localSheetId="8">#REF!</definedName>
     <definedName name="LIP_Monthly_Stat_Accounts">#REF!</definedName>
     <definedName name="lllll" localSheetId="1">#REF!</definedName>
     <definedName name="lllll" localSheetId="0">#REF!</definedName>
     <definedName name="lllll">#REF!</definedName>
     <definedName name="Loan_Amount" localSheetId="1">#REF!</definedName>
     <definedName name="Loan_Amount" localSheetId="0">#REF!</definedName>
     <definedName name="Loan_Amount">#REF!</definedName>
     <definedName name="Loan_Start" localSheetId="1">#REF!</definedName>
     <definedName name="Loan_Start" localSheetId="0">#REF!</definedName>
     <definedName name="Loan_Start">#REF!</definedName>
     <definedName name="Loan_Years" localSheetId="1">#REF!</definedName>
     <definedName name="Loan_Years" localSheetId="0">#REF!</definedName>
     <definedName name="Loan_Years">#REF!</definedName>
     <definedName name="Lookup_Account_Codes" localSheetId="3">#REF!</definedName>
     <definedName name="Lookup_Account_Codes" localSheetId="7">#REF!</definedName>
     <definedName name="Lookup_Account_Codes" localSheetId="1">#REF!</definedName>
     <definedName name="Lookup_Account_Codes" localSheetId="0">#REF!</definedName>
     <definedName name="Lookup_Account_Codes" localSheetId="6">#REF!</definedName>
     <definedName name="Lookup_Account_Codes" localSheetId="5">#REF!</definedName>
     <definedName name="Lookup_Account_Codes" localSheetId="2">#REF!</definedName>
     <definedName name="Lookup_Account_Codes" localSheetId="4">#REF!</definedName>
+    <definedName name="Lookup_Account_Codes" localSheetId="10">#REF!</definedName>
+    <definedName name="Lookup_Account_Codes" localSheetId="9">#REF!</definedName>
     <definedName name="Lookup_Account_Codes" localSheetId="8">#REF!</definedName>
     <definedName name="Lookup_Account_Codes">#REF!</definedName>
     <definedName name="Lookups_2" localSheetId="3">#REF!</definedName>
     <definedName name="Lookups_2" localSheetId="7">#REF!</definedName>
     <definedName name="Lookups_2" localSheetId="1">#REF!</definedName>
     <definedName name="Lookups_2" localSheetId="0">#REF!</definedName>
     <definedName name="Lookups_2" localSheetId="6">#REF!</definedName>
     <definedName name="Lookups_2" localSheetId="5">#REF!</definedName>
     <definedName name="Lookups_2" localSheetId="2">#REF!</definedName>
     <definedName name="Lookups_2" localSheetId="4">#REF!</definedName>
+    <definedName name="Lookups_2" localSheetId="10">#REF!</definedName>
+    <definedName name="Lookups_2" localSheetId="9">#REF!</definedName>
     <definedName name="Lookups_2" localSheetId="8">#REF!</definedName>
     <definedName name="Lookups_2">#REF!</definedName>
     <definedName name="Lookups_3" localSheetId="3">#REF!</definedName>
     <definedName name="Lookups_3" localSheetId="7">#REF!</definedName>
     <definedName name="Lookups_3" localSheetId="1">#REF!</definedName>
     <definedName name="Lookups_3" localSheetId="0">#REF!</definedName>
     <definedName name="Lookups_3" localSheetId="6">#REF!</definedName>
     <definedName name="Lookups_3" localSheetId="5">#REF!</definedName>
     <definedName name="Lookups_3" localSheetId="2">#REF!</definedName>
     <definedName name="Lookups_3" localSheetId="4">#REF!</definedName>
+    <definedName name="Lookups_3" localSheetId="10">#REF!</definedName>
+    <definedName name="Lookups_3" localSheetId="9">#REF!</definedName>
     <definedName name="Lookups_3" localSheetId="8">#REF!</definedName>
     <definedName name="Lookups_3">#REF!</definedName>
     <definedName name="LossInputsKeystone" localSheetId="1">#REF!</definedName>
     <definedName name="LossInputsKeystone" localSheetId="0">#REF!</definedName>
     <definedName name="LossInputsKeystone">#REF!</definedName>
     <definedName name="LossResultsKeystone" localSheetId="1">#REF!</definedName>
     <definedName name="LossResultsKeystone" localSheetId="0">#REF!</definedName>
     <definedName name="LossResultsKeystone">#REF!</definedName>
     <definedName name="LossSharing" localSheetId="3">#REF!</definedName>
     <definedName name="LossSharing" localSheetId="7">#REF!</definedName>
     <definedName name="LossSharing" localSheetId="1">#REF!</definedName>
     <definedName name="LossSharing" localSheetId="0">#REF!</definedName>
     <definedName name="LossSharing" localSheetId="2">#REF!</definedName>
     <definedName name="LossSharing" localSheetId="4">#REF!</definedName>
+    <definedName name="LossSharing" localSheetId="10">#REF!</definedName>
+    <definedName name="LossSharing" localSheetId="9">#REF!</definedName>
     <definedName name="LossSharing" localSheetId="8">#REF!</definedName>
     <definedName name="LossSharing">#REF!</definedName>
     <definedName name="Main_Path" localSheetId="1">#REF!</definedName>
     <definedName name="Main_Path" localSheetId="0">#REF!</definedName>
     <definedName name="Main_Path">#REF!</definedName>
     <definedName name="MAN_IPDI_ISTAR" localSheetId="1">#REF!</definedName>
     <definedName name="MAN_IPDI_ISTAR" localSheetId="0">#REF!</definedName>
     <definedName name="MAN_IPDI_ISTAR">#REF!</definedName>
     <definedName name="MAN_IPDI_STAR" localSheetId="1">#REF!</definedName>
     <definedName name="MAN_IPDI_STAR" localSheetId="0">#REF!</definedName>
     <definedName name="MAN_IPDI_STAR">#REF!</definedName>
     <definedName name="MAN_JV_ISTAR" localSheetId="1">#REF!</definedName>
     <definedName name="MAN_JV_ISTAR" localSheetId="0">#REF!</definedName>
     <definedName name="MAN_JV_ISTAR">#REF!</definedName>
     <definedName name="MAN_JV_STAR" localSheetId="1">#REF!</definedName>
     <definedName name="MAN_JV_STAR" localSheetId="0">#REF!</definedName>
     <definedName name="MAN_JV_STAR">#REF!</definedName>
     <definedName name="MAN_NO_REVERSE" localSheetId="1">#REF!</definedName>
     <definedName name="MAN_NO_REVERSE" localSheetId="0">#REF!</definedName>
     <definedName name="MAN_NO_REVERSE">#REF!</definedName>
     <definedName name="MAN_REVERSE_DEBT" localSheetId="1">#REF!</definedName>
     <definedName name="MAN_REVERSE_DEBT" localSheetId="0">#REF!</definedName>
     <definedName name="MAN_REVERSE_DEBT">#REF!</definedName>
     <definedName name="MAN_REVERSE_FAS" localSheetId="1">#REF!</definedName>
     <definedName name="MAN_REVERSE_FAS" localSheetId="0">#REF!</definedName>
     <definedName name="MAN_REVERSE_FAS">#REF!</definedName>
     <definedName name="MAN_SPECIAL" localSheetId="1">#REF!</definedName>
     <definedName name="MAN_SPECIAL" localSheetId="0">#REF!</definedName>
     <definedName name="MAN_SPECIAL">#REF!</definedName>
     <definedName name="man_special_debt" localSheetId="1">#REF!</definedName>
     <definedName name="man_special_debt" localSheetId="0">#REF!</definedName>
     <definedName name="man_special_debt">#REF!</definedName>
     <definedName name="man_special_ipdi" localSheetId="1">#REF!</definedName>
     <definedName name="man_special_ipdi" localSheetId="0">#REF!</definedName>
     <definedName name="man_special_ipdi">#REF!</definedName>
     <definedName name="Mandate_Date" localSheetId="1">#REF!</definedName>
     <definedName name="Mandate_Date" localSheetId="0">#REF!</definedName>
     <definedName name="Mandate_Date">#REF!</definedName>
     <definedName name="manual_2002" localSheetId="3">#REF!</definedName>
     <definedName name="manual_2002" localSheetId="7">#REF!</definedName>
     <definedName name="manual_2002" localSheetId="1">#REF!</definedName>
     <definedName name="manual_2002" localSheetId="0">#REF!</definedName>
     <definedName name="manual_2002" localSheetId="2">#REF!</definedName>
     <definedName name="manual_2002" localSheetId="4">#REF!</definedName>
+    <definedName name="manual_2002" localSheetId="10">#REF!</definedName>
+    <definedName name="manual_2002" localSheetId="9">#REF!</definedName>
     <definedName name="manual_2002" localSheetId="8">#REF!</definedName>
     <definedName name="manual_2002">#REF!</definedName>
     <definedName name="manual_2003" localSheetId="3">#REF!</definedName>
     <definedName name="manual_2003" localSheetId="7">#REF!</definedName>
     <definedName name="manual_2003" localSheetId="1">#REF!</definedName>
     <definedName name="manual_2003" localSheetId="0">#REF!</definedName>
     <definedName name="manual_2003" localSheetId="2">#REF!</definedName>
     <definedName name="manual_2003" localSheetId="4">#REF!</definedName>
+    <definedName name="manual_2003" localSheetId="10">#REF!</definedName>
+    <definedName name="manual_2003" localSheetId="9">#REF!</definedName>
     <definedName name="manual_2003" localSheetId="8">#REF!</definedName>
     <definedName name="manual_2003">#REF!</definedName>
     <definedName name="manual_2004" localSheetId="3">#REF!</definedName>
     <definedName name="manual_2004" localSheetId="7">#REF!</definedName>
     <definedName name="manual_2004" localSheetId="1">#REF!</definedName>
     <definedName name="manual_2004" localSheetId="0">#REF!</definedName>
     <definedName name="manual_2004" localSheetId="2">#REF!</definedName>
     <definedName name="manual_2004" localSheetId="4">#REF!</definedName>
+    <definedName name="manual_2004" localSheetId="10">#REF!</definedName>
+    <definedName name="manual_2004" localSheetId="9">#REF!</definedName>
     <definedName name="manual_2004" localSheetId="8">#REF!</definedName>
     <definedName name="manual_2004">#REF!</definedName>
     <definedName name="manual2q2004" localSheetId="3">#REF!</definedName>
     <definedName name="manual2q2004" localSheetId="7">#REF!</definedName>
     <definedName name="manual2q2004" localSheetId="1">#REF!</definedName>
     <definedName name="manual2q2004" localSheetId="0">#REF!</definedName>
     <definedName name="manual2q2004" localSheetId="2">#REF!</definedName>
     <definedName name="manual2q2004" localSheetId="4">#REF!</definedName>
+    <definedName name="manual2q2004" localSheetId="10">#REF!</definedName>
+    <definedName name="manual2q2004" localSheetId="9">#REF!</definedName>
     <definedName name="manual2q2004" localSheetId="8">#REF!</definedName>
     <definedName name="manual2q2004">#REF!</definedName>
     <definedName name="manual3q2004" localSheetId="3">#REF!</definedName>
     <definedName name="manual3q2004" localSheetId="7">#REF!</definedName>
     <definedName name="manual3q2004" localSheetId="1">#REF!</definedName>
     <definedName name="manual3q2004" localSheetId="0">#REF!</definedName>
     <definedName name="manual3q2004" localSheetId="2">#REF!</definedName>
     <definedName name="manual3q2004" localSheetId="4">#REF!</definedName>
+    <definedName name="manual3q2004" localSheetId="10">#REF!</definedName>
+    <definedName name="manual3q2004" localSheetId="9">#REF!</definedName>
     <definedName name="manual3q2004" localSheetId="8">#REF!</definedName>
     <definedName name="manual3q2004">#REF!</definedName>
     <definedName name="manual4q2004" localSheetId="3">#REF!</definedName>
     <definedName name="manual4q2004" localSheetId="7">#REF!</definedName>
     <definedName name="manual4q2004" localSheetId="1">#REF!</definedName>
     <definedName name="manual4q2004" localSheetId="0">#REF!</definedName>
     <definedName name="manual4q2004" localSheetId="2">#REF!</definedName>
     <definedName name="manual4q2004" localSheetId="4">#REF!</definedName>
+    <definedName name="manual4q2004" localSheetId="10">#REF!</definedName>
+    <definedName name="manual4q2004" localSheetId="9">#REF!</definedName>
     <definedName name="manual4q2004" localSheetId="8">#REF!</definedName>
     <definedName name="manual4q2004">#REF!</definedName>
     <definedName name="manualq104" localSheetId="3">#REF!</definedName>
     <definedName name="manualq104" localSheetId="7">#REF!</definedName>
     <definedName name="manualq104" localSheetId="1">#REF!</definedName>
     <definedName name="manualq104" localSheetId="0">#REF!</definedName>
     <definedName name="manualq104" localSheetId="2">#REF!</definedName>
     <definedName name="manualq104" localSheetId="4">#REF!</definedName>
+    <definedName name="manualq104" localSheetId="10">#REF!</definedName>
+    <definedName name="manualq104" localSheetId="9">#REF!</definedName>
     <definedName name="manualq104" localSheetId="8">#REF!</definedName>
     <definedName name="manualq104">#REF!</definedName>
     <definedName name="manualq204" localSheetId="3">#REF!</definedName>
     <definedName name="manualq204" localSheetId="7">#REF!</definedName>
     <definedName name="manualq204" localSheetId="1">#REF!</definedName>
     <definedName name="manualq204" localSheetId="0">#REF!</definedName>
     <definedName name="manualq204" localSheetId="2">#REF!</definedName>
     <definedName name="manualq204" localSheetId="4">#REF!</definedName>
+    <definedName name="manualq204" localSheetId="10">#REF!</definedName>
+    <definedName name="manualq204" localSheetId="9">#REF!</definedName>
     <definedName name="manualq204" localSheetId="8">#REF!</definedName>
     <definedName name="manualq204">#REF!</definedName>
     <definedName name="manualq304" localSheetId="3">#REF!</definedName>
     <definedName name="manualq304" localSheetId="7">#REF!</definedName>
     <definedName name="manualq304" localSheetId="1">#REF!</definedName>
     <definedName name="manualq304" localSheetId="0">#REF!</definedName>
     <definedName name="manualq304" localSheetId="2">#REF!</definedName>
     <definedName name="manualq304" localSheetId="4">#REF!</definedName>
+    <definedName name="manualq304" localSheetId="10">#REF!</definedName>
+    <definedName name="manualq304" localSheetId="9">#REF!</definedName>
     <definedName name="manualq304" localSheetId="8">#REF!</definedName>
     <definedName name="manualq304">#REF!</definedName>
     <definedName name="manualq404" localSheetId="3">#REF!</definedName>
     <definedName name="manualq404" localSheetId="7">#REF!</definedName>
     <definedName name="manualq404" localSheetId="1">#REF!</definedName>
     <definedName name="manualq404" localSheetId="0">#REF!</definedName>
     <definedName name="manualq404" localSheetId="2">#REF!</definedName>
     <definedName name="manualq404" localSheetId="4">#REF!</definedName>
+    <definedName name="manualq404" localSheetId="10">#REF!</definedName>
+    <definedName name="manualq404" localSheetId="9">#REF!</definedName>
     <definedName name="manualq404" localSheetId="8">#REF!</definedName>
     <definedName name="manualq404">#REF!</definedName>
     <definedName name="map" localSheetId="1">#REF!</definedName>
     <definedName name="map" localSheetId="0">#REF!</definedName>
     <definedName name="map">#REF!</definedName>
     <definedName name="Match" localSheetId="1">#REF!</definedName>
     <definedName name="Match" localSheetId="0">#REF!</definedName>
     <definedName name="Match">#REF!</definedName>
     <definedName name="Match2" localSheetId="1">#REF!</definedName>
     <definedName name="Match2" localSheetId="0">#REF!</definedName>
     <definedName name="Match2">#REF!</definedName>
     <definedName name="MATURITY_DT" localSheetId="1">#REF!</definedName>
     <definedName name="MATURITY_DT" localSheetId="0">#REF!</definedName>
     <definedName name="MATURITY_DT">#REF!</definedName>
     <definedName name="MATURITY_TERM_CODE" localSheetId="1">#REF!</definedName>
     <definedName name="MATURITY_TERM_CODE" localSheetId="0">#REF!</definedName>
     <definedName name="MATURITY_TERM_CODE">#REF!</definedName>
     <definedName name="maturity_year" localSheetId="1">#REF!</definedName>
     <definedName name="maturity_year" localSheetId="0">#REF!</definedName>
     <definedName name="maturity_year">#REF!</definedName>
     <definedName name="MBS">"1a"</definedName>
     <definedName name="MBS_GOVT_CONVL_IND" localSheetId="3">#REF!</definedName>
     <definedName name="MBS_GOVT_CONVL_IND" localSheetId="7">#REF!</definedName>
     <definedName name="MBS_GOVT_CONVL_IND" localSheetId="1">#REF!</definedName>
     <definedName name="MBS_GOVT_CONVL_IND" localSheetId="0">#REF!</definedName>
     <definedName name="MBS_GOVT_CONVL_IND" localSheetId="6">#REF!</definedName>
     <definedName name="MBS_GOVT_CONVL_IND" localSheetId="5">#REF!</definedName>
     <definedName name="MBS_GOVT_CONVL_IND" localSheetId="2">#REF!</definedName>
     <definedName name="MBS_GOVT_CONVL_IND" localSheetId="4">#REF!</definedName>
+    <definedName name="MBS_GOVT_CONVL_IND" localSheetId="10">#REF!</definedName>
+    <definedName name="MBS_GOVT_CONVL_IND" localSheetId="9">#REF!</definedName>
     <definedName name="MBS_GOVT_CONVL_IND" localSheetId="8">#REF!</definedName>
     <definedName name="MBS_GOVT_CONVL_IND">#REF!</definedName>
     <definedName name="mfLookup" localSheetId="3">#REF!</definedName>
     <definedName name="mfLookup" localSheetId="7">#REF!</definedName>
     <definedName name="mfLookup" localSheetId="1">#REF!</definedName>
     <definedName name="mfLookup" localSheetId="0">#REF!</definedName>
     <definedName name="mfLookup" localSheetId="6">#REF!</definedName>
     <definedName name="mfLookup" localSheetId="5">#REF!</definedName>
     <definedName name="mfLookup" localSheetId="2">#REF!</definedName>
     <definedName name="mfLookup" localSheetId="4">#REF!</definedName>
+    <definedName name="mfLookup" localSheetId="10">#REF!</definedName>
+    <definedName name="mfLookup" localSheetId="9">#REF!</definedName>
     <definedName name="mfLookup" localSheetId="8">#REF!</definedName>
     <definedName name="mfLookup">#REF!</definedName>
     <definedName name="ML_Role" localSheetId="3">#REF!</definedName>
     <definedName name="ML_Role" localSheetId="7">#REF!</definedName>
     <definedName name="ML_Role" localSheetId="1">#REF!</definedName>
     <definedName name="ML_Role" localSheetId="0">#REF!</definedName>
     <definedName name="ML_Role" localSheetId="6">#REF!</definedName>
     <definedName name="ML_Role" localSheetId="5">#REF!</definedName>
     <definedName name="ML_Role" localSheetId="2">#REF!</definedName>
     <definedName name="ML_Role" localSheetId="4">#REF!</definedName>
+    <definedName name="ML_Role" localSheetId="10">#REF!</definedName>
+    <definedName name="ML_Role" localSheetId="9">#REF!</definedName>
     <definedName name="ML_Role" localSheetId="8">#REF!</definedName>
     <definedName name="ML_Role">#REF!</definedName>
     <definedName name="MLCC" localSheetId="1">#REF!</definedName>
     <definedName name="MLCC" localSheetId="0">#REF!</definedName>
     <definedName name="MLCC">#REF!</definedName>
     <definedName name="MLCC_Data" localSheetId="1">#REF!</definedName>
     <definedName name="MLCC_Data" localSheetId="0">#REF!</definedName>
     <definedName name="MLCC_Data">#REF!</definedName>
     <definedName name="MLCC_Data_3" localSheetId="1">#REF!</definedName>
     <definedName name="MLCC_Data_3" localSheetId="0">#REF!</definedName>
     <definedName name="MLCC_Data_3">#REF!</definedName>
     <definedName name="mnbv" localSheetId="3">#REF!</definedName>
     <definedName name="mnbv" localSheetId="7">#REF!</definedName>
     <definedName name="mnbv" localSheetId="1">#REF!</definedName>
     <definedName name="mnbv" localSheetId="0">#REF!</definedName>
     <definedName name="mnbv" localSheetId="6">#REF!</definedName>
     <definedName name="mnbv" localSheetId="5">#REF!</definedName>
     <definedName name="mnbv" localSheetId="2">#REF!</definedName>
     <definedName name="mnbv" localSheetId="4">#REF!</definedName>
+    <definedName name="mnbv" localSheetId="10">#REF!</definedName>
+    <definedName name="mnbv" localSheetId="9">#REF!</definedName>
     <definedName name="mnbv" localSheetId="8">#REF!</definedName>
     <definedName name="mnbv">#REF!</definedName>
     <definedName name="mnbvc" localSheetId="3">#REF!</definedName>
     <definedName name="mnbvc" localSheetId="7">#REF!</definedName>
     <definedName name="mnbvc" localSheetId="1">#REF!</definedName>
     <definedName name="mnbvc" localSheetId="0">#REF!</definedName>
     <definedName name="mnbvc" localSheetId="2">#REF!</definedName>
     <definedName name="mnbvc" localSheetId="4">#REF!</definedName>
+    <definedName name="mnbvc" localSheetId="10">#REF!</definedName>
+    <definedName name="mnbvc" localSheetId="9">#REF!</definedName>
     <definedName name="mnbvc" localSheetId="8">#REF!</definedName>
     <definedName name="mnbvc">#REF!</definedName>
     <definedName name="MONTH_ENDED" localSheetId="3">#REF!</definedName>
     <definedName name="MONTH_ENDED" localSheetId="7">#REF!</definedName>
     <definedName name="MONTH_ENDED" localSheetId="1">#REF!</definedName>
     <definedName name="MONTH_ENDED" localSheetId="0">#REF!</definedName>
     <definedName name="MONTH_ENDED" localSheetId="6">#REF!</definedName>
     <definedName name="MONTH_ENDED" localSheetId="5">#REF!</definedName>
     <definedName name="MONTH_ENDED" localSheetId="2">#REF!</definedName>
     <definedName name="MONTH_ENDED" localSheetId="4">#REF!</definedName>
+    <definedName name="MONTH_ENDED" localSheetId="10">#REF!</definedName>
+    <definedName name="MONTH_ENDED" localSheetId="9">#REF!</definedName>
     <definedName name="MONTH_ENDED" localSheetId="8">#REF!</definedName>
     <definedName name="MONTH_ENDED">#REF!</definedName>
     <definedName name="Mortgage" localSheetId="3">#REF!</definedName>
     <definedName name="Mortgage" localSheetId="7">#REF!</definedName>
     <definedName name="Mortgage" localSheetId="1">#REF!</definedName>
     <definedName name="Mortgage" localSheetId="0">#REF!</definedName>
     <definedName name="Mortgage" localSheetId="6">#REF!</definedName>
     <definedName name="Mortgage" localSheetId="5">#REF!</definedName>
     <definedName name="Mortgage" localSheetId="2">#REF!</definedName>
     <definedName name="Mortgage" localSheetId="4">#REF!</definedName>
+    <definedName name="Mortgage" localSheetId="10">#REF!</definedName>
+    <definedName name="Mortgage" localSheetId="9">#REF!</definedName>
     <definedName name="Mortgage" localSheetId="8">#REF!</definedName>
     <definedName name="Mortgage">#REF!</definedName>
     <definedName name="Mortgage_Ins." localSheetId="3">#REF!</definedName>
     <definedName name="Mortgage_Ins." localSheetId="7">#REF!</definedName>
     <definedName name="Mortgage_Ins." localSheetId="1">#REF!</definedName>
     <definedName name="Mortgage_Ins." localSheetId="0">#REF!</definedName>
     <definedName name="Mortgage_Ins." localSheetId="6">#REF!</definedName>
     <definedName name="Mortgage_Ins." localSheetId="5">#REF!</definedName>
     <definedName name="Mortgage_Ins." localSheetId="2">#REF!</definedName>
     <definedName name="Mortgage_Ins." localSheetId="4">#REF!</definedName>
+    <definedName name="Mortgage_Ins." localSheetId="10">#REF!</definedName>
+    <definedName name="Mortgage_Ins." localSheetId="9">#REF!</definedName>
     <definedName name="Mortgage_Ins." localSheetId="8">#REF!</definedName>
     <definedName name="Mortgage_Ins.">#REF!</definedName>
     <definedName name="MOVE" localSheetId="1">#REF!</definedName>
     <definedName name="MOVE" localSheetId="0">#REF!</definedName>
     <definedName name="MOVE">#REF!</definedName>
     <definedName name="MTMLTV02" localSheetId="1">#REF!</definedName>
     <definedName name="MTMLTV02" localSheetId="0">#REF!</definedName>
     <definedName name="MTMLTV02">#REF!</definedName>
     <definedName name="MTMLTV03" localSheetId="1">#REF!</definedName>
     <definedName name="MTMLTV03" localSheetId="0">#REF!</definedName>
     <definedName name="MTMLTV03">#REF!</definedName>
     <definedName name="MTMLTV04" localSheetId="1">#REF!</definedName>
     <definedName name="MTMLTV04" localSheetId="0">#REF!</definedName>
     <definedName name="MTMLTV04">#REF!</definedName>
     <definedName name="MTMLTV05" localSheetId="1">#REF!</definedName>
     <definedName name="MTMLTV05" localSheetId="0">#REF!</definedName>
     <definedName name="MTMLTV05">#REF!</definedName>
     <definedName name="MTMLTV06" localSheetId="1">#REF!</definedName>
     <definedName name="MTMLTV06" localSheetId="0">#REF!</definedName>
     <definedName name="MTMLTV06">#REF!</definedName>
     <definedName name="mujm" localSheetId="1">#REF!</definedName>
     <definedName name="mujm" localSheetId="0">#REF!</definedName>
     <definedName name="mujm">#REF!</definedName>
     <definedName name="nafs" localSheetId="1">#REF!</definedName>
     <definedName name="nafs" localSheetId="0">#REF!</definedName>
     <definedName name="nafs">#REF!</definedName>
     <definedName name="netAct" localSheetId="1">#REF!</definedName>
     <definedName name="netAct" localSheetId="0">#REF!</definedName>
     <definedName name="netAct">#REF!</definedName>
     <definedName name="NEW_MTM" localSheetId="3">#REF!</definedName>
     <definedName name="NEW_MTM" localSheetId="7">#REF!</definedName>
     <definedName name="NEW_MTM" localSheetId="1">#REF!</definedName>
     <definedName name="NEW_MTM" localSheetId="0">#REF!</definedName>
     <definedName name="NEW_MTM" localSheetId="2">#REF!</definedName>
     <definedName name="NEW_MTM" localSheetId="4">#REF!</definedName>
+    <definedName name="NEW_MTM" localSheetId="10">#REF!</definedName>
+    <definedName name="NEW_MTM" localSheetId="9">#REF!</definedName>
     <definedName name="NEW_MTM" localSheetId="8">#REF!</definedName>
     <definedName name="NEW_MTM">#REF!</definedName>
     <definedName name="NewInvestment" localSheetId="1">#REF!</definedName>
     <definedName name="NewInvestment" localSheetId="0">#REF!</definedName>
     <definedName name="NewInvestment">#REF!</definedName>
     <definedName name="newMarks" localSheetId="3">#REF!</definedName>
     <definedName name="newMarks" localSheetId="7">#REF!</definedName>
     <definedName name="newMarks" localSheetId="1">#REF!</definedName>
     <definedName name="newMarks" localSheetId="0">#REF!</definedName>
     <definedName name="newMarks" localSheetId="6">#REF!</definedName>
     <definedName name="newMarks" localSheetId="5">#REF!</definedName>
     <definedName name="newMarks" localSheetId="2">#REF!</definedName>
     <definedName name="newMarks" localSheetId="4">#REF!</definedName>
+    <definedName name="newMarks" localSheetId="10">#REF!</definedName>
+    <definedName name="newMarks" localSheetId="9">#REF!</definedName>
     <definedName name="newMarks" localSheetId="8">#REF!</definedName>
     <definedName name="newMarks">#REF!</definedName>
     <definedName name="nhyny" localSheetId="1">#REF!</definedName>
     <definedName name="nhyny" localSheetId="0">#REF!</definedName>
     <definedName name="nhyny">#REF!</definedName>
     <definedName name="NIM_150_150_Window" localSheetId="1">#REF!</definedName>
     <definedName name="NIM_150_150_Window" localSheetId="0">#REF!</definedName>
     <definedName name="NIM_150_150_Window">#REF!</definedName>
     <definedName name="NIM_150_150_Yield" localSheetId="1">#REF!</definedName>
     <definedName name="NIM_150_150_Yield" localSheetId="0">#REF!</definedName>
     <definedName name="NIM_150_150_Yield">#REF!</definedName>
     <definedName name="NIM_200_200_Window" localSheetId="1">#REF!</definedName>
     <definedName name="NIM_200_200_Window" localSheetId="0">#REF!</definedName>
     <definedName name="NIM_200_200_Window">#REF!</definedName>
     <definedName name="NIM_200_200_Yield" localSheetId="1">#REF!</definedName>
     <definedName name="NIM_200_200_Yield" localSheetId="0">#REF!</definedName>
     <definedName name="NIM_200_200_Yield">#REF!</definedName>
     <definedName name="NIM_Cap_Flow" localSheetId="1">#REF!</definedName>
     <definedName name="NIM_Cap_Flow" localSheetId="0">#REF!</definedName>
     <definedName name="NIM_Cap_Flow">#REF!</definedName>
     <definedName name="NIM_Closing_Date" localSheetId="3">#REF!</definedName>
     <definedName name="NIM_Closing_Date" localSheetId="7">#REF!</definedName>
     <definedName name="NIM_Closing_Date" localSheetId="1">#REF!</definedName>
     <definedName name="NIM_Closing_Date" localSheetId="0">#REF!</definedName>
     <definedName name="NIM_Closing_Date" localSheetId="6">#REF!</definedName>
     <definedName name="NIM_Closing_Date" localSheetId="5">#REF!</definedName>
     <definedName name="NIM_Closing_Date" localSheetId="2">#REF!</definedName>
     <definedName name="NIM_Closing_Date" localSheetId="4">#REF!</definedName>
+    <definedName name="NIM_Closing_Date" localSheetId="10">#REF!</definedName>
+    <definedName name="NIM_Closing_Date" localSheetId="9">#REF!</definedName>
     <definedName name="NIM_Closing_Date" localSheetId="8">#REF!</definedName>
     <definedName name="NIM_Closing_Date">#REF!</definedName>
     <definedName name="NIM_Cum_Loss" localSheetId="1">#REF!</definedName>
     <definedName name="NIM_Cum_Loss" localSheetId="0">#REF!</definedName>
     <definedName name="NIM_Cum_Loss">#REF!</definedName>
     <definedName name="NIM_Flows" localSheetId="1">#REF!</definedName>
     <definedName name="NIM_Flows" localSheetId="0">#REF!</definedName>
     <definedName name="NIM_Flows">#REF!</definedName>
     <definedName name="NIM_Loss_Severity" localSheetId="1">#REF!</definedName>
     <definedName name="NIM_Loss_Severity" localSheetId="0">#REF!</definedName>
     <definedName name="NIM_Loss_Severity">#REF!</definedName>
     <definedName name="NIM_Prepay_Penalty" localSheetId="1">#REF!</definedName>
     <definedName name="NIM_Prepay_Penalty" localSheetId="0">#REF!</definedName>
     <definedName name="NIM_Prepay_Penalty">#REF!</definedName>
     <definedName name="No">#N/A</definedName>
     <definedName name="NOI" localSheetId="3">#REF!</definedName>
     <definedName name="NOI" localSheetId="7">#REF!</definedName>
     <definedName name="NOI" localSheetId="1">#REF!</definedName>
     <definedName name="NOI" localSheetId="0">#REF!</definedName>
     <definedName name="NOI" localSheetId="2">#REF!</definedName>
     <definedName name="NOI" localSheetId="4">#REF!</definedName>
+    <definedName name="NOI" localSheetId="10">#REF!</definedName>
+    <definedName name="NOI" localSheetId="9">#REF!</definedName>
     <definedName name="NOI" localSheetId="8">#REF!</definedName>
     <definedName name="NOI">#REF!</definedName>
     <definedName name="norev_2002" localSheetId="3">#REF!</definedName>
     <definedName name="norev_2002" localSheetId="7">#REF!</definedName>
     <definedName name="norev_2002" localSheetId="1">#REF!</definedName>
     <definedName name="norev_2002" localSheetId="0">#REF!</definedName>
     <definedName name="norev_2002" localSheetId="2">#REF!</definedName>
     <definedName name="norev_2002" localSheetId="4">#REF!</definedName>
+    <definedName name="norev_2002" localSheetId="10">#REF!</definedName>
+    <definedName name="norev_2002" localSheetId="9">#REF!</definedName>
     <definedName name="norev_2002" localSheetId="8">#REF!</definedName>
     <definedName name="norev_2002">#REF!</definedName>
     <definedName name="norev_2003" localSheetId="3">#REF!</definedName>
     <definedName name="norev_2003" localSheetId="7">#REF!</definedName>
     <definedName name="norev_2003" localSheetId="1">#REF!</definedName>
     <definedName name="norev_2003" localSheetId="0">#REF!</definedName>
     <definedName name="norev_2003" localSheetId="2">#REF!</definedName>
     <definedName name="norev_2003" localSheetId="4">#REF!</definedName>
+    <definedName name="norev_2003" localSheetId="10">#REF!</definedName>
+    <definedName name="norev_2003" localSheetId="9">#REF!</definedName>
     <definedName name="norev_2003" localSheetId="8">#REF!</definedName>
     <definedName name="norev_2003">#REF!</definedName>
     <definedName name="norev_2004" localSheetId="3">#REF!</definedName>
     <definedName name="norev_2004" localSheetId="7">#REF!</definedName>
     <definedName name="norev_2004" localSheetId="1">#REF!</definedName>
     <definedName name="norev_2004" localSheetId="0">#REF!</definedName>
     <definedName name="norev_2004" localSheetId="2">#REF!</definedName>
     <definedName name="norev_2004" localSheetId="4">#REF!</definedName>
+    <definedName name="norev_2004" localSheetId="10">#REF!</definedName>
+    <definedName name="norev_2004" localSheetId="9">#REF!</definedName>
     <definedName name="norev_2004" localSheetId="8">#REF!</definedName>
     <definedName name="norev_2004">#REF!</definedName>
     <definedName name="NoteRateSearch" localSheetId="3">#REF!</definedName>
     <definedName name="NoteRateSearch" localSheetId="7">#REF!</definedName>
     <definedName name="NoteRateSearch" localSheetId="1">#REF!</definedName>
     <definedName name="NoteRateSearch" localSheetId="0">#REF!</definedName>
     <definedName name="NoteRateSearch" localSheetId="2">#REF!</definedName>
     <definedName name="NoteRateSearch" localSheetId="4">#REF!</definedName>
+    <definedName name="NoteRateSearch" localSheetId="10">#REF!</definedName>
+    <definedName name="NoteRateSearch" localSheetId="9">#REF!</definedName>
     <definedName name="NoteRateSearch" localSheetId="8">#REF!</definedName>
     <definedName name="NoteRateSearch">#REF!</definedName>
     <definedName name="novdata" localSheetId="1">#REF!</definedName>
     <definedName name="novdata" localSheetId="0">#REF!</definedName>
     <definedName name="novdata">#REF!</definedName>
     <definedName name="NRNUPB" localSheetId="3">#REF!</definedName>
     <definedName name="NRNUPB" localSheetId="7">#REF!</definedName>
     <definedName name="NRNUPB" localSheetId="1">#REF!</definedName>
     <definedName name="NRNUPB" localSheetId="0">#REF!</definedName>
     <definedName name="NRNUPB" localSheetId="2">#REF!</definedName>
     <definedName name="NRNUPB" localSheetId="4">#REF!</definedName>
+    <definedName name="NRNUPB" localSheetId="10">#REF!</definedName>
+    <definedName name="NRNUPB" localSheetId="9">#REF!</definedName>
     <definedName name="NRNUPB" localSheetId="8">#REF!</definedName>
     <definedName name="NRNUPB">#REF!</definedName>
     <definedName name="Num_Pmt_Per_Year" localSheetId="1">#REF!</definedName>
     <definedName name="Num_Pmt_Per_Year" localSheetId="0">#REF!</definedName>
     <definedName name="Num_Pmt_Per_Year">#REF!</definedName>
     <definedName name="Number_of_Payments" localSheetId="3">MATCH(0.01,#REF!,-1)+1</definedName>
     <definedName name="Number_of_Payments" localSheetId="7">MATCH(0.01,#REF!,-1)+1</definedName>
     <definedName name="Number_of_Payments" localSheetId="1">MATCH(0.01,#REF!,-1)+1</definedName>
     <definedName name="Number_of_Payments" localSheetId="0">MATCH(0.01,#REF!,-1)+1</definedName>
     <definedName name="Number_of_Payments" localSheetId="6">MATCH(0.01,#REF!,-1)+1</definedName>
     <definedName name="Number_of_Payments" localSheetId="5">MATCH(0.01,#REF!,-1)+1</definedName>
     <definedName name="Number_of_Payments" localSheetId="2">MATCH(0.01,#REF!,-1)+1</definedName>
     <definedName name="Number_of_Payments" localSheetId="4">MATCH(0.01,#REF!,-1)+1</definedName>
+    <definedName name="Number_of_Payments" localSheetId="10">MATCH(0.01,#REF!,-1)+1</definedName>
+    <definedName name="Number_of_Payments" localSheetId="9">MATCH(0.01,#REF!,-1)+1</definedName>
     <definedName name="Number_of_Payments" localSheetId="8">MATCH(0.01,#REF!,-1)+1</definedName>
     <definedName name="Number_of_Payments">MATCH(0.01,[0]!End_Bal,-1)+1</definedName>
     <definedName name="NvsAnswerCol">"[PROD_RESTATEMENT_ACTIVITY_ALL_YEARS_R0703.xls]Sheet1!$A$10:$A$33"</definedName>
     <definedName name="NvsASD">"V2006-03-31"</definedName>
     <definedName name="NvsAutoDrillOk">"VY"</definedName>
     <definedName name="NvsElapsedTime">0.00555555555911269</definedName>
     <definedName name="NvsEndTime">39262.3285069444</definedName>
     <definedName name="NvsImportActivity">"Import Journals from nVision"</definedName>
     <definedName name="NvsInstLang">"VENG"</definedName>
     <definedName name="NvsInstSpec">"%"</definedName>
     <definedName name="NvsInstSpec1">","</definedName>
     <definedName name="NvsInstSpec2">","</definedName>
     <definedName name="NvsInstSpec3">","</definedName>
     <definedName name="NvsInstSpec4">","</definedName>
     <definedName name="NvsInstSpec5">","</definedName>
     <definedName name="NvsInstSpec6">","</definedName>
     <definedName name="NvsInstSpec7">","</definedName>
     <definedName name="NvsInstSpec8">","</definedName>
     <definedName name="NvsInstSpec9">","</definedName>
     <definedName name="NvsLayoutType">"M3"</definedName>
     <definedName name="NvsNplSpec">"%,X,RZF..,CZF.."</definedName>
     <definedName name="NvsPanelBusUnit">"V"</definedName>
     <definedName name="NvsPanelEffdt">"V2050-01-01"</definedName>
     <definedName name="NvsPanelSetid">"VFM1"</definedName>
     <definedName name="NvsReqBU">"VFM1"</definedName>
     <definedName name="NvsReqBUOnly">"VN"</definedName>
     <definedName name="NvsStyleNme">"Classical.xls"</definedName>
     <definedName name="NvsTransLed">"VN"</definedName>
     <definedName name="NvsTreeASD">"V2006-03-31"</definedName>
     <definedName name="NvsValTbl.ACCOUNT">"GL_ACCOUNT_TBL"</definedName>
     <definedName name="NvsValTbl.ACCT">"SUMTREE_ACT_VW"</definedName>
     <definedName name="NvsValTbl.CLASS_FLD">"CLASS_CF_TBL"</definedName>
     <definedName name="NvsValTbl.CURRENCY_CD">"CURRENCY_CD_TBL"</definedName>
     <definedName name="NvsValTbl.DEPTID">"DEPARTMENT_TBL"</definedName>
     <definedName name="NvsValTbl.PROJECT_ID">"PROJECT_FS"</definedName>
     <definedName name="October" localSheetId="1">#REF!</definedName>
     <definedName name="October" localSheetId="0">#REF!</definedName>
     <definedName name="October">#REF!</definedName>
     <definedName name="oiuyhb" localSheetId="3">#REF!</definedName>
     <definedName name="oiuyhb" localSheetId="7">#REF!</definedName>
     <definedName name="oiuyhb" localSheetId="1">#REF!</definedName>
     <definedName name="oiuyhb" localSheetId="0">#REF!</definedName>
     <definedName name="oiuyhb" localSheetId="2">#REF!</definedName>
     <definedName name="oiuyhb" localSheetId="4">#REF!</definedName>
+    <definedName name="oiuyhb" localSheetId="10">#REF!</definedName>
+    <definedName name="oiuyhb" localSheetId="9">#REF!</definedName>
     <definedName name="oiuyhb" localSheetId="8">#REF!</definedName>
     <definedName name="oiuyhb">#REF!</definedName>
     <definedName name="oiuyt" localSheetId="1">#REF!</definedName>
     <definedName name="oiuyt" localSheetId="0">#REF!</definedName>
     <definedName name="oiuyt">#REF!</definedName>
     <definedName name="okm" localSheetId="1">#REF!</definedName>
     <definedName name="okm" localSheetId="0">#REF!</definedName>
     <definedName name="okm">#REF!</definedName>
     <definedName name="OLD_DATA_CPR" localSheetId="1">#REF!</definedName>
     <definedName name="OLD_DATA_CPR" localSheetId="0">#REF!</definedName>
     <definedName name="OLD_DATA_CPR">#REF!</definedName>
     <definedName name="OLD_DATE" localSheetId="3">#REF!</definedName>
     <definedName name="OLD_DATE" localSheetId="7">#REF!</definedName>
     <definedName name="OLD_DATE" localSheetId="1">#REF!</definedName>
     <definedName name="OLD_DATE" localSheetId="0">#REF!</definedName>
     <definedName name="OLD_DATE" localSheetId="6">#REF!</definedName>
     <definedName name="OLD_DATE" localSheetId="5">#REF!</definedName>
     <definedName name="OLD_DATE" localSheetId="2">#REF!</definedName>
     <definedName name="OLD_DATE" localSheetId="4">#REF!</definedName>
+    <definedName name="OLD_DATE" localSheetId="10">#REF!</definedName>
+    <definedName name="OLD_DATE" localSheetId="9">#REF!</definedName>
     <definedName name="OLD_DATE" localSheetId="8">#REF!</definedName>
     <definedName name="OLD_DATE">#REF!</definedName>
     <definedName name="OLD_Issuer_Rank_By_60" localSheetId="1">#REF!</definedName>
     <definedName name="OLD_Issuer_Rank_By_60" localSheetId="0">#REF!</definedName>
     <definedName name="OLD_Issuer_Rank_By_60">#REF!</definedName>
     <definedName name="Old_MLCC_Data" localSheetId="1">#REF!</definedName>
     <definedName name="Old_MLCC_Data" localSheetId="0">#REF!</definedName>
     <definedName name="Old_MLCC_Data">#REF!</definedName>
     <definedName name="OLD_MLCC_DATA_3" localSheetId="1">#REF!</definedName>
     <definedName name="OLD_MLCC_DATA_3" localSheetId="0">#REF!</definedName>
     <definedName name="OLD_MLCC_DATA_3">#REF!</definedName>
     <definedName name="OLTV02" localSheetId="1">#REF!</definedName>
     <definedName name="OLTV02" localSheetId="0">#REF!</definedName>
     <definedName name="OLTV02">#REF!</definedName>
     <definedName name="OLTV03" localSheetId="1">#REF!</definedName>
     <definedName name="OLTV03" localSheetId="0">#REF!</definedName>
     <definedName name="OLTV03">#REF!</definedName>
     <definedName name="OLTV04" localSheetId="1">#REF!</definedName>
     <definedName name="OLTV04" localSheetId="0">#REF!</definedName>
     <definedName name="OLTV04">#REF!</definedName>
     <definedName name="OLTV05" localSheetId="1">#REF!</definedName>
     <definedName name="OLTV05" localSheetId="0">#REF!</definedName>
     <definedName name="OLTV05">#REF!</definedName>
     <definedName name="OLTV06" localSheetId="1">#REF!</definedName>
     <definedName name="OLTV06" localSheetId="0">#REF!</definedName>
@@ -6902,394 +7724,446 @@
     <definedName name="One12KeyStone">#REF!</definedName>
     <definedName name="One13KeyStone" localSheetId="1">#REF!</definedName>
     <definedName name="One13KeyStone" localSheetId="0">#REF!</definedName>
     <definedName name="One13KeyStone">#REF!</definedName>
     <definedName name="One1KeyStone" localSheetId="1">#REF!</definedName>
     <definedName name="One1KeyStone" localSheetId="0">#REF!</definedName>
     <definedName name="One1KeyStone">#REF!</definedName>
     <definedName name="OneTwo" localSheetId="1">#REF!</definedName>
     <definedName name="OneTwo" localSheetId="0">#REF!</definedName>
     <definedName name="OneTwo">#REF!</definedName>
     <definedName name="oooooo">#N/A</definedName>
     <definedName name="oop4plus" localSheetId="1">#REF!</definedName>
     <definedName name="oop4plus" localSheetId="0">#REF!</definedName>
     <definedName name="oop4plus">#REF!</definedName>
     <definedName name="OPTION_TYPE" localSheetId="1">#REF!</definedName>
     <definedName name="OPTION_TYPE" localSheetId="0">#REF!</definedName>
     <definedName name="OPTION_TYPE">#REF!</definedName>
     <definedName name="Optional_Termination" localSheetId="3">#REF!</definedName>
     <definedName name="Optional_Termination" localSheetId="7">#REF!</definedName>
     <definedName name="Optional_Termination" localSheetId="1">#REF!</definedName>
     <definedName name="Optional_Termination" localSheetId="0">#REF!</definedName>
     <definedName name="Optional_Termination" localSheetId="6">#REF!</definedName>
     <definedName name="Optional_Termination" localSheetId="5">#REF!</definedName>
     <definedName name="Optional_Termination" localSheetId="2">#REF!</definedName>
     <definedName name="Optional_Termination" localSheetId="4">#REF!</definedName>
+    <definedName name="Optional_Termination" localSheetId="10">#REF!</definedName>
+    <definedName name="Optional_Termination" localSheetId="9">#REF!</definedName>
     <definedName name="Optional_Termination" localSheetId="8">#REF!</definedName>
     <definedName name="Optional_Termination">#REF!</definedName>
     <definedName name="ORG_RLF_RULE" localSheetId="3">#REF!</definedName>
     <definedName name="ORG_RLF_RULE" localSheetId="7">#REF!</definedName>
     <definedName name="ORG_RLF_RULE" localSheetId="1">#REF!</definedName>
     <definedName name="ORG_RLF_RULE" localSheetId="0">#REF!</definedName>
     <definedName name="ORG_RLF_RULE" localSheetId="6">#REF!</definedName>
     <definedName name="ORG_RLF_RULE" localSheetId="5">#REF!</definedName>
     <definedName name="ORG_RLF_RULE" localSheetId="2">#REF!</definedName>
     <definedName name="ORG_RLF_RULE" localSheetId="4">#REF!</definedName>
+    <definedName name="ORG_RLF_RULE" localSheetId="10">#REF!</definedName>
+    <definedName name="ORG_RLF_RULE" localSheetId="9">#REF!</definedName>
     <definedName name="ORG_RLF_RULE" localSheetId="8">#REF!</definedName>
     <definedName name="ORG_RLF_RULE">#REF!</definedName>
     <definedName name="Orig_Account_C" localSheetId="1">#REF!</definedName>
     <definedName name="Orig_Account_C" localSheetId="0">#REF!</definedName>
     <definedName name="Orig_Account_C">#REF!</definedName>
     <definedName name="Orig_Account_RS" localSheetId="1">#REF!</definedName>
     <definedName name="Orig_Account_RS" localSheetId="0">#REF!</definedName>
     <definedName name="Orig_Account_RS">#REF!</definedName>
     <definedName name="Orig_Account_S" localSheetId="3">#REF!</definedName>
     <definedName name="Orig_Account_S" localSheetId="7">#REF!</definedName>
     <definedName name="Orig_Account_S" localSheetId="1">#REF!</definedName>
     <definedName name="Orig_Account_S" localSheetId="0">#REF!</definedName>
     <definedName name="Orig_Account_S" localSheetId="2">#REF!</definedName>
     <definedName name="Orig_Account_S" localSheetId="4">#REF!</definedName>
+    <definedName name="Orig_Account_S" localSheetId="10">#REF!</definedName>
+    <definedName name="Orig_Account_S" localSheetId="9">#REF!</definedName>
     <definedName name="Orig_Account_S" localSheetId="8">#REF!</definedName>
     <definedName name="Orig_Account_S">#REF!</definedName>
     <definedName name="Orig_Account_T" localSheetId="1">#REF!</definedName>
     <definedName name="Orig_Account_T" localSheetId="0">#REF!</definedName>
     <definedName name="Orig_Account_T">#REF!</definedName>
     <definedName name="Orig_Cub_C" localSheetId="1">#REF!</definedName>
     <definedName name="Orig_Cub_C" localSheetId="0">#REF!</definedName>
     <definedName name="Orig_Cub_C">#REF!</definedName>
     <definedName name="Orig_JV_C" localSheetId="1">#REF!</definedName>
     <definedName name="Orig_JV_C" localSheetId="0">#REF!</definedName>
     <definedName name="Orig_JV_C">#REF!</definedName>
     <definedName name="Orig_JV_RB" localSheetId="1">#REF!</definedName>
     <definedName name="Orig_JV_RB" localSheetId="0">#REF!</definedName>
     <definedName name="Orig_JV_RB">#REF!</definedName>
     <definedName name="Orig_JV_RS" localSheetId="1">#REF!</definedName>
     <definedName name="Orig_JV_RS" localSheetId="0">#REF!</definedName>
     <definedName name="Orig_JV_RS">#REF!</definedName>
     <definedName name="Orig_JV_S" localSheetId="3">#REF!</definedName>
     <definedName name="Orig_JV_S" localSheetId="7">#REF!</definedName>
     <definedName name="Orig_JV_S" localSheetId="1">#REF!</definedName>
     <definedName name="Orig_JV_S" localSheetId="0">#REF!</definedName>
     <definedName name="Orig_JV_S" localSheetId="2">#REF!</definedName>
     <definedName name="Orig_JV_S" localSheetId="4">#REF!</definedName>
+    <definedName name="Orig_JV_S" localSheetId="10">#REF!</definedName>
+    <definedName name="Orig_JV_S" localSheetId="9">#REF!</definedName>
     <definedName name="Orig_JV_S" localSheetId="8">#REF!</definedName>
     <definedName name="Orig_JV_S">#REF!</definedName>
     <definedName name="Orig_JV_T" localSheetId="1">#REF!</definedName>
     <definedName name="Orig_JV_T" localSheetId="0">#REF!</definedName>
     <definedName name="Orig_JV_T">#REF!</definedName>
     <definedName name="Orig_Oub_O" localSheetId="1">#REF!</definedName>
     <definedName name="Orig_Oub_O" localSheetId="0">#REF!</definedName>
     <definedName name="Orig_Oub_O">#REF!</definedName>
     <definedName name="Orig_reason_C" localSheetId="1">#REF!</definedName>
     <definedName name="Orig_reason_C" localSheetId="0">#REF!</definedName>
     <definedName name="Orig_reason_C">#REF!</definedName>
     <definedName name="Orig_reason_RS" localSheetId="1">#REF!</definedName>
     <definedName name="Orig_reason_RS" localSheetId="0">#REF!</definedName>
     <definedName name="Orig_reason_RS">#REF!</definedName>
     <definedName name="Orig_reason_S" localSheetId="3">#REF!</definedName>
     <definedName name="Orig_reason_S" localSheetId="7">#REF!</definedName>
     <definedName name="Orig_reason_S" localSheetId="1">#REF!</definedName>
     <definedName name="Orig_reason_S" localSheetId="0">#REF!</definedName>
     <definedName name="Orig_reason_S" localSheetId="2">#REF!</definedName>
     <definedName name="Orig_reason_S" localSheetId="4">#REF!</definedName>
+    <definedName name="Orig_reason_S" localSheetId="10">#REF!</definedName>
+    <definedName name="Orig_reason_S" localSheetId="9">#REF!</definedName>
     <definedName name="Orig_reason_S" localSheetId="8">#REF!</definedName>
     <definedName name="Orig_reason_S">#REF!</definedName>
     <definedName name="Orig_reason_T" localSheetId="1">#REF!</definedName>
     <definedName name="Orig_reason_T" localSheetId="0">#REF!</definedName>
     <definedName name="Orig_reason_T">#REF!</definedName>
     <definedName name="Orig_sub_C" localSheetId="1">#REF!</definedName>
     <definedName name="Orig_sub_C" localSheetId="0">#REF!</definedName>
     <definedName name="Orig_sub_C">#REF!</definedName>
     <definedName name="Orig_sub_RS" localSheetId="1">#REF!</definedName>
     <definedName name="Orig_sub_RS" localSheetId="0">#REF!</definedName>
     <definedName name="Orig_sub_RS">#REF!</definedName>
     <definedName name="Orig_sub_S" localSheetId="3">#REF!</definedName>
     <definedName name="Orig_sub_S" localSheetId="7">#REF!</definedName>
     <definedName name="Orig_sub_S" localSheetId="1">#REF!</definedName>
     <definedName name="Orig_sub_S" localSheetId="0">#REF!</definedName>
     <definedName name="Orig_sub_S" localSheetId="2">#REF!</definedName>
     <definedName name="Orig_sub_S" localSheetId="4">#REF!</definedName>
+    <definedName name="Orig_sub_S" localSheetId="10">#REF!</definedName>
+    <definedName name="Orig_sub_S" localSheetId="9">#REF!</definedName>
     <definedName name="Orig_sub_S" localSheetId="8">#REF!</definedName>
     <definedName name="Orig_sub_S">#REF!</definedName>
     <definedName name="Orig_sub_T" localSheetId="1">#REF!</definedName>
     <definedName name="Orig_sub_T" localSheetId="0">#REF!</definedName>
     <definedName name="Orig_sub_T">#REF!</definedName>
     <definedName name="ORIGDT02" localSheetId="1">#REF!</definedName>
     <definedName name="ORIGDT02" localSheetId="0">#REF!</definedName>
     <definedName name="ORIGDT02">#REF!</definedName>
     <definedName name="ORIGDT03" localSheetId="1">#REF!</definedName>
     <definedName name="ORIGDT03" localSheetId="0">#REF!</definedName>
     <definedName name="ORIGDT03">#REF!</definedName>
     <definedName name="ORIGDT04" localSheetId="1">#REF!</definedName>
     <definedName name="ORIGDT04" localSheetId="0">#REF!</definedName>
     <definedName name="ORIGDT04">#REF!</definedName>
     <definedName name="ORIGDT05" localSheetId="1">#REF!</definedName>
     <definedName name="ORIGDT05" localSheetId="0">#REF!</definedName>
     <definedName name="ORIGDT05">#REF!</definedName>
     <definedName name="ORIGDT06" localSheetId="1">#REF!</definedName>
     <definedName name="ORIGDT06" localSheetId="0">#REF!</definedName>
     <definedName name="ORIGDT06">#REF!</definedName>
     <definedName name="ORIGINAL_TERM" localSheetId="1">#REF!</definedName>
     <definedName name="ORIGINAL_TERM" localSheetId="0">#REF!</definedName>
     <definedName name="ORIGINAL_TERM">#REF!</definedName>
     <definedName name="Originators" localSheetId="3">#REF!</definedName>
     <definedName name="Originators" localSheetId="7">#REF!</definedName>
     <definedName name="Originators" localSheetId="1">#REF!</definedName>
     <definedName name="Originators" localSheetId="0">#REF!</definedName>
     <definedName name="Originators" localSheetId="6">#REF!</definedName>
     <definedName name="Originators" localSheetId="5">#REF!</definedName>
     <definedName name="Originators" localSheetId="2">#REF!</definedName>
     <definedName name="Originators" localSheetId="4">#REF!</definedName>
+    <definedName name="Originators" localSheetId="10">#REF!</definedName>
+    <definedName name="Originators" localSheetId="9">#REF!</definedName>
     <definedName name="Originators" localSheetId="8">#REF!</definedName>
     <definedName name="Originators">#REF!</definedName>
     <definedName name="Other" localSheetId="3">#REF!</definedName>
     <definedName name="Other" localSheetId="7">#REF!</definedName>
     <definedName name="Other" localSheetId="1">#REF!</definedName>
     <definedName name="Other" localSheetId="0">#REF!</definedName>
     <definedName name="Other" localSheetId="2">#REF!</definedName>
     <definedName name="Other" localSheetId="4">#REF!</definedName>
+    <definedName name="Other" localSheetId="10">#REF!</definedName>
+    <definedName name="Other" localSheetId="9">#REF!</definedName>
     <definedName name="Other" localSheetId="8">#REF!</definedName>
     <definedName name="Other">#REF!</definedName>
     <definedName name="OUTA" localSheetId="1">#REF!</definedName>
     <definedName name="OUTA" localSheetId="0">#REF!</definedName>
     <definedName name="OUTA">#REF!</definedName>
     <definedName name="p" localSheetId="1">#REF!</definedName>
     <definedName name="p" localSheetId="0">#REF!</definedName>
     <definedName name="p">#REF!</definedName>
     <definedName name="Package" localSheetId="1">#REF!</definedName>
     <definedName name="Package" localSheetId="0">#REF!</definedName>
     <definedName name="Package">#REF!</definedName>
     <definedName name="PAGE1" localSheetId="1">#REF!</definedName>
     <definedName name="PAGE1" localSheetId="0">#REF!</definedName>
     <definedName name="PAGE1">#REF!</definedName>
     <definedName name="PAT2DATA" localSheetId="1">#REF!</definedName>
     <definedName name="PAT2DATA" localSheetId="0">#REF!</definedName>
     <definedName name="PAT2DATA">#REF!</definedName>
     <definedName name="PATDATA" localSheetId="1">#REF!</definedName>
     <definedName name="PATDATA" localSheetId="0">#REF!</definedName>
     <definedName name="PATDATA">#REF!</definedName>
     <definedName name="PAth" localSheetId="1">#REF!</definedName>
     <definedName name="PAth" localSheetId="0">#REF!</definedName>
     <definedName name="PAth">#REF!</definedName>
     <definedName name="Pay_Date" localSheetId="1">#REF!</definedName>
     <definedName name="Pay_Date" localSheetId="0">#REF!</definedName>
     <definedName name="Pay_Date">#REF!</definedName>
     <definedName name="Pay_Down" localSheetId="3">#REF!</definedName>
     <definedName name="Pay_Down" localSheetId="7">#REF!</definedName>
     <definedName name="Pay_Down" localSheetId="1">#REF!</definedName>
     <definedName name="Pay_Down" localSheetId="0">#REF!</definedName>
     <definedName name="Pay_Down" localSheetId="6">#REF!</definedName>
     <definedName name="Pay_Down" localSheetId="5">#REF!</definedName>
     <definedName name="Pay_Down" localSheetId="2">#REF!</definedName>
     <definedName name="Pay_Down" localSheetId="4">#REF!</definedName>
+    <definedName name="Pay_Down" localSheetId="10">#REF!</definedName>
+    <definedName name="Pay_Down" localSheetId="9">#REF!</definedName>
     <definedName name="Pay_Down" localSheetId="8">#REF!</definedName>
     <definedName name="Pay_Down">#REF!</definedName>
     <definedName name="Pay_Num" localSheetId="1">#REF!</definedName>
     <definedName name="Pay_Num" localSheetId="0">#REF!</definedName>
     <definedName name="Pay_Num">#REF!</definedName>
     <definedName name="PAYABLE_PREM_PRICE" localSheetId="3">#REF!</definedName>
     <definedName name="PAYABLE_PREM_PRICE" localSheetId="7">#REF!</definedName>
     <definedName name="PAYABLE_PREM_PRICE" localSheetId="1">#REF!</definedName>
     <definedName name="PAYABLE_PREM_PRICE" localSheetId="0">#REF!</definedName>
     <definedName name="PAYABLE_PREM_PRICE" localSheetId="2">#REF!</definedName>
     <definedName name="PAYABLE_PREM_PRICE" localSheetId="4">#REF!</definedName>
+    <definedName name="PAYABLE_PREM_PRICE" localSheetId="10">#REF!</definedName>
+    <definedName name="PAYABLE_PREM_PRICE" localSheetId="9">#REF!</definedName>
     <definedName name="PAYABLE_PREM_PRICE" localSheetId="8">#REF!</definedName>
     <definedName name="PAYABLE_PREM_PRICE">#REF!</definedName>
     <definedName name="Payment_Date" localSheetId="3">DATE(YEAR([0]!Loan_Start),MONTH([0]!Loan_Start)+Payment_Number,DAY([0]!Loan_Start))</definedName>
     <definedName name="Payment_Date" localSheetId="7">DATE(YEAR(Loan_Start),MONTH(Loan_Start)+Payment_Number,DAY(Loan_Start))</definedName>
     <definedName name="Payment_Date" localSheetId="1">DATE(YEAR('FEB 2025'!Loan_Start),MONTH('FEB 2025'!Loan_Start)+Payment_Number,DAY('FEB 2025'!Loan_Start))</definedName>
     <definedName name="Payment_Date" localSheetId="0">DATE(YEAR('JAN 2025'!Loan_Start),MONTH('JAN 2025'!Loan_Start)+Payment_Number,DAY('JAN 2025'!Loan_Start))</definedName>
     <definedName name="Payment_Date" localSheetId="6">DATE(YEAR([0]!Loan_Start),MONTH([0]!Loan_Start)+Payment_Number,DAY([0]!Loan_Start))</definedName>
     <definedName name="Payment_Date" localSheetId="5">DATE(YEAR(Loan_Start),MONTH(Loan_Start)+Payment_Number,DAY(Loan_Start))</definedName>
     <definedName name="Payment_Date" localSheetId="2">DATE(YEAR(Loan_Start),MONTH(Loan_Start)+Payment_Number,DAY(Loan_Start))</definedName>
     <definedName name="Payment_Date" localSheetId="4">DATE(YEAR(Loan_Start),MONTH(Loan_Start)+Payment_Number,DAY(Loan_Start))</definedName>
+    <definedName name="Payment_Date" localSheetId="10">DATE(YEAR([0]!Loan_Start),MONTH([0]!Loan_Start)+Payment_Number,DAY([0]!Loan_Start))</definedName>
+    <definedName name="Payment_Date" localSheetId="9">DATE(YEAR([0]!Loan_Start),MONTH([0]!Loan_Start)+Payment_Number,DAY([0]!Loan_Start))</definedName>
     <definedName name="Payment_Date" localSheetId="8">DATE(YEAR([0]!Loan_Start),MONTH([0]!Loan_Start)+Payment_Number,DAY([0]!Loan_Start))</definedName>
     <definedName name="Payment_Date">DATE(YEAR(Loan_Start),MONTH(Loan_Start)+Payment_Number,DAY(Loan_Start))</definedName>
     <definedName name="period" localSheetId="1">#REF!</definedName>
     <definedName name="period" localSheetId="0">#REF!</definedName>
     <definedName name="period">#REF!</definedName>
     <definedName name="Periods" localSheetId="3">#REF!</definedName>
     <definedName name="Periods" localSheetId="7">#REF!</definedName>
     <definedName name="Periods" localSheetId="1">#REF!</definedName>
     <definedName name="Periods" localSheetId="0">#REF!</definedName>
     <definedName name="Periods" localSheetId="6">#REF!</definedName>
     <definedName name="Periods" localSheetId="5">#REF!</definedName>
     <definedName name="Periods" localSheetId="2">#REF!</definedName>
     <definedName name="Periods" localSheetId="4">#REF!</definedName>
+    <definedName name="Periods" localSheetId="10">#REF!</definedName>
+    <definedName name="Periods" localSheetId="9">#REF!</definedName>
     <definedName name="Periods" localSheetId="8">#REF!</definedName>
     <definedName name="Periods">#REF!</definedName>
     <definedName name="PL3Q" localSheetId="1">#REF!</definedName>
     <definedName name="PL3Q" localSheetId="0">#REF!</definedName>
     <definedName name="PL3Q">#REF!</definedName>
     <definedName name="PlanData" localSheetId="3">#REF!</definedName>
     <definedName name="PlanData" localSheetId="7">#REF!</definedName>
     <definedName name="PlanData" localSheetId="1">#REF!</definedName>
     <definedName name="PlanData" localSheetId="0">#REF!</definedName>
     <definedName name="PlanData" localSheetId="6">#REF!</definedName>
     <definedName name="PlanData" localSheetId="5">#REF!</definedName>
     <definedName name="PlanData" localSheetId="2">#REF!</definedName>
     <definedName name="PlanData" localSheetId="4">#REF!</definedName>
+    <definedName name="PlanData" localSheetId="10">#REF!</definedName>
+    <definedName name="PlanData" localSheetId="9">#REF!</definedName>
     <definedName name="PlanData" localSheetId="8">#REF!</definedName>
     <definedName name="PlanData">#REF!</definedName>
     <definedName name="Pledged" localSheetId="3">#REF!</definedName>
     <definedName name="Pledged" localSheetId="7">#REF!</definedName>
     <definedName name="Pledged" localSheetId="1">#REF!</definedName>
     <definedName name="Pledged" localSheetId="0">#REF!</definedName>
     <definedName name="Pledged" localSheetId="6">#REF!</definedName>
     <definedName name="Pledged" localSheetId="5">#REF!</definedName>
     <definedName name="Pledged" localSheetId="2">#REF!</definedName>
     <definedName name="Pledged" localSheetId="4">#REF!</definedName>
+    <definedName name="Pledged" localSheetId="10">#REF!</definedName>
+    <definedName name="Pledged" localSheetId="9">#REF!</definedName>
     <definedName name="Pledged" localSheetId="8">#REF!</definedName>
     <definedName name="Pledged">#REF!</definedName>
     <definedName name="poiuyt" localSheetId="3">#REF!</definedName>
     <definedName name="poiuyt" localSheetId="7">#REF!</definedName>
     <definedName name="poiuyt" localSheetId="1">#REF!</definedName>
     <definedName name="poiuyt" localSheetId="0">#REF!</definedName>
     <definedName name="poiuyt" localSheetId="2">#REF!</definedName>
     <definedName name="poiuyt" localSheetId="4">#REF!</definedName>
+    <definedName name="poiuyt" localSheetId="10">#REF!</definedName>
+    <definedName name="poiuyt" localSheetId="9">#REF!</definedName>
     <definedName name="poiuyt" localSheetId="8">#REF!</definedName>
     <definedName name="poiuyt">#REF!</definedName>
     <definedName name="POOL1" localSheetId="3">#REF!</definedName>
     <definedName name="POOL1" localSheetId="7">#REF!</definedName>
     <definedName name="POOL1" localSheetId="1">#REF!</definedName>
     <definedName name="POOL1" localSheetId="0">#REF!</definedName>
     <definedName name="POOL1" localSheetId="2">#REF!</definedName>
     <definedName name="POOL1" localSheetId="4">#REF!</definedName>
+    <definedName name="POOL1" localSheetId="10">#REF!</definedName>
+    <definedName name="POOL1" localSheetId="9">#REF!</definedName>
     <definedName name="POOL1" localSheetId="8">#REF!</definedName>
     <definedName name="POOL1">#REF!</definedName>
     <definedName name="POOL2" localSheetId="3">#REF!</definedName>
     <definedName name="POOL2" localSheetId="7">#REF!</definedName>
     <definedName name="POOL2" localSheetId="1">#REF!</definedName>
     <definedName name="POOL2" localSheetId="0">#REF!</definedName>
     <definedName name="POOL2" localSheetId="2">#REF!</definedName>
     <definedName name="POOL2" localSheetId="4">#REF!</definedName>
+    <definedName name="POOL2" localSheetId="10">#REF!</definedName>
+    <definedName name="POOL2" localSheetId="9">#REF!</definedName>
     <definedName name="POOL2" localSheetId="8">#REF!</definedName>
     <definedName name="POOL2">#REF!</definedName>
     <definedName name="Pre_Market" localSheetId="1">#REF!</definedName>
     <definedName name="Pre_Market" localSheetId="0">#REF!</definedName>
     <definedName name="Pre_Market">#REF!</definedName>
     <definedName name="PREM._PRICE_LNS_FINANCIAL_FREE" localSheetId="3">#REF!</definedName>
     <definedName name="PREM._PRICE_LNS_FINANCIAL_FREE" localSheetId="7">#REF!</definedName>
     <definedName name="PREM._PRICE_LNS_FINANCIAL_FREE" localSheetId="1">#REF!</definedName>
     <definedName name="PREM._PRICE_LNS_FINANCIAL_FREE" localSheetId="0">#REF!</definedName>
     <definedName name="PREM._PRICE_LNS_FINANCIAL_FREE" localSheetId="2">#REF!</definedName>
     <definedName name="PREM._PRICE_LNS_FINANCIAL_FREE" localSheetId="4">#REF!</definedName>
+    <definedName name="PREM._PRICE_LNS_FINANCIAL_FREE" localSheetId="10">#REF!</definedName>
+    <definedName name="PREM._PRICE_LNS_FINANCIAL_FREE" localSheetId="9">#REF!</definedName>
     <definedName name="PREM._PRICE_LNS_FINANCIAL_FREE" localSheetId="8">#REF!</definedName>
     <definedName name="PREM._PRICE_LNS_FINANCIAL_FREE">#REF!</definedName>
     <definedName name="PREM.PRICED_LOANS_PAIDOFF" localSheetId="3">#REF!</definedName>
     <definedName name="PREM.PRICED_LOANS_PAIDOFF" localSheetId="7">#REF!</definedName>
     <definedName name="PREM.PRICED_LOANS_PAIDOFF" localSheetId="1">#REF!</definedName>
     <definedName name="PREM.PRICED_LOANS_PAIDOFF" localSheetId="0">#REF!</definedName>
     <definedName name="PREM.PRICED_LOANS_PAIDOFF" localSheetId="2">#REF!</definedName>
     <definedName name="PREM.PRICED_LOANS_PAIDOFF" localSheetId="4">#REF!</definedName>
+    <definedName name="PREM.PRICED_LOANS_PAIDOFF" localSheetId="10">#REF!</definedName>
+    <definedName name="PREM.PRICED_LOANS_PAIDOFF" localSheetId="9">#REF!</definedName>
     <definedName name="PREM.PRICED_LOANS_PAIDOFF" localSheetId="8">#REF!</definedName>
     <definedName name="PREM.PRICED_LOANS_PAIDOFF">#REF!</definedName>
     <definedName name="PREM_PAYABLE_FF" localSheetId="3">#REF!</definedName>
     <definedName name="PREM_PAYABLE_FF" localSheetId="7">#REF!</definedName>
     <definedName name="PREM_PAYABLE_FF" localSheetId="1">#REF!</definedName>
     <definedName name="PREM_PAYABLE_FF" localSheetId="0">#REF!</definedName>
     <definedName name="PREM_PAYABLE_FF" localSheetId="2">#REF!</definedName>
     <definedName name="PREM_PAYABLE_FF" localSheetId="4">#REF!</definedName>
+    <definedName name="PREM_PAYABLE_FF" localSheetId="10">#REF!</definedName>
+    <definedName name="PREM_PAYABLE_FF" localSheetId="9">#REF!</definedName>
     <definedName name="PREM_PAYABLE_FF" localSheetId="8">#REF!</definedName>
     <definedName name="PREM_PAYABLE_FF">#REF!</definedName>
     <definedName name="PREM_PAYABLE_WF" localSheetId="3">#REF!</definedName>
     <definedName name="PREM_PAYABLE_WF" localSheetId="7">#REF!</definedName>
     <definedName name="PREM_PAYABLE_WF" localSheetId="1">#REF!</definedName>
     <definedName name="PREM_PAYABLE_WF" localSheetId="0">#REF!</definedName>
     <definedName name="PREM_PAYABLE_WF" localSheetId="2">#REF!</definedName>
     <definedName name="PREM_PAYABLE_WF" localSheetId="4">#REF!</definedName>
+    <definedName name="PREM_PAYABLE_WF" localSheetId="10">#REF!</definedName>
+    <definedName name="PREM_PAYABLE_WF" localSheetId="9">#REF!</definedName>
     <definedName name="PREM_PAYABLE_WF" localSheetId="8">#REF!</definedName>
     <definedName name="PREM_PAYABLE_WF">#REF!</definedName>
     <definedName name="PREM_PAYOFFS" localSheetId="3">#REF!</definedName>
     <definedName name="PREM_PAYOFFS" localSheetId="7">#REF!</definedName>
     <definedName name="PREM_PAYOFFS" localSheetId="1">#REF!</definedName>
     <definedName name="PREM_PAYOFFS" localSheetId="0">#REF!</definedName>
     <definedName name="PREM_PAYOFFS" localSheetId="2">#REF!</definedName>
     <definedName name="PREM_PAYOFFS" localSheetId="4">#REF!</definedName>
+    <definedName name="PREM_PAYOFFS" localSheetId="10">#REF!</definedName>
+    <definedName name="PREM_PAYOFFS" localSheetId="9">#REF!</definedName>
     <definedName name="PREM_PAYOFFS" localSheetId="8">#REF!</definedName>
     <definedName name="PREM_PAYOFFS">#REF!</definedName>
     <definedName name="PREM_PRICED_CORRECTION" localSheetId="3">#REF!</definedName>
     <definedName name="PREM_PRICED_CORRECTION" localSheetId="7">#REF!</definedName>
     <definedName name="PREM_PRICED_CORRECTION" localSheetId="1">#REF!</definedName>
     <definedName name="PREM_PRICED_CORRECTION" localSheetId="0">#REF!</definedName>
     <definedName name="PREM_PRICED_CORRECTION" localSheetId="2">#REF!</definedName>
     <definedName name="PREM_PRICED_CORRECTION" localSheetId="4">#REF!</definedName>
+    <definedName name="PREM_PRICED_CORRECTION" localSheetId="10">#REF!</definedName>
+    <definedName name="PREM_PRICED_CORRECTION" localSheetId="9">#REF!</definedName>
     <definedName name="PREM_PRICED_CORRECTION" localSheetId="8">#REF!</definedName>
     <definedName name="PREM_PRICED_CORRECTION">#REF!</definedName>
     <definedName name="Prepared_by" localSheetId="1">#REF!</definedName>
     <definedName name="Prepared_by" localSheetId="0">#REF!</definedName>
     <definedName name="Prepared_by">#REF!</definedName>
     <definedName name="Prepared_by_C" localSheetId="1">#REF!</definedName>
     <definedName name="Prepared_by_C" localSheetId="0">#REF!</definedName>
     <definedName name="Prepared_by_C">#REF!</definedName>
     <definedName name="Prepared_by_RS" localSheetId="1">#REF!</definedName>
     <definedName name="Prepared_by_RS" localSheetId="0">#REF!</definedName>
     <definedName name="Prepared_by_RS">#REF!</definedName>
     <definedName name="Prepared_by_S" localSheetId="3">#REF!</definedName>
     <definedName name="Prepared_by_S" localSheetId="7">#REF!</definedName>
     <definedName name="Prepared_by_S" localSheetId="1">#REF!</definedName>
     <definedName name="Prepared_by_S" localSheetId="0">#REF!</definedName>
     <definedName name="Prepared_by_S" localSheetId="2">#REF!</definedName>
     <definedName name="Prepared_by_S" localSheetId="4">#REF!</definedName>
+    <definedName name="Prepared_by_S" localSheetId="10">#REF!</definedName>
+    <definedName name="Prepared_by_S" localSheetId="9">#REF!</definedName>
     <definedName name="Prepared_by_S" localSheetId="8">#REF!</definedName>
     <definedName name="Prepared_by_S">#REF!</definedName>
     <definedName name="Prepared_by_T" localSheetId="1">#REF!</definedName>
     <definedName name="Prepared_by_T" localSheetId="0">#REF!</definedName>
     <definedName name="Prepared_by_T">#REF!</definedName>
     <definedName name="Price_Date" localSheetId="1">#REF!</definedName>
     <definedName name="Price_Date" localSheetId="0">#REF!</definedName>
     <definedName name="Price_Date">#REF!</definedName>
     <definedName name="prin" localSheetId="1">#REF!</definedName>
     <definedName name="prin" localSheetId="0">#REF!</definedName>
     <definedName name="prin">#REF!</definedName>
     <definedName name="Princ" localSheetId="1">#REF!</definedName>
     <definedName name="Princ" localSheetId="0">#REF!</definedName>
     <definedName name="Princ">#REF!</definedName>
     <definedName name="print" localSheetId="1">#REF!</definedName>
     <definedName name="print" localSheetId="0">#REF!</definedName>
     <definedName name="print">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'APR 2025'!$A$1:$G$20</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="7">'AUG 2025'!$A$1:$G$20</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'FEB 2025'!$A$1:$G$19</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'JAN 2025'!$A$1:$G$19</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'JUL 2025'!$A$1:$G$20</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'JUN 2025'!$A$1:$G$20</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'MAR 2025'!$A$1:$G$20</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'MAY 2025'!$A$1:$G$20</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="10">'NOV 2025'!$A$1:$G$20</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="9">'OCT 2025'!$A$1:$G$20</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">'SEP 2025'!$A$1:$G$20</definedName>
     <definedName name="_xlnm.Print_Area">#REF!</definedName>
     <definedName name="Print_Area_MI" localSheetId="1">#REF!</definedName>
     <definedName name="Print_Area_MI" localSheetId="0">#REF!</definedName>
     <definedName name="Print_Area_MI">#REF!</definedName>
     <definedName name="Print_Area_Reset" localSheetId="3">OFFSET([0]!Full_Print,0,0,'APR 2025'!Last_Row)</definedName>
     <definedName name="Print_Area_Reset" localSheetId="7">OFFSET(Full_Print,0,0,'AUG 2025'!Last_Row)</definedName>
     <definedName name="Print_Area_Reset" localSheetId="1">OFFSET('FEB 2025'!Full_Print,0,0,'FEB 2025'!Last_Row)</definedName>
     <definedName name="Print_Area_Reset" localSheetId="0">OFFSET('JAN 2025'!Full_Print,0,0,'JAN 2025'!Last_Row)</definedName>
     <definedName name="Print_Area_Reset" localSheetId="6">OFFSET([0]!Full_Print,0,0,'JUL 2025'!Last_Row)</definedName>
     <definedName name="Print_Area_Reset" localSheetId="5">OFFSET(Full_Print,0,0,'JUN 2025'!Last_Row)</definedName>
     <definedName name="Print_Area_Reset" localSheetId="2">OFFSET(Full_Print,0,0,'MAR 2025'!Last_Row)</definedName>
     <definedName name="Print_Area_Reset" localSheetId="4">OFFSET(Full_Print,0,0,'MAY 2025'!Last_Row)</definedName>
+    <definedName name="Print_Area_Reset" localSheetId="10">OFFSET([0]!Full_Print,0,0,'NOV 2025'!Last_Row)</definedName>
+    <definedName name="Print_Area_Reset" localSheetId="9">OFFSET([0]!Full_Print,0,0,'OCT 2025'!Last_Row)</definedName>
     <definedName name="Print_Area_Reset" localSheetId="8">OFFSET([0]!Full_Print,0,0,'SEP 2025'!Last_Row)</definedName>
     <definedName name="Print_Area_Reset">OFFSET(Full_Print,0,0,Last_Row)</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">#REF!</definedName>
     <definedName name="_xlnm.Print_Titles">#REF!</definedName>
     <definedName name="Print_Titles_MI" localSheetId="1">#REF!</definedName>
     <definedName name="Print_Titles_MI" localSheetId="0">#REF!</definedName>
     <definedName name="Print_Titles_MI">#REF!</definedName>
     <definedName name="PrintArea" localSheetId="1">#REF!</definedName>
     <definedName name="PrintArea" localSheetId="0">#REF!</definedName>
     <definedName name="PrintArea">#REF!</definedName>
     <definedName name="PRJTYP02" localSheetId="1">#REF!</definedName>
     <definedName name="PRJTYP02" localSheetId="0">#REF!</definedName>
     <definedName name="PRJTYP02">#REF!</definedName>
     <definedName name="PRJTYP03" localSheetId="1">#REF!</definedName>
     <definedName name="PRJTYP03" localSheetId="0">#REF!</definedName>
     <definedName name="PRJTYP03">#REF!</definedName>
     <definedName name="PRJTYP04" localSheetId="1">#REF!</definedName>
     <definedName name="PRJTYP04" localSheetId="0">#REF!</definedName>
     <definedName name="PRJTYP04">#REF!</definedName>
     <definedName name="PRJTYP05" localSheetId="1">#REF!</definedName>
     <definedName name="PRJTYP05" localSheetId="0">#REF!</definedName>
     <definedName name="PRJTYP05">#REF!</definedName>
     <definedName name="PRJTYP06" localSheetId="1">#REF!</definedName>
     <definedName name="PRJTYP06" localSheetId="0">#REF!</definedName>
@@ -7301,216 +8175,236 @@
     <definedName name="PROD03" localSheetId="0">#REF!</definedName>
     <definedName name="PROD03">#REF!</definedName>
     <definedName name="PROD04" localSheetId="1">#REF!</definedName>
     <definedName name="PROD04" localSheetId="0">#REF!</definedName>
     <definedName name="PROD04">#REF!</definedName>
     <definedName name="PROD05" localSheetId="1">#REF!</definedName>
     <definedName name="PROD05" localSheetId="0">#REF!</definedName>
     <definedName name="PROD05">#REF!</definedName>
     <definedName name="PROD06" localSheetId="1">#REF!</definedName>
     <definedName name="PROD06" localSheetId="0">#REF!</definedName>
     <definedName name="PROD06">#REF!</definedName>
     <definedName name="PRODUCT_CODE" localSheetId="1">#REF!</definedName>
     <definedName name="PRODUCT_CODE" localSheetId="0">#REF!</definedName>
     <definedName name="PRODUCT_CODE">#REF!</definedName>
     <definedName name="PRODUCT_NAME" localSheetId="1">#REF!</definedName>
     <definedName name="PRODUCT_NAME" localSheetId="0">#REF!</definedName>
     <definedName name="PRODUCT_NAME">#REF!</definedName>
     <definedName name="Product_TB" localSheetId="3">#REF!</definedName>
     <definedName name="Product_TB" localSheetId="7">#REF!</definedName>
     <definedName name="Product_TB" localSheetId="1">#REF!</definedName>
     <definedName name="Product_TB" localSheetId="0">#REF!</definedName>
     <definedName name="Product_TB" localSheetId="6">#REF!</definedName>
     <definedName name="Product_TB" localSheetId="5">#REF!</definedName>
     <definedName name="Product_TB" localSheetId="2">#REF!</definedName>
     <definedName name="Product_TB" localSheetId="4">#REF!</definedName>
+    <definedName name="Product_TB" localSheetId="10">#REF!</definedName>
+    <definedName name="Product_TB" localSheetId="9">#REF!</definedName>
     <definedName name="Product_TB" localSheetId="8">#REF!</definedName>
     <definedName name="Product_TB">#REF!</definedName>
     <definedName name="Project_ID_C" localSheetId="1">#REF!</definedName>
     <definedName name="Project_ID_C" localSheetId="0">#REF!</definedName>
     <definedName name="Project_ID_C">#REF!</definedName>
     <definedName name="Project_ID_RS" localSheetId="1">#REF!</definedName>
     <definedName name="Project_ID_RS" localSheetId="0">#REF!</definedName>
     <definedName name="Project_ID_RS">#REF!</definedName>
     <definedName name="Project_ID_S" localSheetId="3">#REF!</definedName>
     <definedName name="Project_ID_S" localSheetId="7">#REF!</definedName>
     <definedName name="Project_ID_S" localSheetId="1">#REF!</definedName>
     <definedName name="Project_ID_S" localSheetId="0">#REF!</definedName>
     <definedName name="Project_ID_S" localSheetId="2">#REF!</definedName>
     <definedName name="Project_ID_S" localSheetId="4">#REF!</definedName>
+    <definedName name="Project_ID_S" localSheetId="10">#REF!</definedName>
+    <definedName name="Project_ID_S" localSheetId="9">#REF!</definedName>
     <definedName name="Project_ID_S" localSheetId="8">#REF!</definedName>
     <definedName name="Project_ID_S">#REF!</definedName>
     <definedName name="Project_ID_T" localSheetId="1">#REF!</definedName>
     <definedName name="Project_ID_T" localSheetId="0">#REF!</definedName>
     <definedName name="Project_ID_T">#REF!</definedName>
     <definedName name="PROVISIONS" localSheetId="1">#REF!</definedName>
     <definedName name="PROVISIONS" localSheetId="0">#REF!</definedName>
     <definedName name="PROVISIONS">#REF!</definedName>
     <definedName name="PS_Account" localSheetId="1">#REF!</definedName>
     <definedName name="PS_Account" localSheetId="0">#REF!</definedName>
     <definedName name="PS_Account">#REF!</definedName>
     <definedName name="PS_Category_Cde" localSheetId="1">#REF!</definedName>
     <definedName name="PS_Category_Cde" localSheetId="0">#REF!</definedName>
     <definedName name="PS_Category_Cde">#REF!</definedName>
     <definedName name="PS_Cost_Center" localSheetId="1">#REF!</definedName>
     <definedName name="PS_Cost_Center" localSheetId="0">#REF!</definedName>
     <definedName name="PS_Cost_Center">#REF!</definedName>
     <definedName name="PS_Debit__Credit" localSheetId="1">#REF!</definedName>
     <definedName name="PS_Debit__Credit" localSheetId="0">#REF!</definedName>
     <definedName name="PS_Debit__Credit">#REF!</definedName>
     <definedName name="PS_description" localSheetId="1">#REF!</definedName>
     <definedName name="PS_description" localSheetId="0">#REF!</definedName>
     <definedName name="PS_description">#REF!</definedName>
     <definedName name="PS_Effective_Date" localSheetId="1">#REF!</definedName>
     <definedName name="PS_Effective_Date" localSheetId="0">#REF!</definedName>
     <definedName name="PS_Effective_Date">#REF!</definedName>
     <definedName name="PS_GL_date" localSheetId="1">#REF!</definedName>
     <definedName name="PS_GL_date" localSheetId="0">#REF!</definedName>
     <definedName name="PS_GL_date">#REF!</definedName>
     <definedName name="PS_Journal_ID" localSheetId="1">#REF!</definedName>
     <definedName name="PS_Journal_ID" localSheetId="0">#REF!</definedName>
     <definedName name="PS_Journal_ID">#REF!</definedName>
     <definedName name="PS_Line_Description" localSheetId="1">#REF!</definedName>
     <definedName name="PS_Line_Description" localSheetId="0">#REF!</definedName>
     <definedName name="PS_Line_Description">#REF!</definedName>
     <definedName name="PS_Recon_Code" localSheetId="1">#REF!</definedName>
     <definedName name="PS_Recon_Code" localSheetId="0">#REF!</definedName>
     <definedName name="PS_Recon_Code">#REF!</definedName>
     <definedName name="PS_STAR_iSTAR" localSheetId="1">#REF!</definedName>
     <definedName name="PS_STAR_iSTAR" localSheetId="0">#REF!</definedName>
     <definedName name="PS_STAR_iSTAR">#REF!</definedName>
     <definedName name="purch112913" localSheetId="3">#REF!</definedName>
     <definedName name="purch112913" localSheetId="7">#REF!</definedName>
     <definedName name="purch112913" localSheetId="1">#REF!</definedName>
     <definedName name="purch112913" localSheetId="0">#REF!</definedName>
     <definedName name="purch112913" localSheetId="6">#REF!</definedName>
     <definedName name="purch112913" localSheetId="5">#REF!</definedName>
     <definedName name="purch112913" localSheetId="2">#REF!</definedName>
     <definedName name="purch112913" localSheetId="4">#REF!</definedName>
+    <definedName name="purch112913" localSheetId="10">#REF!</definedName>
+    <definedName name="purch112913" localSheetId="9">#REF!</definedName>
     <definedName name="purch112913" localSheetId="8">#REF!</definedName>
     <definedName name="purch112913">#REF!</definedName>
     <definedName name="purch113020" localSheetId="3">#REF!</definedName>
     <definedName name="purch113020" localSheetId="7">#REF!</definedName>
     <definedName name="purch113020" localSheetId="1">#REF!</definedName>
     <definedName name="purch113020" localSheetId="0">#REF!</definedName>
     <definedName name="purch113020" localSheetId="6">#REF!</definedName>
     <definedName name="purch113020" localSheetId="5">#REF!</definedName>
     <definedName name="purch113020" localSheetId="2">#REF!</definedName>
     <definedName name="purch113020" localSheetId="4">#REF!</definedName>
+    <definedName name="purch113020" localSheetId="10">#REF!</definedName>
+    <definedName name="purch113020" localSheetId="9">#REF!</definedName>
     <definedName name="purch113020" localSheetId="8">#REF!</definedName>
     <definedName name="purch113020">#REF!</definedName>
     <definedName name="PURCHASE" localSheetId="1">#REF!</definedName>
     <definedName name="PURCHASE" localSheetId="0">#REF!</definedName>
     <definedName name="PURCHASE">#REF!</definedName>
     <definedName name="purchDiff" localSheetId="1">#REF!</definedName>
     <definedName name="purchDiff" localSheetId="0">#REF!</definedName>
     <definedName name="purchDiff">#REF!</definedName>
     <definedName name="q">#N/A</definedName>
     <definedName name="Q1GL" localSheetId="1">#REF!</definedName>
     <definedName name="Q1GL" localSheetId="0">#REF!</definedName>
     <definedName name="Q1GL">#REF!</definedName>
     <definedName name="Q2GL" localSheetId="1">#REF!</definedName>
     <definedName name="Q2GL" localSheetId="0">#REF!</definedName>
     <definedName name="Q2GL">#REF!</definedName>
     <definedName name="qasz" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="qasz" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="qasz" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="qasz" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="qasz" localSheetId="6" hidden="1">#REF!</definedName>
     <definedName name="qasz" localSheetId="5" hidden="1">#REF!</definedName>
     <definedName name="qasz" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="qasz" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="qasz" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="qasz" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="qasz" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="qasz" hidden="1">#REF!</definedName>
     <definedName name="qaz" localSheetId="3">#REF!</definedName>
     <definedName name="qaz" localSheetId="7">#REF!</definedName>
     <definedName name="qaz" localSheetId="1">#REF!</definedName>
     <definedName name="qaz" localSheetId="0">#REF!</definedName>
     <definedName name="qaz" localSheetId="2">#REF!</definedName>
     <definedName name="qaz" localSheetId="4">#REF!</definedName>
+    <definedName name="qaz" localSheetId="10">#REF!</definedName>
+    <definedName name="qaz" localSheetId="9">#REF!</definedName>
     <definedName name="qaz" localSheetId="8">#REF!</definedName>
     <definedName name="qaz">#REF!</definedName>
     <definedName name="QRY_PIVTOT_JE" localSheetId="1">#REF!</definedName>
     <definedName name="QRY_PIVTOT_JE" localSheetId="0">#REF!</definedName>
     <definedName name="QRY_PIVTOT_JE">#REF!</definedName>
     <definedName name="QTR_C" localSheetId="1">#REF!</definedName>
     <definedName name="QTR_C" localSheetId="0">#REF!</definedName>
     <definedName name="QTR_C">#REF!</definedName>
     <definedName name="QTR_RB" localSheetId="1">#REF!</definedName>
     <definedName name="QTR_RB" localSheetId="0">#REF!</definedName>
     <definedName name="QTR_RB">#REF!</definedName>
     <definedName name="QTR_REO" localSheetId="1">#REF!</definedName>
     <definedName name="QTR_REO" localSheetId="0">#REF!</definedName>
     <definedName name="QTR_REO">#REF!</definedName>
     <definedName name="QTR_RS" localSheetId="1">#REF!</definedName>
     <definedName name="QTR_RS" localSheetId="0">#REF!</definedName>
     <definedName name="QTR_RS">#REF!</definedName>
     <definedName name="QTR_S" localSheetId="3">#REF!</definedName>
     <definedName name="QTR_S" localSheetId="7">#REF!</definedName>
     <definedName name="QTR_S" localSheetId="1">#REF!</definedName>
     <definedName name="QTR_S" localSheetId="0">#REF!</definedName>
     <definedName name="QTR_S" localSheetId="2">#REF!</definedName>
     <definedName name="QTR_S" localSheetId="4">#REF!</definedName>
+    <definedName name="QTR_S" localSheetId="10">#REF!</definedName>
+    <definedName name="QTR_S" localSheetId="9">#REF!</definedName>
     <definedName name="QTR_S" localSheetId="8">#REF!</definedName>
     <definedName name="QTR_S">#REF!</definedName>
     <definedName name="QTR_T" localSheetId="1">#REF!</definedName>
     <definedName name="QTR_T" localSheetId="0">#REF!</definedName>
     <definedName name="QTR_T">#REF!</definedName>
     <definedName name="queryResults" localSheetId="1">#REF!</definedName>
     <definedName name="queryResults" localSheetId="0">#REF!</definedName>
     <definedName name="queryResults">#REF!</definedName>
     <definedName name="qwasd" localSheetId="3">#REF!</definedName>
     <definedName name="qwasd" localSheetId="7">#REF!</definedName>
     <definedName name="qwasd" localSheetId="1">#REF!</definedName>
     <definedName name="qwasd" localSheetId="0">#REF!</definedName>
     <definedName name="qwasd" localSheetId="6">#REF!</definedName>
     <definedName name="qwasd" localSheetId="5">#REF!</definedName>
     <definedName name="qwasd" localSheetId="2">#REF!</definedName>
     <definedName name="qwasd" localSheetId="4">#REF!</definedName>
+    <definedName name="qwasd" localSheetId="10">#REF!</definedName>
+    <definedName name="qwasd" localSheetId="9">#REF!</definedName>
     <definedName name="qwasd" localSheetId="8">#REF!</definedName>
     <definedName name="qwasd">#REF!</definedName>
     <definedName name="qwe" localSheetId="1">#REF!</definedName>
     <definedName name="qwe" localSheetId="0">#REF!</definedName>
     <definedName name="qwe">#REF!</definedName>
     <definedName name="qwerty" localSheetId="3" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="qwerty" localSheetId="7" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="qwerty" localSheetId="1" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="qwerty" localSheetId="0" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="qwerty" localSheetId="6" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="qwerty" localSheetId="5" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="qwerty" localSheetId="2" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="qwerty" localSheetId="4" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
+    <definedName name="qwerty" localSheetId="10" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
+    <definedName name="qwerty" localSheetId="9" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="qwerty" localSheetId="8" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="qwerty" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="qwwdqw" localSheetId="3">#REF!</definedName>
     <definedName name="qwwdqw" localSheetId="7">#REF!</definedName>
     <definedName name="qwwdqw" localSheetId="1">#REF!</definedName>
     <definedName name="qwwdqw" localSheetId="0">#REF!</definedName>
     <definedName name="qwwdqw" localSheetId="6">#REF!</definedName>
     <definedName name="qwwdqw" localSheetId="5">#REF!</definedName>
     <definedName name="qwwdqw" localSheetId="2">#REF!</definedName>
     <definedName name="qwwdqw" localSheetId="4">#REF!</definedName>
+    <definedName name="qwwdqw" localSheetId="10">#REF!</definedName>
+    <definedName name="qwwdqw" localSheetId="9">#REF!</definedName>
     <definedName name="qwwdqw" localSheetId="8">#REF!</definedName>
     <definedName name="qwwdqw">#REF!</definedName>
     <definedName name="rangetounprotect" localSheetId="1">#REF!,#REF!,#REF!,#REF!,#REF!,#REF!</definedName>
     <definedName name="rangetounprotect" localSheetId="0">#REF!,#REF!,#REF!,#REF!,#REF!,#REF!</definedName>
     <definedName name="rangetounprotect">#REF!,#REF!,#REF!,#REF!,#REF!,#REF!</definedName>
     <definedName name="rating_11" localSheetId="1">#REF!</definedName>
     <definedName name="rating_11" localSheetId="0">#REF!</definedName>
     <definedName name="rating_11">#REF!</definedName>
     <definedName name="rating_12" localSheetId="1">#REF!</definedName>
     <definedName name="rating_12" localSheetId="0">#REF!</definedName>
     <definedName name="rating_12">#REF!</definedName>
     <definedName name="rating_13" localSheetId="1">#REF!</definedName>
     <definedName name="rating_13" localSheetId="0">#REF!</definedName>
     <definedName name="rating_13">#REF!</definedName>
     <definedName name="rating_14" localSheetId="1">#REF!</definedName>
     <definedName name="rating_14" localSheetId="0">#REF!</definedName>
     <definedName name="rating_14">#REF!</definedName>
     <definedName name="rating_21" localSheetId="1">#REF!</definedName>
     <definedName name="rating_21" localSheetId="0">#REF!</definedName>
     <definedName name="rating_21">#REF!</definedName>
     <definedName name="rating_22" localSheetId="1">#REF!</definedName>
     <definedName name="rating_22" localSheetId="0">#REF!</definedName>
     <definedName name="rating_22">#REF!</definedName>
     <definedName name="rating_23" localSheetId="1">#REF!</definedName>
     <definedName name="rating_23" localSheetId="0">#REF!</definedName>
@@ -7543,121 +8437,129 @@
     <definedName name="rating_44" localSheetId="0">#REF!</definedName>
     <definedName name="rating_44">#REF!</definedName>
     <definedName name="RATING_51" localSheetId="1">#REF!</definedName>
     <definedName name="RATING_51" localSheetId="0">#REF!</definedName>
     <definedName name="RATING_51">#REF!</definedName>
     <definedName name="RATING_52" localSheetId="1">#REF!</definedName>
     <definedName name="RATING_52" localSheetId="0">#REF!</definedName>
     <definedName name="RATING_52">#REF!</definedName>
     <definedName name="rating_53" localSheetId="1">#REF!</definedName>
     <definedName name="rating_53" localSheetId="0">#REF!</definedName>
     <definedName name="rating_53">#REF!</definedName>
     <definedName name="rating_54" localSheetId="1">#REF!</definedName>
     <definedName name="rating_54" localSheetId="0">#REF!</definedName>
     <definedName name="rating_54">#REF!</definedName>
     <definedName name="Rating_Agency_Tape" localSheetId="1">#REF!</definedName>
     <definedName name="Rating_Agency_Tape" localSheetId="0">#REF!</definedName>
     <definedName name="Rating_Agency_Tape">#REF!</definedName>
     <definedName name="ratingarray" localSheetId="3">#REF!</definedName>
     <definedName name="ratingarray" localSheetId="7">#REF!</definedName>
     <definedName name="ratingarray" localSheetId="1">#REF!</definedName>
     <definedName name="ratingarray" localSheetId="0">#REF!</definedName>
     <definedName name="ratingarray" localSheetId="6">#REF!</definedName>
     <definedName name="ratingarray" localSheetId="5">#REF!</definedName>
     <definedName name="ratingarray" localSheetId="2">#REF!</definedName>
     <definedName name="ratingarray" localSheetId="4">#REF!</definedName>
+    <definedName name="ratingarray" localSheetId="10">#REF!</definedName>
+    <definedName name="ratingarray" localSheetId="9">#REF!</definedName>
     <definedName name="ratingarray" localSheetId="8">#REF!</definedName>
     <definedName name="ratingarray">#REF!</definedName>
     <definedName name="ratingdata" localSheetId="3">#REF!</definedName>
     <definedName name="ratingdata" localSheetId="7">#REF!</definedName>
     <definedName name="ratingdata" localSheetId="1">#REF!</definedName>
     <definedName name="ratingdata" localSheetId="0">#REF!</definedName>
     <definedName name="ratingdata" localSheetId="6">#REF!</definedName>
     <definedName name="ratingdata" localSheetId="5">#REF!</definedName>
     <definedName name="ratingdata" localSheetId="2">#REF!</definedName>
     <definedName name="ratingdata" localSheetId="4">#REF!</definedName>
+    <definedName name="ratingdata" localSheetId="10">#REF!</definedName>
+    <definedName name="ratingdata" localSheetId="9">#REF!</definedName>
     <definedName name="ratingdata" localSheetId="8">#REF!</definedName>
     <definedName name="ratingdata">#REF!</definedName>
     <definedName name="Ratings_Estimated_Fitch" localSheetId="1">#REF!</definedName>
     <definedName name="Ratings_Estimated_Fitch" localSheetId="0">#REF!</definedName>
     <definedName name="Ratings_Estimated_Fitch">#REF!</definedName>
     <definedName name="Ratings_Estimated_Fitch_NIM" localSheetId="1">#REF!</definedName>
     <definedName name="Ratings_Estimated_Fitch_NIM" localSheetId="0">#REF!</definedName>
     <definedName name="Ratings_Estimated_Fitch_NIM">#REF!</definedName>
     <definedName name="Ratings_Estimated_Moodys" localSheetId="1">#REF!</definedName>
     <definedName name="Ratings_Estimated_Moodys" localSheetId="0">#REF!</definedName>
     <definedName name="Ratings_Estimated_Moodys">#REF!</definedName>
     <definedName name="Ratings_Estimated_Moodys_NIM" localSheetId="1">#REF!</definedName>
     <definedName name="Ratings_Estimated_Moodys_NIM" localSheetId="0">#REF!</definedName>
     <definedName name="Ratings_Estimated_Moodys_NIM">#REF!</definedName>
     <definedName name="Ratings_Estimated_SandP" localSheetId="1">#REF!</definedName>
     <definedName name="Ratings_Estimated_SandP" localSheetId="0">#REF!</definedName>
     <definedName name="Ratings_Estimated_SandP">#REF!</definedName>
     <definedName name="Ratings_Estimated_SandP_NIM" localSheetId="1">#REF!</definedName>
     <definedName name="Ratings_Estimated_SandP_NIM" localSheetId="0">#REF!</definedName>
     <definedName name="Ratings_Estimated_SandP_NIM">#REF!</definedName>
     <definedName name="RB_Amt_C" localSheetId="1">#REF!</definedName>
     <definedName name="RB_Amt_C" localSheetId="0">#REF!</definedName>
     <definedName name="RB_Amt_C">#REF!</definedName>
     <definedName name="RB_Amt_RB" localSheetId="1">#REF!</definedName>
     <definedName name="RB_Amt_RB" localSheetId="0">#REF!</definedName>
     <definedName name="RB_Amt_RB">#REF!</definedName>
     <definedName name="RB_Amt_RS" localSheetId="1">#REF!</definedName>
     <definedName name="RB_Amt_RS" localSheetId="0">#REF!</definedName>
     <definedName name="RB_Amt_RS">#REF!</definedName>
     <definedName name="RB_Amt_S" localSheetId="3">#REF!</definedName>
     <definedName name="RB_Amt_S" localSheetId="7">#REF!</definedName>
     <definedName name="RB_Amt_S" localSheetId="1">#REF!</definedName>
     <definedName name="RB_Amt_S" localSheetId="0">#REF!</definedName>
     <definedName name="RB_Amt_S" localSheetId="2">#REF!</definedName>
     <definedName name="RB_Amt_S" localSheetId="4">#REF!</definedName>
+    <definedName name="RB_Amt_S" localSheetId="10">#REF!</definedName>
+    <definedName name="RB_Amt_S" localSheetId="9">#REF!</definedName>
     <definedName name="RB_Amt_S" localSheetId="8">#REF!</definedName>
     <definedName name="RB_Amt_S">#REF!</definedName>
     <definedName name="RB_Amt_T" localSheetId="1">#REF!</definedName>
     <definedName name="RB_Amt_T" localSheetId="0">#REF!</definedName>
     <definedName name="RB_Amt_T">#REF!</definedName>
     <definedName name="RB_CR_RB" localSheetId="1">#REF!</definedName>
     <definedName name="RB_CR_RB" localSheetId="0">#REF!</definedName>
     <definedName name="RB_CR_RB">#REF!</definedName>
     <definedName name="RB_DR_RB" localSheetId="1">#REF!</definedName>
     <definedName name="RB_DR_RB" localSheetId="0">#REF!</definedName>
     <definedName name="RB_DR_RB">#REF!</definedName>
     <definedName name="RB_JV_No_C" localSheetId="1">#REF!</definedName>
     <definedName name="RB_JV_No_C" localSheetId="0">#REF!</definedName>
     <definedName name="RB_JV_No_C">#REF!</definedName>
     <definedName name="RB_JV_No_RB" localSheetId="1">#REF!</definedName>
     <definedName name="RB_JV_No_RB" localSheetId="0">#REF!</definedName>
     <definedName name="RB_JV_No_RB">#REF!</definedName>
     <definedName name="RB_JV_No_RS" localSheetId="1">#REF!</definedName>
     <definedName name="RB_JV_No_RS" localSheetId="0">#REF!</definedName>
     <definedName name="RB_JV_No_RS">#REF!</definedName>
     <definedName name="RB_JV_No_S" localSheetId="3">#REF!</definedName>
     <definedName name="RB_JV_No_S" localSheetId="7">#REF!</definedName>
     <definedName name="RB_JV_No_S" localSheetId="1">#REF!</definedName>
     <definedName name="RB_JV_No_S" localSheetId="0">#REF!</definedName>
     <definedName name="RB_JV_No_S" localSheetId="2">#REF!</definedName>
     <definedName name="RB_JV_No_S" localSheetId="4">#REF!</definedName>
+    <definedName name="RB_JV_No_S" localSheetId="10">#REF!</definedName>
+    <definedName name="RB_JV_No_S" localSheetId="9">#REF!</definedName>
     <definedName name="RB_JV_No_S" localSheetId="8">#REF!</definedName>
     <definedName name="RB_JV_No_S">#REF!</definedName>
     <definedName name="RB_JV_No_T" localSheetId="1">#REF!</definedName>
     <definedName name="RB_JV_No_T" localSheetId="0">#REF!</definedName>
     <definedName name="RB_JV_No_T">#REF!</definedName>
     <definedName name="RB291022003_04" localSheetId="1">#REF!</definedName>
     <definedName name="RB291022003_04" localSheetId="0">#REF!</definedName>
     <definedName name="RB291022003_04">#REF!</definedName>
     <definedName name="rb291022003_12" localSheetId="1">#REF!</definedName>
     <definedName name="rb291022003_12" localSheetId="0">#REF!</definedName>
     <definedName name="rb291022003_12">#REF!</definedName>
     <definedName name="rb291032002_01" localSheetId="1">#REF!</definedName>
     <definedName name="rb291032002_01" localSheetId="0">#REF!</definedName>
     <definedName name="rb291032002_01">#REF!</definedName>
     <definedName name="rb291032002_02" localSheetId="1">#REF!</definedName>
     <definedName name="rb291032002_02" localSheetId="0">#REF!</definedName>
     <definedName name="rb291032002_02">#REF!</definedName>
     <definedName name="rb291032002_03" localSheetId="1">#REF!</definedName>
     <definedName name="rb291032002_03" localSheetId="0">#REF!</definedName>
     <definedName name="rb291032002_03">#REF!</definedName>
     <definedName name="RB291032002_07" localSheetId="1">#REF!</definedName>
     <definedName name="RB291032002_07" localSheetId="0">#REF!</definedName>
     <definedName name="RB291032002_07">#REF!</definedName>
     <definedName name="RB291032002_08" localSheetId="1">#REF!</definedName>
     <definedName name="RB291032002_08" localSheetId="0">#REF!</definedName>
@@ -8108,70 +9010,74 @@
     <definedName name="RB298042004_01">#REF!</definedName>
     <definedName name="RB298042004_02" localSheetId="1">#REF!</definedName>
     <definedName name="RB298042004_02" localSheetId="0">#REF!</definedName>
     <definedName name="RB298042004_02">#REF!</definedName>
     <definedName name="RB298042004_07" localSheetId="1">#REF!</definedName>
     <definedName name="RB298042004_07" localSheetId="0">#REF!</definedName>
     <definedName name="RB298042004_07">#REF!</definedName>
     <definedName name="RB298042004_09" localSheetId="1">#REF!</definedName>
     <definedName name="RB298042004_09" localSheetId="0">#REF!</definedName>
     <definedName name="RB298042004_09">#REF!</definedName>
     <definedName name="RB298042004_11" localSheetId="1">#REF!</definedName>
     <definedName name="RB298042004_11" localSheetId="0">#REF!</definedName>
     <definedName name="RB298042004_11">#REF!</definedName>
     <definedName name="Reason_C" localSheetId="1">#REF!</definedName>
     <definedName name="Reason_C" localSheetId="0">#REF!</definedName>
     <definedName name="Reason_C">#REF!</definedName>
     <definedName name="Reason_RS" localSheetId="1">#REF!</definedName>
     <definedName name="Reason_RS" localSheetId="0">#REF!</definedName>
     <definedName name="Reason_RS">#REF!</definedName>
     <definedName name="Reason_S" localSheetId="3">#REF!</definedName>
     <definedName name="Reason_S" localSheetId="7">#REF!</definedName>
     <definedName name="Reason_S" localSheetId="1">#REF!</definedName>
     <definedName name="Reason_S" localSheetId="0">#REF!</definedName>
     <definedName name="Reason_S" localSheetId="2">#REF!</definedName>
     <definedName name="Reason_S" localSheetId="4">#REF!</definedName>
+    <definedName name="Reason_S" localSheetId="10">#REF!</definedName>
+    <definedName name="Reason_S" localSheetId="9">#REF!</definedName>
     <definedName name="Reason_S" localSheetId="8">#REF!</definedName>
     <definedName name="Reason_S">#REF!</definedName>
     <definedName name="Reason_T" localSheetId="1">#REF!</definedName>
     <definedName name="Reason_T" localSheetId="0">#REF!</definedName>
     <definedName name="Reason_T">#REF!</definedName>
     <definedName name="reclassDiff" localSheetId="1">#REF!</definedName>
     <definedName name="reclassDiff" localSheetId="0">#REF!</definedName>
     <definedName name="reclassDiff">#REF!</definedName>
     <definedName name="Recon_code_C" localSheetId="1">#REF!</definedName>
     <definedName name="Recon_code_C" localSheetId="0">#REF!</definedName>
     <definedName name="Recon_code_C">#REF!</definedName>
     <definedName name="Recon_code_RS" localSheetId="1">#REF!</definedName>
     <definedName name="Recon_code_RS" localSheetId="0">#REF!</definedName>
     <definedName name="Recon_code_RS">#REF!</definedName>
     <definedName name="Recon_code_S" localSheetId="3">#REF!</definedName>
     <definedName name="Recon_code_S" localSheetId="7">#REF!</definedName>
     <definedName name="Recon_code_S" localSheetId="1">#REF!</definedName>
     <definedName name="Recon_code_S" localSheetId="0">#REF!</definedName>
     <definedName name="Recon_code_S" localSheetId="2">#REF!</definedName>
     <definedName name="Recon_code_S" localSheetId="4">#REF!</definedName>
+    <definedName name="Recon_code_S" localSheetId="10">#REF!</definedName>
+    <definedName name="Recon_code_S" localSheetId="9">#REF!</definedName>
     <definedName name="Recon_code_S" localSheetId="8">#REF!</definedName>
     <definedName name="Recon_code_S">#REF!</definedName>
     <definedName name="Recon_code_T" localSheetId="1">#REF!</definedName>
     <definedName name="Recon_code_T" localSheetId="0">#REF!</definedName>
     <definedName name="Recon_code_T">#REF!</definedName>
     <definedName name="_xlnm.Recorder" localSheetId="1">#REF!</definedName>
     <definedName name="_xlnm.Recorder" localSheetId="0">#REF!</definedName>
     <definedName name="_xlnm.Recorder">#REF!</definedName>
     <definedName name="REDEMPTION_AMT" localSheetId="1">#REF!</definedName>
     <definedName name="REDEMPTION_AMT" localSheetId="0">#REF!</definedName>
     <definedName name="REDEMPTION_AMT">#REF!</definedName>
     <definedName name="REFI02" localSheetId="1">#REF!</definedName>
     <definedName name="REFI02" localSheetId="0">#REF!</definedName>
     <definedName name="REFI02">#REF!</definedName>
     <definedName name="REFI03" localSheetId="1">#REF!</definedName>
     <definedName name="REFI03" localSheetId="0">#REF!</definedName>
     <definedName name="REFI03">#REF!</definedName>
     <definedName name="REFI04" localSheetId="1">#REF!</definedName>
     <definedName name="REFI04" localSheetId="0">#REF!</definedName>
     <definedName name="REFI04">#REF!</definedName>
     <definedName name="REFI05" localSheetId="1">#REF!</definedName>
     <definedName name="REFI05" localSheetId="0">#REF!</definedName>
     <definedName name="REFI05">#REF!</definedName>
     <definedName name="REFI06" localSheetId="1">#REF!</definedName>
     <definedName name="REFI06" localSheetId="0">#REF!</definedName>
@@ -8213,98 +9119,104 @@
     <definedName name="REGIONMTMLTV02" localSheetId="0">#REF!</definedName>
     <definedName name="REGIONMTMLTV02">#REF!</definedName>
     <definedName name="REGIONMTMLTV03" localSheetId="1">#REF!</definedName>
     <definedName name="REGIONMTMLTV03" localSheetId="0">#REF!</definedName>
     <definedName name="REGIONMTMLTV03">#REF!</definedName>
     <definedName name="REGIONMTMLTV05" localSheetId="1">#REF!</definedName>
     <definedName name="REGIONMTMLTV05" localSheetId="0">#REF!</definedName>
     <definedName name="REGIONMTMLTV05">#REF!</definedName>
     <definedName name="REGIONMTMLTV06" localSheetId="1">#REF!</definedName>
     <definedName name="REGIONMTMLTV06" localSheetId="0">#REF!</definedName>
     <definedName name="REGIONMTMLTV06">#REF!</definedName>
     <definedName name="REMAINING_TERM" localSheetId="1">#REF!</definedName>
     <definedName name="REMAINING_TERM" localSheetId="0">#REF!</definedName>
     <definedName name="REMAINING_TERM">#REF!</definedName>
     <definedName name="repay" localSheetId="1">#REF!</definedName>
     <definedName name="repay" localSheetId="0">#REF!</definedName>
     <definedName name="repay">#REF!</definedName>
     <definedName name="repay113020" localSheetId="3">#REF!</definedName>
     <definedName name="repay113020" localSheetId="7">#REF!</definedName>
     <definedName name="repay113020" localSheetId="1">#REF!</definedName>
     <definedName name="repay113020" localSheetId="0">#REF!</definedName>
     <definedName name="repay113020" localSheetId="6">#REF!</definedName>
     <definedName name="repay113020" localSheetId="5">#REF!</definedName>
     <definedName name="repay113020" localSheetId="2">#REF!</definedName>
     <definedName name="repay113020" localSheetId="4">#REF!</definedName>
+    <definedName name="repay113020" localSheetId="10">#REF!</definedName>
+    <definedName name="repay113020" localSheetId="9">#REF!</definedName>
     <definedName name="repay113020" localSheetId="8">#REF!</definedName>
     <definedName name="repay113020">#REF!</definedName>
     <definedName name="repline_data" localSheetId="1">#REF!</definedName>
     <definedName name="repline_data" localSheetId="0">#REF!</definedName>
     <definedName name="repline_data">#REF!</definedName>
     <definedName name="Report_Line_Item_Name" localSheetId="1">#REF!</definedName>
     <definedName name="Report_Line_Item_Name" localSheetId="0">#REF!</definedName>
     <definedName name="Report_Line_Item_Name">#REF!</definedName>
     <definedName name="Report_Name" localSheetId="1">#REF!</definedName>
     <definedName name="Report_Name" localSheetId="0">#REF!</definedName>
     <definedName name="Report_Name">#REF!</definedName>
     <definedName name="Report_No" localSheetId="1">#REF!</definedName>
     <definedName name="Report_No" localSheetId="0">#REF!</definedName>
     <definedName name="Report_No">#REF!</definedName>
     <definedName name="Report_Period" localSheetId="1">#REF!</definedName>
     <definedName name="Report_Period" localSheetId="0">#REF!</definedName>
     <definedName name="Report_Period">#REF!</definedName>
     <definedName name="Report_Reference" localSheetId="1">#REF!</definedName>
     <definedName name="Report_Reference" localSheetId="0">#REF!</definedName>
     <definedName name="Report_Reference">#REF!</definedName>
     <definedName name="ReportVersion" localSheetId="1">#REF!</definedName>
     <definedName name="ReportVersion" localSheetId="0">#REF!</definedName>
     <definedName name="ReportVersion">#REF!</definedName>
     <definedName name="RESEC_PER_ID" localSheetId="3">#REF!</definedName>
     <definedName name="RESEC_PER_ID" localSheetId="7">#REF!</definedName>
     <definedName name="RESEC_PER_ID" localSheetId="1">#REF!</definedName>
     <definedName name="RESEC_PER_ID" localSheetId="0">#REF!</definedName>
     <definedName name="RESEC_PER_ID" localSheetId="6">#REF!</definedName>
     <definedName name="RESEC_PER_ID" localSheetId="5">#REF!</definedName>
     <definedName name="RESEC_PER_ID" localSheetId="2">#REF!</definedName>
     <definedName name="RESEC_PER_ID" localSheetId="4">#REF!</definedName>
+    <definedName name="RESEC_PER_ID" localSheetId="10">#REF!</definedName>
+    <definedName name="RESEC_PER_ID" localSheetId="9">#REF!</definedName>
     <definedName name="RESEC_PER_ID" localSheetId="8">#REF!</definedName>
     <definedName name="RESEC_PER_ID">#REF!</definedName>
     <definedName name="RFDWLoad" localSheetId="1">#REF!</definedName>
     <definedName name="RFDWLoad" localSheetId="0">#REF!</definedName>
     <definedName name="RFDWLoad">#REF!</definedName>
     <definedName name="rfv" localSheetId="1">#REF!</definedName>
     <definedName name="rfv" localSheetId="0">#REF!</definedName>
     <definedName name="rfv">#REF!</definedName>
     <definedName name="RID" localSheetId="1">#REF!</definedName>
     <definedName name="RID" localSheetId="0">#REF!</definedName>
     <definedName name="RID">#REF!</definedName>
     <definedName name="RiskNeutralUPB" localSheetId="3">#REF!</definedName>
     <definedName name="RiskNeutralUPB" localSheetId="7">#REF!</definedName>
     <definedName name="RiskNeutralUPB" localSheetId="1">#REF!</definedName>
     <definedName name="RiskNeutralUPB" localSheetId="0">#REF!</definedName>
     <definedName name="RiskNeutralUPB" localSheetId="2">#REF!</definedName>
     <definedName name="RiskNeutralUPB" localSheetId="4">#REF!</definedName>
+    <definedName name="RiskNeutralUPB" localSheetId="10">#REF!</definedName>
+    <definedName name="RiskNeutralUPB" localSheetId="9">#REF!</definedName>
     <definedName name="RiskNeutralUPB" localSheetId="8">#REF!</definedName>
     <definedName name="RiskNeutralUPB">#REF!</definedName>
     <definedName name="RNDUSKeyStone" localSheetId="1">#REF!</definedName>
     <definedName name="RNDUSKeyStone" localSheetId="0">#REF!</definedName>
     <definedName name="RNDUSKeyStone">#REF!</definedName>
     <definedName name="rngDatabase" localSheetId="1">#REF!</definedName>
     <definedName name="rngDatabase" localSheetId="0">#REF!</definedName>
     <definedName name="rngDatabase">#REF!</definedName>
     <definedName name="rngFirstDataCell" localSheetId="1">#REF!</definedName>
     <definedName name="rngFirstDataCell" localSheetId="0">#REF!</definedName>
     <definedName name="rngFirstDataCell">#REF!</definedName>
     <definedName name="rngRptDT" localSheetId="1">#REF!</definedName>
     <definedName name="rngRptDT" localSheetId="0">#REF!</definedName>
     <definedName name="rngRptDT">#REF!</definedName>
     <definedName name="RNTLKeyStone" localSheetId="1">#REF!</definedName>
     <definedName name="RNTLKeyStone" localSheetId="0">#REF!</definedName>
     <definedName name="RNTLKeyStone">#REF!</definedName>
     <definedName name="RptABN" localSheetId="1">#REF!</definedName>
     <definedName name="RptABN" localSheetId="0">#REF!</definedName>
     <definedName name="RptABN">#REF!</definedName>
     <definedName name="RptAIG" localSheetId="1">#REF!</definedName>
     <definedName name="RptAIG" localSheetId="0">#REF!</definedName>
     <definedName name="RptAIG">#REF!</definedName>
     <definedName name="RptBARC" localSheetId="1">#REF!</definedName>
     <definedName name="RptBARC" localSheetId="0">#REF!</definedName>
@@ -8367,50 +9279,52 @@
     <definedName name="RptMORGSTN" localSheetId="0">#REF!</definedName>
     <definedName name="RptMORGSTN">#REF!</definedName>
     <definedName name="RptNOMU" localSheetId="1">#REF!</definedName>
     <definedName name="RptNOMU" localSheetId="0">#REF!</definedName>
     <definedName name="RptNOMU">#REF!</definedName>
     <definedName name="RptRBOC" localSheetId="1">#REF!</definedName>
     <definedName name="RptRBOC" localSheetId="0">#REF!</definedName>
     <definedName name="RptRBOC">#REF!</definedName>
     <definedName name="RptRBOS" localSheetId="1">#REF!</definedName>
     <definedName name="RptRBOS" localSheetId="0">#REF!</definedName>
     <definedName name="RptRBOS">#REF!</definedName>
     <definedName name="RptUBS" localSheetId="1">#REF!</definedName>
     <definedName name="RptUBS" localSheetId="0">#REF!</definedName>
     <definedName name="RptUBS">#REF!</definedName>
     <definedName name="RptWACH" localSheetId="1">#REF!</definedName>
     <definedName name="RptWACH" localSheetId="0">#REF!</definedName>
     <definedName name="RptWACH">#REF!</definedName>
     <definedName name="rs_JV_Table" localSheetId="3">#REF!</definedName>
     <definedName name="rs_JV_Table" localSheetId="7">#REF!</definedName>
     <definedName name="rs_JV_Table" localSheetId="1">#REF!</definedName>
     <definedName name="rs_JV_Table" localSheetId="0">#REF!</definedName>
     <definedName name="rs_JV_Table" localSheetId="6">#REF!</definedName>
     <definedName name="rs_JV_Table" localSheetId="5">#REF!</definedName>
     <definedName name="rs_JV_Table" localSheetId="2">#REF!</definedName>
     <definedName name="rs_JV_Table" localSheetId="4">#REF!</definedName>
+    <definedName name="rs_JV_Table" localSheetId="10">#REF!</definedName>
+    <definedName name="rs_JV_Table" localSheetId="9">#REF!</definedName>
     <definedName name="rs_JV_Table" localSheetId="8">#REF!</definedName>
     <definedName name="rs_JV_Table">#REF!</definedName>
     <definedName name="RS_Owner" localSheetId="1">#REF!</definedName>
     <definedName name="RS_Owner" localSheetId="0">#REF!</definedName>
     <definedName name="RS_Owner">#REF!</definedName>
     <definedName name="RS2002012" localSheetId="1">#REF!</definedName>
     <definedName name="RS2002012" localSheetId="0">#REF!</definedName>
     <definedName name="RS2002012">#REF!</definedName>
     <definedName name="RS29913_200201" localSheetId="1">#REF!</definedName>
     <definedName name="RS29913_200201" localSheetId="0">#REF!</definedName>
     <definedName name="RS29913_200201">#REF!</definedName>
     <definedName name="RS29914_200201" localSheetId="1">#REF!</definedName>
     <definedName name="RS29914_200201" localSheetId="0">#REF!</definedName>
     <definedName name="RS29914_200201">#REF!</definedName>
     <definedName name="RS29914_200202" localSheetId="1">#REF!</definedName>
     <definedName name="RS29914_200202" localSheetId="0">#REF!</definedName>
     <definedName name="RS29914_200202">#REF!</definedName>
     <definedName name="RS29915_200201" localSheetId="1">#REF!</definedName>
     <definedName name="RS29915_200201" localSheetId="0">#REF!</definedName>
     <definedName name="RS29915_200201">#REF!</definedName>
     <definedName name="RS29916_200201" localSheetId="1">#REF!</definedName>
     <definedName name="RS29916_200201" localSheetId="0">#REF!</definedName>
     <definedName name="RS29916_200201">#REF!</definedName>
     <definedName name="Run10KeyStone" localSheetId="1">#REF!</definedName>
     <definedName name="Run10KeyStone" localSheetId="0">#REF!</definedName>
@@ -8551,672 +9465,756 @@
     <definedName name="Scenerio_IDs" localSheetId="0">#REF!</definedName>
     <definedName name="Scenerio_IDs">#REF!</definedName>
     <definedName name="Sched_Pay" localSheetId="1">#REF!</definedName>
     <definedName name="Sched_Pay" localSheetId="0">#REF!</definedName>
     <definedName name="Sched_Pay">#REF!</definedName>
     <definedName name="Scheduled_Extra_Payments" localSheetId="1">#REF!</definedName>
     <definedName name="Scheduled_Extra_Payments" localSheetId="0">#REF!</definedName>
     <definedName name="Scheduled_Extra_Payments">#REF!</definedName>
     <definedName name="Scheduled_Interest_Rate" localSheetId="1">#REF!</definedName>
     <definedName name="Scheduled_Interest_Rate" localSheetId="0">#REF!</definedName>
     <definedName name="Scheduled_Interest_Rate">#REF!</definedName>
     <definedName name="Scheduled_Monthly_Payment" localSheetId="1">#REF!</definedName>
     <definedName name="Scheduled_Monthly_Payment" localSheetId="0">#REF!</definedName>
     <definedName name="Scheduled_Monthly_Payment">#REF!</definedName>
     <definedName name="sdaW2q" localSheetId="1">#REF!</definedName>
     <definedName name="sdaW2q" localSheetId="0">#REF!</definedName>
     <definedName name="sdaW2q">#REF!</definedName>
     <definedName name="SDF" localSheetId="3" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="SDF" localSheetId="7" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="SDF" localSheetId="1" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="SDF" localSheetId="0" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="SDF" localSheetId="6" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="SDF" localSheetId="5" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="SDF" localSheetId="2" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="SDF" localSheetId="4" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
+    <definedName name="SDF" localSheetId="10" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
+    <definedName name="SDF" localSheetId="9" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="SDF" localSheetId="8" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="SDF" hidden="1">{"Acq input",#N/A,FALSE,"acq entry"}</definedName>
     <definedName name="sdgsdfgsd" localSheetId="3">#REF!</definedName>
     <definedName name="sdgsdfgsd" localSheetId="7">#REF!</definedName>
     <definedName name="sdgsdfgsd" localSheetId="1">#REF!</definedName>
     <definedName name="sdgsdfgsd" localSheetId="0">#REF!</definedName>
     <definedName name="sdgsdfgsd" localSheetId="2">#REF!</definedName>
     <definedName name="sdgsdfgsd" localSheetId="4">#REF!</definedName>
+    <definedName name="sdgsdfgsd" localSheetId="10">#REF!</definedName>
+    <definedName name="sdgsdfgsd" localSheetId="9">#REF!</definedName>
     <definedName name="sdgsdfgsd" localSheetId="8">#REF!</definedName>
     <definedName name="sdgsdfgsd">#REF!</definedName>
     <definedName name="SEC_Shelf_Expense_in_Bps" localSheetId="1">#REF!</definedName>
     <definedName name="SEC_Shelf_Expense_in_Bps" localSheetId="0">#REF!</definedName>
     <definedName name="SEC_Shelf_Expense_in_Bps">#REF!</definedName>
     <definedName name="section_list" localSheetId="3">#REF!</definedName>
     <definedName name="section_list" localSheetId="7">#REF!</definedName>
     <definedName name="section_list" localSheetId="1">#REF!</definedName>
     <definedName name="section_list" localSheetId="0">#REF!</definedName>
     <definedName name="section_list" localSheetId="6">#REF!</definedName>
     <definedName name="section_list" localSheetId="5">#REF!</definedName>
     <definedName name="section_list" localSheetId="2">#REF!</definedName>
     <definedName name="section_list" localSheetId="4">#REF!</definedName>
+    <definedName name="section_list" localSheetId="10">#REF!</definedName>
+    <definedName name="section_list" localSheetId="9">#REF!</definedName>
     <definedName name="section_list" localSheetId="8">#REF!</definedName>
     <definedName name="section_list">#REF!</definedName>
     <definedName name="SECU_ACCT_TYP_CD" localSheetId="3">#REF!</definedName>
     <definedName name="SECU_ACCT_TYP_CD" localSheetId="7">#REF!</definedName>
     <definedName name="SECU_ACCT_TYP_CD" localSheetId="1">#REF!</definedName>
     <definedName name="SECU_ACCT_TYP_CD" localSheetId="0">#REF!</definedName>
     <definedName name="SECU_ACCT_TYP_CD" localSheetId="6">#REF!</definedName>
     <definedName name="SECU_ACCT_TYP_CD" localSheetId="5">#REF!</definedName>
     <definedName name="SECU_ACCT_TYP_CD" localSheetId="2">#REF!</definedName>
     <definedName name="SECU_ACCT_TYP_CD" localSheetId="4">#REF!</definedName>
+    <definedName name="SECU_ACCT_TYP_CD" localSheetId="10">#REF!</definedName>
+    <definedName name="SECU_ACCT_TYP_CD" localSheetId="9">#REF!</definedName>
     <definedName name="SECU_ACCT_TYP_CD" localSheetId="8">#REF!</definedName>
     <definedName name="SECU_ACCT_TYP_CD">#REF!</definedName>
     <definedName name="SECU_ADJB_IND" localSheetId="3">#REF!</definedName>
     <definedName name="SECU_ADJB_IND" localSheetId="7">#REF!</definedName>
     <definedName name="SECU_ADJB_IND" localSheetId="1">#REF!</definedName>
     <definedName name="SECU_ADJB_IND" localSheetId="0">#REF!</definedName>
     <definedName name="SECU_ADJB_IND" localSheetId="6">#REF!</definedName>
     <definedName name="SECU_ADJB_IND" localSheetId="5">#REF!</definedName>
     <definedName name="SECU_ADJB_IND" localSheetId="2">#REF!</definedName>
     <definedName name="SECU_ADJB_IND" localSheetId="4">#REF!</definedName>
+    <definedName name="SECU_ADJB_IND" localSheetId="10">#REF!</definedName>
+    <definedName name="SECU_ADJB_IND" localSheetId="9">#REF!</definedName>
     <definedName name="SECU_ADJB_IND" localSheetId="8">#REF!</definedName>
     <definedName name="SECU_ADJB_IND">#REF!</definedName>
     <definedName name="SECU_DB_CR_IND" localSheetId="3">#REF!</definedName>
     <definedName name="SECU_DB_CR_IND" localSheetId="7">#REF!</definedName>
     <definedName name="SECU_DB_CR_IND" localSheetId="1">#REF!</definedName>
     <definedName name="SECU_DB_CR_IND" localSheetId="0">#REF!</definedName>
     <definedName name="SECU_DB_CR_IND" localSheetId="6">#REF!</definedName>
     <definedName name="SECU_DB_CR_IND" localSheetId="5">#REF!</definedName>
     <definedName name="SECU_DB_CR_IND" localSheetId="2">#REF!</definedName>
     <definedName name="SECU_DB_CR_IND" localSheetId="4">#REF!</definedName>
+    <definedName name="SECU_DB_CR_IND" localSheetId="10">#REF!</definedName>
+    <definedName name="SECU_DB_CR_IND" localSheetId="9">#REF!</definedName>
     <definedName name="SECU_DB_CR_IND" localSheetId="8">#REF!</definedName>
     <definedName name="SECU_DB_CR_IND">#REF!</definedName>
     <definedName name="SECU_SF_MF_CD" localSheetId="3">#REF!</definedName>
     <definedName name="SECU_SF_MF_CD" localSheetId="7">#REF!</definedName>
     <definedName name="SECU_SF_MF_CD" localSheetId="1">#REF!</definedName>
     <definedName name="SECU_SF_MF_CD" localSheetId="0">#REF!</definedName>
     <definedName name="SECU_SF_MF_CD" localSheetId="6">#REF!</definedName>
     <definedName name="SECU_SF_MF_CD" localSheetId="5">#REF!</definedName>
     <definedName name="SECU_SF_MF_CD" localSheetId="2">#REF!</definedName>
     <definedName name="SECU_SF_MF_CD" localSheetId="4">#REF!</definedName>
+    <definedName name="SECU_SF_MF_CD" localSheetId="10">#REF!</definedName>
+    <definedName name="SECU_SF_MF_CD" localSheetId="9">#REF!</definedName>
     <definedName name="SECU_SF_MF_CD" localSheetId="8">#REF!</definedName>
     <definedName name="SECU_SF_MF_CD">#REF!</definedName>
     <definedName name="SECU_TYP_CD" localSheetId="3">#REF!</definedName>
     <definedName name="SECU_TYP_CD" localSheetId="7">#REF!</definedName>
     <definedName name="SECU_TYP_CD" localSheetId="1">#REF!</definedName>
     <definedName name="SECU_TYP_CD" localSheetId="0">#REF!</definedName>
     <definedName name="SECU_TYP_CD" localSheetId="6">#REF!</definedName>
     <definedName name="SECU_TYP_CD" localSheetId="5">#REF!</definedName>
     <definedName name="SECU_TYP_CD" localSheetId="2">#REF!</definedName>
     <definedName name="SECU_TYP_CD" localSheetId="4">#REF!</definedName>
+    <definedName name="SECU_TYP_CD" localSheetId="10">#REF!</definedName>
+    <definedName name="SECU_TYP_CD" localSheetId="9">#REF!</definedName>
     <definedName name="SECU_TYP_CD" localSheetId="8">#REF!</definedName>
     <definedName name="SECU_TYP_CD">#REF!</definedName>
     <definedName name="seeme" localSheetId="1">#REF!</definedName>
     <definedName name="seeme" localSheetId="0">#REF!</definedName>
     <definedName name="seeme">#REF!</definedName>
     <definedName name="Sept_2006" localSheetId="1">#REF!</definedName>
     <definedName name="Sept_2006" localSheetId="0">#REF!</definedName>
     <definedName name="Sept_2006">#REF!</definedName>
     <definedName name="September" localSheetId="1">#REF!</definedName>
     <definedName name="September" localSheetId="0">#REF!</definedName>
     <definedName name="September">#REF!</definedName>
     <definedName name="Seq" localSheetId="1">#REF!</definedName>
     <definedName name="Seq" localSheetId="0">#REF!</definedName>
     <definedName name="Seq">#REF!</definedName>
     <definedName name="Servicer" localSheetId="3">#REF!</definedName>
     <definedName name="Servicer" localSheetId="7">#REF!</definedName>
     <definedName name="Servicer" localSheetId="1">#REF!</definedName>
     <definedName name="Servicer" localSheetId="0">#REF!</definedName>
     <definedName name="Servicer" localSheetId="6">#REF!</definedName>
     <definedName name="Servicer" localSheetId="5">#REF!</definedName>
     <definedName name="Servicer" localSheetId="2">#REF!</definedName>
     <definedName name="Servicer" localSheetId="4">#REF!</definedName>
+    <definedName name="Servicer" localSheetId="10">#REF!</definedName>
+    <definedName name="Servicer" localSheetId="9">#REF!</definedName>
     <definedName name="Servicer" localSheetId="8">#REF!</definedName>
     <definedName name="Servicer">#REF!</definedName>
     <definedName name="SET_UP_PAYABLE_022004" localSheetId="3">#REF!</definedName>
     <definedName name="SET_UP_PAYABLE_022004" localSheetId="7">#REF!</definedName>
     <definedName name="SET_UP_PAYABLE_022004" localSheetId="1">#REF!</definedName>
     <definedName name="SET_UP_PAYABLE_022004" localSheetId="0">#REF!</definedName>
     <definedName name="SET_UP_PAYABLE_022004" localSheetId="2">#REF!</definedName>
     <definedName name="SET_UP_PAYABLE_022004" localSheetId="4">#REF!</definedName>
+    <definedName name="SET_UP_PAYABLE_022004" localSheetId="10">#REF!</definedName>
+    <definedName name="SET_UP_PAYABLE_022004" localSheetId="9">#REF!</definedName>
     <definedName name="SET_UP_PAYABLE_022004" localSheetId="8">#REF!</definedName>
     <definedName name="SET_UP_PAYABLE_022004">#REF!</definedName>
     <definedName name="settleCash" localSheetId="3">#REF!</definedName>
     <definedName name="settleCash" localSheetId="7">#REF!</definedName>
     <definedName name="settleCash" localSheetId="1">#REF!</definedName>
     <definedName name="settleCash" localSheetId="0">#REF!</definedName>
     <definedName name="settleCash" localSheetId="6">#REF!</definedName>
     <definedName name="settleCash" localSheetId="5">#REF!</definedName>
     <definedName name="settleCash" localSheetId="2">#REF!</definedName>
     <definedName name="settleCash" localSheetId="4">#REF!</definedName>
+    <definedName name="settleCash" localSheetId="10">#REF!</definedName>
+    <definedName name="settleCash" localSheetId="9">#REF!</definedName>
     <definedName name="settleCash" localSheetId="8">#REF!</definedName>
     <definedName name="settleCash">#REF!</definedName>
     <definedName name="Settlement_Date" localSheetId="1">#REF!</definedName>
     <definedName name="Settlement_Date" localSheetId="0">#REF!</definedName>
     <definedName name="Settlement_Date">#REF!</definedName>
     <definedName name="SFD" localSheetId="1">#REF!</definedName>
     <definedName name="SFD" localSheetId="0">#REF!</definedName>
     <definedName name="SFD">#REF!</definedName>
     <definedName name="sfdvcx" localSheetId="3">#REF!</definedName>
     <definedName name="sfdvcx" localSheetId="7">#REF!</definedName>
     <definedName name="sfdvcx" localSheetId="1">#REF!</definedName>
     <definedName name="sfdvcx" localSheetId="0">#REF!</definedName>
     <definedName name="sfdvcx" localSheetId="2">#REF!</definedName>
     <definedName name="sfdvcx" localSheetId="4">#REF!</definedName>
+    <definedName name="sfdvcx" localSheetId="10">#REF!</definedName>
+    <definedName name="sfdvcx" localSheetId="9">#REF!</definedName>
     <definedName name="sfdvcx" localSheetId="8">#REF!</definedName>
     <definedName name="sfdvcx">#REF!</definedName>
     <definedName name="SFV" localSheetId="1">#REF!</definedName>
     <definedName name="SFV" localSheetId="0">#REF!</definedName>
     <definedName name="SFV">#REF!</definedName>
     <definedName name="ShockDown" localSheetId="3">#REF!</definedName>
     <definedName name="ShockDown" localSheetId="7">#REF!</definedName>
     <definedName name="ShockDown" localSheetId="1">#REF!</definedName>
     <definedName name="ShockDown" localSheetId="0">#REF!</definedName>
     <definedName name="ShockDown" localSheetId="6">#REF!</definedName>
     <definedName name="ShockDown" localSheetId="5">#REF!</definedName>
     <definedName name="ShockDown" localSheetId="2">#REF!</definedName>
     <definedName name="ShockDown" localSheetId="4">#REF!</definedName>
+    <definedName name="ShockDown" localSheetId="10">#REF!</definedName>
+    <definedName name="ShockDown" localSheetId="9">#REF!</definedName>
     <definedName name="ShockDown" localSheetId="8">#REF!</definedName>
     <definedName name="ShockDown">#REF!</definedName>
     <definedName name="Shocks" localSheetId="3">#REF!</definedName>
     <definedName name="Shocks" localSheetId="7">#REF!</definedName>
     <definedName name="Shocks" localSheetId="1">#REF!</definedName>
     <definedName name="Shocks" localSheetId="0">#REF!</definedName>
     <definedName name="Shocks" localSheetId="6">#REF!</definedName>
     <definedName name="Shocks" localSheetId="5">#REF!</definedName>
     <definedName name="Shocks" localSheetId="2">#REF!</definedName>
     <definedName name="Shocks" localSheetId="4">#REF!</definedName>
+    <definedName name="Shocks" localSheetId="10">#REF!</definedName>
+    <definedName name="Shocks" localSheetId="9">#REF!</definedName>
     <definedName name="Shocks" localSheetId="8">#REF!</definedName>
     <definedName name="Shocks">#REF!</definedName>
     <definedName name="ShockUp" localSheetId="3">#REF!</definedName>
     <definedName name="ShockUp" localSheetId="7">#REF!</definedName>
     <definedName name="ShockUp" localSheetId="1">#REF!</definedName>
     <definedName name="ShockUp" localSheetId="0">#REF!</definedName>
     <definedName name="ShockUp" localSheetId="6">#REF!</definedName>
     <definedName name="ShockUp" localSheetId="5">#REF!</definedName>
     <definedName name="ShockUp" localSheetId="2">#REF!</definedName>
     <definedName name="ShockUp" localSheetId="4">#REF!</definedName>
+    <definedName name="ShockUp" localSheetId="10">#REF!</definedName>
+    <definedName name="ShockUp" localSheetId="9">#REF!</definedName>
     <definedName name="ShockUp" localSheetId="8">#REF!</definedName>
     <definedName name="ShockUp">#REF!</definedName>
     <definedName name="Show_All" localSheetId="1">#REF!</definedName>
     <definedName name="Show_All" localSheetId="0">#REF!</definedName>
     <definedName name="Show_All">#REF!</definedName>
     <definedName name="Show_all1" localSheetId="1">#REF!</definedName>
     <definedName name="Show_all1" localSheetId="0">#REF!</definedName>
     <definedName name="Show_all1">#REF!</definedName>
     <definedName name="sl_200012" localSheetId="1">#REF!</definedName>
     <definedName name="sl_200012" localSheetId="0">#REF!</definedName>
     <definedName name="sl_200012">#REF!</definedName>
     <definedName name="sl_200304" localSheetId="1">#REF!</definedName>
     <definedName name="sl_200304" localSheetId="0">#REF!</definedName>
     <definedName name="sl_200304">#REF!</definedName>
     <definedName name="sl_200412" localSheetId="1">#REF!</definedName>
     <definedName name="sl_200412" localSheetId="0">#REF!</definedName>
     <definedName name="sl_200412">#REF!</definedName>
     <definedName name="SL_ACCOUNTS" localSheetId="3">#REF!</definedName>
     <definedName name="SL_ACCOUNTS" localSheetId="7">#REF!</definedName>
     <definedName name="SL_ACCOUNTS" localSheetId="1">#REF!</definedName>
     <definedName name="SL_ACCOUNTS" localSheetId="0">#REF!</definedName>
     <definedName name="SL_ACCOUNTS" localSheetId="6">#REF!</definedName>
     <definedName name="SL_ACCOUNTS" localSheetId="5">#REF!</definedName>
     <definedName name="SL_ACCOUNTS" localSheetId="2">#REF!</definedName>
     <definedName name="SL_ACCOUNTS" localSheetId="4">#REF!</definedName>
+    <definedName name="SL_ACCOUNTS" localSheetId="10">#REF!</definedName>
+    <definedName name="SL_ACCOUNTS" localSheetId="9">#REF!</definedName>
     <definedName name="SL_ACCOUNTS" localSheetId="8">#REF!</definedName>
     <definedName name="SL_ACCOUNTS">#REF!</definedName>
     <definedName name="SL_NEW_2" localSheetId="3">#REF!</definedName>
     <definedName name="SL_NEW_2" localSheetId="7">#REF!</definedName>
     <definedName name="SL_NEW_2" localSheetId="1">#REF!</definedName>
     <definedName name="SL_NEW_2" localSheetId="0">#REF!</definedName>
     <definedName name="SL_NEW_2" localSheetId="6">#REF!</definedName>
     <definedName name="SL_NEW_2" localSheetId="5">#REF!</definedName>
     <definedName name="SL_NEW_2" localSheetId="2">#REF!</definedName>
     <definedName name="SL_NEW_2" localSheetId="4">#REF!</definedName>
+    <definedName name="SL_NEW_2" localSheetId="10">#REF!</definedName>
+    <definedName name="SL_NEW_2" localSheetId="9">#REF!</definedName>
     <definedName name="SL_NEW_2" localSheetId="8">#REF!</definedName>
     <definedName name="SL_NEW_2">#REF!</definedName>
     <definedName name="SLN" localSheetId="1">#REF!</definedName>
     <definedName name="SLN" localSheetId="0">#REF!</definedName>
     <definedName name="SLN">#REF!</definedName>
     <definedName name="solver_adj" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="solver_adj" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="solver_adj" hidden="1">#REF!</definedName>
     <definedName name="solver_opt" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="solver_opt" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="solver_opt" hidden="1">#REF!</definedName>
     <definedName name="solver_typ" hidden="1">3</definedName>
     <definedName name="solver_val" hidden="1">0</definedName>
     <definedName name="Sort" localSheetId="1">#REF!</definedName>
     <definedName name="Sort" localSheetId="0">#REF!</definedName>
     <definedName name="Sort">#REF!</definedName>
     <definedName name="Sort1" localSheetId="1">#REF!</definedName>
     <definedName name="Sort1" localSheetId="0">#REF!</definedName>
     <definedName name="Sort1">#REF!</definedName>
     <definedName name="Source_O" localSheetId="1">#REF!</definedName>
     <definedName name="Source_O" localSheetId="0">#REF!</definedName>
     <definedName name="Source_O">#REF!</definedName>
     <definedName name="SpreadKeyStone" localSheetId="3">#REF!</definedName>
     <definedName name="SpreadKeyStone" localSheetId="7">#REF!</definedName>
     <definedName name="SpreadKeyStone" localSheetId="1">#REF!</definedName>
     <definedName name="SpreadKeyStone" localSheetId="0">#REF!</definedName>
     <definedName name="SpreadKeyStone" localSheetId="2">#REF!</definedName>
     <definedName name="SpreadKeyStone" localSheetId="4">#REF!</definedName>
+    <definedName name="SpreadKeyStone" localSheetId="10">#REF!</definedName>
+    <definedName name="SpreadKeyStone" localSheetId="9">#REF!</definedName>
     <definedName name="SpreadKeyStone" localSheetId="8">#REF!</definedName>
     <definedName name="SpreadKeyStone">#REF!</definedName>
     <definedName name="SR_122001" localSheetId="1">#REF!</definedName>
     <definedName name="SR_122001" localSheetId="0">#REF!</definedName>
     <definedName name="SR_122001">#REF!</definedName>
     <definedName name="sss" localSheetId="1">#REF!</definedName>
     <definedName name="sss" localSheetId="0">#REF!</definedName>
     <definedName name="sss">#REF!</definedName>
     <definedName name="Stamp" localSheetId="1">#REF!</definedName>
     <definedName name="Stamp" localSheetId="0">#REF!</definedName>
     <definedName name="Stamp">#REF!</definedName>
     <definedName name="STAR_iStar" localSheetId="1">#REF!</definedName>
     <definedName name="STAR_iStar" localSheetId="0">#REF!</definedName>
     <definedName name="STAR_iStar">#REF!</definedName>
     <definedName name="STAR_iStar_C" localSheetId="1">#REF!</definedName>
     <definedName name="STAR_iStar_C" localSheetId="0">#REF!</definedName>
     <definedName name="STAR_iStar_C">#REF!</definedName>
     <definedName name="STAR_iStar_RS" localSheetId="1">#REF!</definedName>
     <definedName name="STAR_iStar_RS" localSheetId="0">#REF!</definedName>
     <definedName name="STAR_iStar_RS">#REF!</definedName>
     <definedName name="STAR_iStar_S" localSheetId="3">#REF!</definedName>
     <definedName name="STAR_iStar_S" localSheetId="7">#REF!</definedName>
     <definedName name="STAR_iStar_S" localSheetId="1">#REF!</definedName>
     <definedName name="STAR_iStar_S" localSheetId="0">#REF!</definedName>
     <definedName name="STAR_iStar_S" localSheetId="2">#REF!</definedName>
     <definedName name="STAR_iStar_S" localSheetId="4">#REF!</definedName>
+    <definedName name="STAR_iStar_S" localSheetId="10">#REF!</definedName>
+    <definedName name="STAR_iStar_S" localSheetId="9">#REF!</definedName>
     <definedName name="STAR_iStar_S" localSheetId="8">#REF!</definedName>
     <definedName name="STAR_iStar_S">#REF!</definedName>
     <definedName name="STAR_iStar_T" localSheetId="1">#REF!</definedName>
     <definedName name="STAR_iStar_T" localSheetId="0">#REF!</definedName>
     <definedName name="STAR_iStar_T">#REF!</definedName>
     <definedName name="Start" localSheetId="1">#REF!</definedName>
     <definedName name="Start" localSheetId="0">#REF!</definedName>
     <definedName name="Start">#REF!</definedName>
     <definedName name="Start1" localSheetId="1">#REF!</definedName>
     <definedName name="Start1" localSheetId="0">#REF!</definedName>
     <definedName name="Start1">#REF!</definedName>
     <definedName name="StatAmtCol" localSheetId="1">#REF!</definedName>
     <definedName name="StatAmtCol" localSheetId="0">#REF!</definedName>
     <definedName name="StatAmtCol">#REF!</definedName>
     <definedName name="Status" localSheetId="1">#REF!</definedName>
     <definedName name="Status" localSheetId="0">#REF!</definedName>
     <definedName name="Status">#REF!</definedName>
     <definedName name="STD_JE" localSheetId="3">#REF!</definedName>
     <definedName name="STD_JE" localSheetId="7">#REF!</definedName>
     <definedName name="STD_JE" localSheetId="1">#REF!</definedName>
     <definedName name="STD_JE" localSheetId="0">#REF!</definedName>
     <definedName name="STD_JE" localSheetId="6">#REF!</definedName>
     <definedName name="STD_JE" localSheetId="5">#REF!</definedName>
     <definedName name="STD_JE" localSheetId="2">#REF!</definedName>
     <definedName name="STD_JE" localSheetId="4">#REF!</definedName>
+    <definedName name="STD_JE" localSheetId="10">#REF!</definedName>
+    <definedName name="STD_JE" localSheetId="9">#REF!</definedName>
     <definedName name="STD_JE" localSheetId="8">#REF!</definedName>
     <definedName name="STD_JE">#REF!</definedName>
     <definedName name="Step_up_at" localSheetId="3">#REF!</definedName>
     <definedName name="Step_up_at" localSheetId="7">#REF!</definedName>
     <definedName name="Step_up_at" localSheetId="1">#REF!</definedName>
     <definedName name="Step_up_at" localSheetId="0">#REF!</definedName>
     <definedName name="Step_up_at" localSheetId="6">#REF!</definedName>
     <definedName name="Step_up_at" localSheetId="5">#REF!</definedName>
     <definedName name="Step_up_at" localSheetId="2">#REF!</definedName>
     <definedName name="Step_up_at" localSheetId="4">#REF!</definedName>
+    <definedName name="Step_up_at" localSheetId="10">#REF!</definedName>
+    <definedName name="Step_up_at" localSheetId="9">#REF!</definedName>
     <definedName name="Step_up_at" localSheetId="8">#REF!</definedName>
     <definedName name="Step_up_at">#REF!</definedName>
     <definedName name="Step11" localSheetId="3">OFFSET(#REF!,0,0,COUNTA(#REF!),9)</definedName>
     <definedName name="Step11" localSheetId="7">OFFSET(#REF!,0,0,COUNTA(#REF!),9)</definedName>
     <definedName name="Step11" localSheetId="1">OFFSET(#REF!,0,0,COUNTA(#REF!),9)</definedName>
     <definedName name="Step11" localSheetId="0">OFFSET(#REF!,0,0,COUNTA(#REF!),9)</definedName>
     <definedName name="Step11" localSheetId="6">OFFSET(#REF!,0,0,COUNTA(#REF!),9)</definedName>
     <definedName name="Step11" localSheetId="5">OFFSET(#REF!,0,0,COUNTA(#REF!),9)</definedName>
     <definedName name="Step11" localSheetId="2">OFFSET(#REF!,0,0,COUNTA(#REF!),9)</definedName>
     <definedName name="Step11" localSheetId="4">OFFSET(#REF!,0,0,COUNTA(#REF!),9)</definedName>
+    <definedName name="Step11" localSheetId="10">OFFSET(#REF!,0,0,COUNTA(#REF!),9)</definedName>
+    <definedName name="Step11" localSheetId="9">OFFSET(#REF!,0,0,COUNTA(#REF!),9)</definedName>
     <definedName name="Step11" localSheetId="8">OFFSET(#REF!,0,0,COUNTA(#REF!),9)</definedName>
     <definedName name="Step11">OFFSET(#REF!,0,0,COUNTA(#REF!),9)</definedName>
     <definedName name="Step12" localSheetId="3">OFFSET(#REF!,0,0,COUNTA(#REF!),12)</definedName>
     <definedName name="Step12" localSheetId="7">OFFSET(#REF!,0,0,COUNTA(#REF!),12)</definedName>
     <definedName name="Step12" localSheetId="1">OFFSET(#REF!,0,0,COUNTA(#REF!),12)</definedName>
     <definedName name="Step12" localSheetId="0">OFFSET(#REF!,0,0,COUNTA(#REF!),12)</definedName>
     <definedName name="Step12" localSheetId="6">OFFSET(#REF!,0,0,COUNTA(#REF!),12)</definedName>
     <definedName name="Step12" localSheetId="5">OFFSET(#REF!,0,0,COUNTA(#REF!),12)</definedName>
     <definedName name="Step12" localSheetId="2">OFFSET(#REF!,0,0,COUNTA(#REF!),12)</definedName>
     <definedName name="Step12" localSheetId="4">OFFSET(#REF!,0,0,COUNTA(#REF!),12)</definedName>
+    <definedName name="Step12" localSheetId="10">OFFSET(#REF!,0,0,COUNTA(#REF!),12)</definedName>
+    <definedName name="Step12" localSheetId="9">OFFSET(#REF!,0,0,COUNTA(#REF!),12)</definedName>
     <definedName name="Step12" localSheetId="8">OFFSET(#REF!,0,0,COUNTA(#REF!),12)</definedName>
     <definedName name="Step12">OFFSET(#REF!,0,0,COUNTA(#REF!),12)</definedName>
     <definedName name="Step13" localSheetId="3">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step13" localSheetId="7">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step13" localSheetId="1">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step13" localSheetId="0">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step13" localSheetId="6">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step13" localSheetId="5">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step13" localSheetId="2">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step13" localSheetId="4">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
+    <definedName name="Step13" localSheetId="10">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
+    <definedName name="Step13" localSheetId="9">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step13" localSheetId="8">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step13">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step14" localSheetId="3">OFFSET(#REF!,0,0,COUNTA(#REF!),5)</definedName>
     <definedName name="Step14" localSheetId="7">OFFSET(#REF!,0,0,COUNTA(#REF!),5)</definedName>
     <definedName name="Step14" localSheetId="1">OFFSET(#REF!,0,0,COUNTA(#REF!),5)</definedName>
     <definedName name="Step14" localSheetId="0">OFFSET(#REF!,0,0,COUNTA(#REF!),5)</definedName>
     <definedName name="Step14" localSheetId="6">OFFSET(#REF!,0,0,COUNTA(#REF!),5)</definedName>
     <definedName name="Step14" localSheetId="5">OFFSET(#REF!,0,0,COUNTA(#REF!),5)</definedName>
     <definedName name="Step14" localSheetId="2">OFFSET(#REF!,0,0,COUNTA(#REF!),5)</definedName>
     <definedName name="Step14" localSheetId="4">OFFSET(#REF!,0,0,COUNTA(#REF!),5)</definedName>
+    <definedName name="Step14" localSheetId="10">OFFSET(#REF!,0,0,COUNTA(#REF!),5)</definedName>
+    <definedName name="Step14" localSheetId="9">OFFSET(#REF!,0,0,COUNTA(#REF!),5)</definedName>
     <definedName name="Step14" localSheetId="8">OFFSET(#REF!,0,0,COUNTA(#REF!),5)</definedName>
     <definedName name="Step14">OFFSET(#REF!,0,0,COUNTA(#REF!),5)</definedName>
     <definedName name="Step3" localSheetId="3">OFFSET(#REF!,0,0,COUNTA(#REF!),3)</definedName>
     <definedName name="Step3" localSheetId="7">OFFSET(#REF!,0,0,COUNTA(#REF!),3)</definedName>
     <definedName name="Step3" localSheetId="1">OFFSET(#REF!,0,0,COUNTA(#REF!),3)</definedName>
     <definedName name="Step3" localSheetId="0">OFFSET(#REF!,0,0,COUNTA(#REF!),3)</definedName>
     <definedName name="Step3" localSheetId="6">OFFSET(#REF!,0,0,COUNTA(#REF!),3)</definedName>
     <definedName name="Step3" localSheetId="5">OFFSET(#REF!,0,0,COUNTA(#REF!),3)</definedName>
     <definedName name="Step3" localSheetId="2">OFFSET(#REF!,0,0,COUNTA(#REF!),3)</definedName>
     <definedName name="Step3" localSheetId="4">OFFSET(#REF!,0,0,COUNTA(#REF!),3)</definedName>
+    <definedName name="Step3" localSheetId="10">OFFSET(#REF!,0,0,COUNTA(#REF!),3)</definedName>
+    <definedName name="Step3" localSheetId="9">OFFSET(#REF!,0,0,COUNTA(#REF!),3)</definedName>
     <definedName name="Step3" localSheetId="8">OFFSET(#REF!,0,0,COUNTA(#REF!),3)</definedName>
     <definedName name="Step3">OFFSET(#REF!,0,0,COUNTA(#REF!),3)</definedName>
     <definedName name="Step4a" localSheetId="3">OFFSET(#REF!,0,0,COUNTA(#REF!),4)</definedName>
     <definedName name="Step4a" localSheetId="7">OFFSET(#REF!,0,0,COUNTA(#REF!),4)</definedName>
     <definedName name="Step4a" localSheetId="1">OFFSET(#REF!,0,0,COUNTA(#REF!),4)</definedName>
     <definedName name="Step4a" localSheetId="0">OFFSET(#REF!,0,0,COUNTA(#REF!),4)</definedName>
     <definedName name="Step4a" localSheetId="6">OFFSET(#REF!,0,0,COUNTA(#REF!),4)</definedName>
     <definedName name="Step4a" localSheetId="5">OFFSET(#REF!,0,0,COUNTA(#REF!),4)</definedName>
     <definedName name="Step4a" localSheetId="2">OFFSET(#REF!,0,0,COUNTA(#REF!),4)</definedName>
     <definedName name="Step4a" localSheetId="4">OFFSET(#REF!,0,0,COUNTA(#REF!),4)</definedName>
+    <definedName name="Step4a" localSheetId="10">OFFSET(#REF!,0,0,COUNTA(#REF!),4)</definedName>
+    <definedName name="Step4a" localSheetId="9">OFFSET(#REF!,0,0,COUNTA(#REF!),4)</definedName>
     <definedName name="Step4a" localSheetId="8">OFFSET(#REF!,0,0,COUNTA(#REF!),4)</definedName>
     <definedName name="Step4a">OFFSET(#REF!,0,0,COUNTA(#REF!),4)</definedName>
     <definedName name="Step4b" localSheetId="3">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step4b" localSheetId="7">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step4b" localSheetId="1">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step4b" localSheetId="0">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step4b" localSheetId="6">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step4b" localSheetId="5">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step4b" localSheetId="2">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step4b" localSheetId="4">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
+    <definedName name="Step4b" localSheetId="10">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
+    <definedName name="Step4b" localSheetId="9">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step4b" localSheetId="8">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step4b">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step6a1" localSheetId="1">OFFSET(#REF!,0,0,COUNTA(#REF!),2)</definedName>
     <definedName name="Step6a1" localSheetId="0">OFFSET(#REF!,0,0,COUNTA(#REF!),2)</definedName>
     <definedName name="Step6a1">OFFSET(#REF!,0,0,COUNTA(#REF!),2)</definedName>
     <definedName name="Step6a2" localSheetId="1">OFFSET(#REF!,0,0,COUNTA(#REF!),8)</definedName>
     <definedName name="Step6a2" localSheetId="0">OFFSET(#REF!,0,0,COUNTA(#REF!),8)</definedName>
     <definedName name="Step6a2">OFFSET(#REF!,0,0,COUNTA(#REF!),8)</definedName>
     <definedName name="Step6b" localSheetId="1">OFFSET(#REF!,0,0,COUNTA(#REF!),1)</definedName>
     <definedName name="Step6b" localSheetId="0">OFFSET(#REF!,0,0,COUNTA(#REF!),1)</definedName>
     <definedName name="Step6b">OFFSET(#REF!,0,0,COUNTA(#REF!),1)</definedName>
     <definedName name="Step6b2" localSheetId="1">OFFSET(#REF!,0,0,COUNTA(#REF!),8)</definedName>
     <definedName name="Step6b2" localSheetId="0">OFFSET(#REF!,0,0,COUNTA(#REF!),8)</definedName>
     <definedName name="Step6b2">OFFSET(#REF!,0,0,COUNTA(#REF!),8)</definedName>
     <definedName name="Step6c" localSheetId="3">OFFSET(#REF!,0,0,COUNTA(#REF!),8)</definedName>
     <definedName name="Step6c" localSheetId="7">OFFSET(#REF!,0,0,COUNTA(#REF!),8)</definedName>
     <definedName name="Step6c" localSheetId="1">OFFSET(#REF!,0,0,COUNTA(#REF!),8)</definedName>
     <definedName name="Step6c" localSheetId="0">OFFSET(#REF!,0,0,COUNTA(#REF!),8)</definedName>
     <definedName name="Step6c" localSheetId="6">OFFSET(#REF!,0,0,COUNTA(#REF!),8)</definedName>
     <definedName name="Step6c" localSheetId="5">OFFSET(#REF!,0,0,COUNTA(#REF!),8)</definedName>
     <definedName name="Step6c" localSheetId="2">OFFSET(#REF!,0,0,COUNTA(#REF!),8)</definedName>
     <definedName name="Step6c" localSheetId="4">OFFSET(#REF!,0,0,COUNTA(#REF!),8)</definedName>
+    <definedName name="Step6c" localSheetId="10">OFFSET(#REF!,0,0,COUNTA(#REF!),8)</definedName>
+    <definedName name="Step6c" localSheetId="9">OFFSET(#REF!,0,0,COUNTA(#REF!),8)</definedName>
     <definedName name="Step6c" localSheetId="8">OFFSET(#REF!,0,0,COUNTA(#REF!),8)</definedName>
     <definedName name="Step6c">OFFSET(#REF!,0,0,COUNTA(#REF!),8)</definedName>
     <definedName name="Step9" localSheetId="3">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step9" localSheetId="7">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step9" localSheetId="1">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step9" localSheetId="0">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step9" localSheetId="6">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step9" localSheetId="5">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step9" localSheetId="2">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step9" localSheetId="4">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
+    <definedName name="Step9" localSheetId="10">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
+    <definedName name="Step9" localSheetId="9">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step9" localSheetId="8">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="Step9">OFFSET(#REF!,0,0,COUNTA(#REF!),11)</definedName>
     <definedName name="StepHFS" localSheetId="3">OFFSET(#REF!,0,0,COUNTA(#REF!),10)</definedName>
     <definedName name="StepHFS" localSheetId="7">OFFSET(#REF!,0,0,COUNTA(#REF!),10)</definedName>
     <definedName name="StepHFS" localSheetId="1">OFFSET(#REF!,0,0,COUNTA(#REF!),10)</definedName>
     <definedName name="StepHFS" localSheetId="0">OFFSET(#REF!,0,0,COUNTA(#REF!),10)</definedName>
     <definedName name="StepHFS" localSheetId="6">OFFSET(#REF!,0,0,COUNTA(#REF!),10)</definedName>
     <definedName name="StepHFS" localSheetId="5">OFFSET(#REF!,0,0,COUNTA(#REF!),10)</definedName>
     <definedName name="StepHFS" localSheetId="2">OFFSET(#REF!,0,0,COUNTA(#REF!),10)</definedName>
     <definedName name="StepHFS" localSheetId="4">OFFSET(#REF!,0,0,COUNTA(#REF!),10)</definedName>
+    <definedName name="StepHFS" localSheetId="10">OFFSET(#REF!,0,0,COUNTA(#REF!),10)</definedName>
+    <definedName name="StepHFS" localSheetId="9">OFFSET(#REF!,0,0,COUNTA(#REF!),10)</definedName>
     <definedName name="StepHFS" localSheetId="8">OFFSET(#REF!,0,0,COUNTA(#REF!),10)</definedName>
     <definedName name="StepHFS">OFFSET(#REF!,0,0,COUNTA(#REF!),10)</definedName>
     <definedName name="STIS__2005_01" localSheetId="1">#REF!</definedName>
     <definedName name="STIS__2005_01" localSheetId="0">#REF!</definedName>
     <definedName name="STIS__2005_01">#REF!</definedName>
     <definedName name="STIS__2006_01" localSheetId="1">#REF!</definedName>
     <definedName name="STIS__2006_01" localSheetId="0">#REF!</definedName>
     <definedName name="STIS__2006_01">#REF!</definedName>
     <definedName name="STIS__2006_02" localSheetId="1">#REF!</definedName>
     <definedName name="STIS__2006_02" localSheetId="0">#REF!</definedName>
     <definedName name="STIS__2006_02">#REF!</definedName>
     <definedName name="STIS__2006_03" localSheetId="1">#REF!</definedName>
     <definedName name="STIS__2006_03" localSheetId="0">#REF!</definedName>
     <definedName name="STIS__2006_03">#REF!</definedName>
     <definedName name="STIS__2006_04" localSheetId="1">#REF!</definedName>
     <definedName name="STIS__2006_04" localSheetId="0">#REF!</definedName>
     <definedName name="STIS__2006_04">#REF!</definedName>
     <definedName name="STIS__2006_05" localSheetId="1">#REF!</definedName>
     <definedName name="STIS__2006_05" localSheetId="0">#REF!</definedName>
     <definedName name="STIS__2006_05">#REF!</definedName>
     <definedName name="STIS__2006_06" localSheetId="1">#REF!</definedName>
     <definedName name="STIS__2006_06" localSheetId="0">#REF!</definedName>
     <definedName name="STIS__2006_06">#REF!</definedName>
     <definedName name="STIS__2006_07" localSheetId="1">#REF!</definedName>
     <definedName name="STIS__2006_07" localSheetId="0">#REF!</definedName>
     <definedName name="STIS__2006_07">#REF!</definedName>
     <definedName name="STIS__2006_08" localSheetId="1">#REF!</definedName>
     <definedName name="STIS__2006_08" localSheetId="0">#REF!</definedName>
     <definedName name="STIS__2006_08">#REF!</definedName>
     <definedName name="STIS__2006_09" localSheetId="1">#REF!</definedName>
     <definedName name="STIS__2006_09" localSheetId="0">#REF!</definedName>
     <definedName name="STIS__2006_09">#REF!</definedName>
     <definedName name="STIS__2006_10" localSheetId="1">#REF!</definedName>
     <definedName name="STIS__2006_10" localSheetId="0">#REF!</definedName>
     <definedName name="STIS__2006_10">#REF!</definedName>
     <definedName name="STIS__2006_11" localSheetId="1">#REF!</definedName>
     <definedName name="STIS__2006_11" localSheetId="0">#REF!</definedName>
     <definedName name="STIS__2006_11">#REF!</definedName>
     <definedName name="STIS__2006_12" localSheetId="1">#REF!</definedName>
     <definedName name="STIS__2006_12" localSheetId="0">#REF!</definedName>
     <definedName name="STIS__2006_12">#REF!</definedName>
     <definedName name="Structure" localSheetId="3">#REF!</definedName>
     <definedName name="Structure" localSheetId="7">#REF!</definedName>
     <definedName name="Structure" localSheetId="1">#REF!</definedName>
     <definedName name="Structure" localSheetId="0">#REF!</definedName>
     <definedName name="Structure" localSheetId="6">#REF!</definedName>
     <definedName name="Structure" localSheetId="5">#REF!</definedName>
     <definedName name="Structure" localSheetId="2">#REF!</definedName>
     <definedName name="Structure" localSheetId="4">#REF!</definedName>
+    <definedName name="Structure" localSheetId="10">#REF!</definedName>
+    <definedName name="Structure" localSheetId="9">#REF!</definedName>
     <definedName name="Structure" localSheetId="8">#REF!</definedName>
     <definedName name="Structure">#REF!</definedName>
     <definedName name="Structurer" localSheetId="1">#REF!</definedName>
     <definedName name="Structurer" localSheetId="0">#REF!</definedName>
     <definedName name="Structurer">#REF!</definedName>
     <definedName name="subdata" localSheetId="3">#REF!</definedName>
     <definedName name="subdata" localSheetId="7">#REF!</definedName>
     <definedName name="subdata" localSheetId="1">#REF!</definedName>
     <definedName name="subdata" localSheetId="0">#REF!</definedName>
     <definedName name="subdata" localSheetId="6">#REF!</definedName>
     <definedName name="subdata" localSheetId="5">#REF!</definedName>
     <definedName name="subdata" localSheetId="2">#REF!</definedName>
     <definedName name="subdata" localSheetId="4">#REF!</definedName>
+    <definedName name="subdata" localSheetId="10">#REF!</definedName>
+    <definedName name="subdata" localSheetId="9">#REF!</definedName>
     <definedName name="subdata" localSheetId="8">#REF!</definedName>
     <definedName name="subdata">#REF!</definedName>
     <definedName name="subdata_table7" localSheetId="3">#REF!</definedName>
     <definedName name="subdata_table7" localSheetId="7">#REF!</definedName>
     <definedName name="subdata_table7" localSheetId="1">#REF!</definedName>
     <definedName name="subdata_table7" localSheetId="0">#REF!</definedName>
     <definedName name="subdata_table7" localSheetId="6">#REF!</definedName>
     <definedName name="subdata_table7" localSheetId="5">#REF!</definedName>
     <definedName name="subdata_table7" localSheetId="2">#REF!</definedName>
     <definedName name="subdata_table7" localSheetId="4">#REF!</definedName>
+    <definedName name="subdata_table7" localSheetId="10">#REF!</definedName>
+    <definedName name="subdata_table7" localSheetId="9">#REF!</definedName>
     <definedName name="subdata_table7" localSheetId="8">#REF!</definedName>
     <definedName name="subdata_table7">#REF!</definedName>
     <definedName name="subdatadata" localSheetId="3">#REF!</definedName>
     <definedName name="subdatadata" localSheetId="7">#REF!</definedName>
     <definedName name="subdatadata" localSheetId="1">#REF!</definedName>
     <definedName name="subdatadata" localSheetId="0">#REF!</definedName>
     <definedName name="subdatadata" localSheetId="6">#REF!</definedName>
     <definedName name="subdatadata" localSheetId="5">#REF!</definedName>
     <definedName name="subdatadata" localSheetId="2">#REF!</definedName>
     <definedName name="subdatadata" localSheetId="4">#REF!</definedName>
+    <definedName name="subdatadata" localSheetId="10">#REF!</definedName>
+    <definedName name="subdatadata" localSheetId="9">#REF!</definedName>
     <definedName name="subdatadata" localSheetId="8">#REF!</definedName>
     <definedName name="subdatadata">#REF!</definedName>
     <definedName name="SubLedger_Data" localSheetId="1">#REF!</definedName>
     <definedName name="SubLedger_Data" localSheetId="0">#REF!</definedName>
     <definedName name="SubLedger_Data">#REF!</definedName>
     <definedName name="Subs_Step_up" localSheetId="3">#REF!</definedName>
     <definedName name="Subs_Step_up" localSheetId="7">#REF!</definedName>
     <definedName name="Subs_Step_up" localSheetId="1">#REF!</definedName>
     <definedName name="Subs_Step_up" localSheetId="0">#REF!</definedName>
     <definedName name="Subs_Step_up" localSheetId="6">#REF!</definedName>
     <definedName name="Subs_Step_up" localSheetId="5">#REF!</definedName>
     <definedName name="Subs_Step_up" localSheetId="2">#REF!</definedName>
     <definedName name="Subs_Step_up" localSheetId="4">#REF!</definedName>
+    <definedName name="Subs_Step_up" localSheetId="10">#REF!</definedName>
+    <definedName name="Subs_Step_up" localSheetId="9">#REF!</definedName>
     <definedName name="Subs_Step_up" localSheetId="8">#REF!</definedName>
     <definedName name="Subs_Step_up">#REF!</definedName>
     <definedName name="Summary" localSheetId="3">#REF!</definedName>
     <definedName name="Summary" localSheetId="7">#REF!</definedName>
     <definedName name="Summary" localSheetId="1">#REF!</definedName>
     <definedName name="Summary" localSheetId="0">#REF!</definedName>
     <definedName name="Summary" localSheetId="6">#REF!</definedName>
     <definedName name="Summary" localSheetId="5">#REF!</definedName>
     <definedName name="Summary" localSheetId="2">#REF!</definedName>
     <definedName name="Summary" localSheetId="4">#REF!</definedName>
+    <definedName name="Summary" localSheetId="10">#REF!</definedName>
+    <definedName name="Summary" localSheetId="9">#REF!</definedName>
     <definedName name="Summary" localSheetId="8">#REF!</definedName>
     <definedName name="Summary">#REF!</definedName>
     <definedName name="sumqtr" localSheetId="1">#REF!</definedName>
     <definedName name="sumqtr" localSheetId="0">#REF!</definedName>
     <definedName name="sumqtr">#REF!</definedName>
     <definedName name="SumStatsKeyStone" localSheetId="1">#REF!</definedName>
     <definedName name="SumStatsKeyStone" localSheetId="0">#REF!</definedName>
     <definedName name="SumStatsKeyStone">#REF!</definedName>
     <definedName name="sumytd" localSheetId="1">#REF!</definedName>
     <definedName name="sumytd" localSheetId="0">#REF!</definedName>
     <definedName name="sumytd">#REF!</definedName>
     <definedName name="sw" localSheetId="1">#REF!</definedName>
     <definedName name="sw" localSheetId="0">#REF!</definedName>
     <definedName name="sw">#REF!</definedName>
     <definedName name="Swattee" localSheetId="1">#REF!</definedName>
     <definedName name="Swattee" localSheetId="0">#REF!</definedName>
     <definedName name="Swattee">#REF!</definedName>
     <definedName name="SwptnInGain" localSheetId="3">#REF!</definedName>
     <definedName name="SwptnInGain" localSheetId="7">#REF!</definedName>
     <definedName name="SwptnInGain" localSheetId="1">#REF!</definedName>
     <definedName name="SwptnInGain" localSheetId="0">#REF!</definedName>
     <definedName name="SwptnInGain" localSheetId="6">#REF!</definedName>
     <definedName name="SwptnInGain" localSheetId="5">#REF!</definedName>
     <definedName name="SwptnInGain" localSheetId="2">#REF!</definedName>
     <definedName name="SwptnInGain" localSheetId="4">#REF!</definedName>
+    <definedName name="SwptnInGain" localSheetId="10">#REF!</definedName>
+    <definedName name="SwptnInGain" localSheetId="9">#REF!</definedName>
     <definedName name="SwptnInGain" localSheetId="8">#REF!</definedName>
     <definedName name="SwptnInGain">#REF!</definedName>
     <definedName name="SYS_JV_ISTAR" localSheetId="1">#REF!</definedName>
     <definedName name="SYS_JV_ISTAR" localSheetId="0">#REF!</definedName>
     <definedName name="SYS_JV_ISTAR">#REF!</definedName>
     <definedName name="SYS_JV_STAR" localSheetId="1">#REF!</definedName>
     <definedName name="SYS_JV_STAR" localSheetId="0">#REF!</definedName>
     <definedName name="SYS_JV_STAR">#REF!</definedName>
     <definedName name="T" localSheetId="1">#REF!</definedName>
     <definedName name="T" localSheetId="0">#REF!</definedName>
     <definedName name="T">#REF!</definedName>
     <definedName name="TABLE" localSheetId="1">#REF!</definedName>
     <definedName name="TABLE" localSheetId="0">#REF!</definedName>
     <definedName name="TABLE">#REF!</definedName>
     <definedName name="Table1" localSheetId="1">#REF!</definedName>
     <definedName name="Table1" localSheetId="0">#REF!</definedName>
     <definedName name="Table1">#REF!</definedName>
     <definedName name="TaxCounsel" localSheetId="1">#REF!</definedName>
     <definedName name="TaxCounsel" localSheetId="0">#REF!</definedName>
     <definedName name="TaxCounsel">#REF!</definedName>
     <definedName name="tbc" localSheetId="1">#REF!</definedName>
     <definedName name="tbc" localSheetId="0">#REF!</definedName>
     <definedName name="tbc">#REF!</definedName>
     <definedName name="TBL_LOT_POS" localSheetId="1">#REF!</definedName>
     <definedName name="TBL_LOT_POS" localSheetId="0">#REF!</definedName>
     <definedName name="TBL_LOT_POS">#REF!</definedName>
     <definedName name="TBL_SECU_LOT" localSheetId="1">#REF!</definedName>
     <definedName name="TBL_SECU_LOT" localSheetId="0">#REF!</definedName>
     <definedName name="TBL_SECU_LOT">#REF!</definedName>
     <definedName name="tblPremDisc_Final" localSheetId="1">#REF!</definedName>
     <definedName name="tblPremDisc_Final" localSheetId="0">#REF!</definedName>
     <definedName name="tblPremDisc_Final">#REF!</definedName>
     <definedName name="tblWLCBS_PremDisc" localSheetId="1">#REF!</definedName>
     <definedName name="tblWLCBS_PremDisc" localSheetId="0">#REF!</definedName>
     <definedName name="tblWLCBS_PremDisc">#REF!</definedName>
     <definedName name="temp" localSheetId="3">#REF!</definedName>
     <definedName name="temp" localSheetId="7">#REF!</definedName>
     <definedName name="temp" localSheetId="1">#REF!</definedName>
     <definedName name="temp" localSheetId="0">#REF!</definedName>
     <definedName name="temp" localSheetId="2">#REF!</definedName>
     <definedName name="temp" localSheetId="4">#REF!</definedName>
+    <definedName name="temp" localSheetId="10">#REF!</definedName>
+    <definedName name="temp" localSheetId="9">#REF!</definedName>
     <definedName name="temp" localSheetId="8">#REF!</definedName>
     <definedName name="temp">#REF!</definedName>
     <definedName name="temparray" localSheetId="3">#REF!</definedName>
     <definedName name="temparray" localSheetId="7">#REF!</definedName>
     <definedName name="temparray" localSheetId="1">#REF!</definedName>
     <definedName name="temparray" localSheetId="0">#REF!</definedName>
     <definedName name="temparray" localSheetId="6">#REF!</definedName>
     <definedName name="temparray" localSheetId="5">#REF!</definedName>
     <definedName name="temparray" localSheetId="2">#REF!</definedName>
     <definedName name="temparray" localSheetId="4">#REF!</definedName>
+    <definedName name="temparray" localSheetId="10">#REF!</definedName>
+    <definedName name="temparray" localSheetId="9">#REF!</definedName>
     <definedName name="temparray" localSheetId="8">#REF!</definedName>
     <definedName name="temparray">#REF!</definedName>
     <definedName name="tempdata" localSheetId="3">#REF!</definedName>
     <definedName name="tempdata" localSheetId="7">#REF!</definedName>
     <definedName name="tempdata" localSheetId="1">#REF!</definedName>
     <definedName name="tempdata" localSheetId="0">#REF!</definedName>
     <definedName name="tempdata" localSheetId="6">#REF!</definedName>
     <definedName name="tempdata" localSheetId="5">#REF!</definedName>
     <definedName name="tempdata" localSheetId="2">#REF!</definedName>
     <definedName name="tempdata" localSheetId="4">#REF!</definedName>
+    <definedName name="tempdata" localSheetId="10">#REF!</definedName>
+    <definedName name="tempdata" localSheetId="9">#REF!</definedName>
     <definedName name="tempdata" localSheetId="8">#REF!</definedName>
     <definedName name="tempdata">#REF!</definedName>
     <definedName name="term" localSheetId="1">#REF!</definedName>
     <definedName name="term" localSheetId="0">#REF!</definedName>
     <definedName name="term">#REF!</definedName>
     <definedName name="TERM_DEC_01" localSheetId="1">#REF!</definedName>
     <definedName name="TERM_DEC_01" localSheetId="0">#REF!</definedName>
     <definedName name="TERM_DEC_01">#REF!</definedName>
     <definedName name="TERM_DEC_02" localSheetId="1">#REF!</definedName>
     <definedName name="TERM_DEC_02" localSheetId="0">#REF!</definedName>
     <definedName name="TERM_DEC_02">#REF!</definedName>
     <definedName name="TERM_DEC_03" localSheetId="1">#REF!</definedName>
     <definedName name="TERM_DEC_03" localSheetId="0">#REF!</definedName>
     <definedName name="TERM_DEC_03">#REF!</definedName>
     <definedName name="TERM_DEC_04" localSheetId="1">#REF!</definedName>
     <definedName name="TERM_DEC_04" localSheetId="0">#REF!</definedName>
     <definedName name="TERM_DEC_04">#REF!</definedName>
     <definedName name="TERM_JUN_03" localSheetId="1">#REF!</definedName>
     <definedName name="TERM_JUN_03" localSheetId="0">#REF!</definedName>
     <definedName name="TERM_JUN_03">#REF!</definedName>
     <definedName name="TERM_JUN_04" localSheetId="1">#REF!</definedName>
     <definedName name="TERM_JUN_04" localSheetId="0">#REF!</definedName>
     <definedName name="TERM_JUN_04">#REF!</definedName>
     <definedName name="TERM_MAR_03" localSheetId="1">#REF!</definedName>
     <definedName name="TERM_MAR_03" localSheetId="0">#REF!</definedName>
     <definedName name="TERM_MAR_03">#REF!</definedName>
     <definedName name="TERM_MAR_04" localSheetId="1">#REF!</definedName>
     <definedName name="TERM_MAR_04" localSheetId="0">#REF!</definedName>
     <definedName name="TERM_MAR_04">#REF!</definedName>
     <definedName name="TERM_MVs" localSheetId="3">#REF!</definedName>
     <definedName name="TERM_MVs" localSheetId="7">#REF!</definedName>
     <definedName name="TERM_MVs" localSheetId="1">#REF!</definedName>
     <definedName name="TERM_MVs" localSheetId="0">#REF!</definedName>
     <definedName name="TERM_MVs" localSheetId="6">#REF!</definedName>
     <definedName name="TERM_MVs" localSheetId="5">#REF!</definedName>
     <definedName name="TERM_MVs" localSheetId="2">#REF!</definedName>
     <definedName name="TERM_MVs" localSheetId="4">#REF!</definedName>
+    <definedName name="TERM_MVs" localSheetId="10">#REF!</definedName>
+    <definedName name="TERM_MVs" localSheetId="9">#REF!</definedName>
     <definedName name="TERM_MVs" localSheetId="8">#REF!</definedName>
     <definedName name="TERM_MVs">#REF!</definedName>
     <definedName name="TERM_SEP_03" localSheetId="1">#REF!</definedName>
     <definedName name="TERM_SEP_03" localSheetId="0">#REF!</definedName>
     <definedName name="TERM_SEP_03">#REF!</definedName>
     <definedName name="TERM_SEP_04" localSheetId="1">#REF!</definedName>
     <definedName name="TERM_SEP_04" localSheetId="0">#REF!</definedName>
     <definedName name="TERM_SEP_04">#REF!</definedName>
     <definedName name="TERMCASH_DEC_01" localSheetId="1">#REF!</definedName>
     <definedName name="TERMCASH_DEC_01" localSheetId="0">#REF!</definedName>
     <definedName name="TERMCASH_DEC_01">#REF!</definedName>
     <definedName name="TERMCASH_DEC_02" localSheetId="1">#REF!</definedName>
     <definedName name="TERMCASH_DEC_02" localSheetId="0">#REF!</definedName>
     <definedName name="TERMCASH_DEC_02">#REF!</definedName>
     <definedName name="TERMCASH_DEC_03" localSheetId="1">#REF!</definedName>
     <definedName name="TERMCASH_DEC_03" localSheetId="0">#REF!</definedName>
     <definedName name="TERMCASH_DEC_03">#REF!</definedName>
     <definedName name="TERMCASH_DEC_04" localSheetId="1">#REF!</definedName>
     <definedName name="TERMCASH_DEC_04" localSheetId="0">#REF!</definedName>
     <definedName name="TERMCASH_DEC_04">#REF!</definedName>
     <definedName name="TERMCASH_JUN_04" localSheetId="1">#REF!</definedName>
     <definedName name="TERMCASH_JUN_04" localSheetId="0">#REF!</definedName>
     <definedName name="TERMCASH_JUN_04">#REF!</definedName>
     <definedName name="TERMCASH_MAR_04" localSheetId="1">#REF!</definedName>
     <definedName name="TERMCASH_MAR_04" localSheetId="0">#REF!</definedName>
@@ -9248,221 +10246,247 @@
     <definedName name="TEST" localSheetId="1">#REF!</definedName>
     <definedName name="TEST" localSheetId="0">#REF!</definedName>
     <definedName name="TEST">#REF!</definedName>
     <definedName name="Test2KeyStoneR" localSheetId="1">#REF!</definedName>
     <definedName name="Test2KeyStoneR" localSheetId="0">#REF!</definedName>
     <definedName name="Test2KeyStoneR">#REF!</definedName>
     <definedName name="TestKeyStone2" localSheetId="1">#REF!</definedName>
     <definedName name="TestKeyStone2" localSheetId="0">#REF!</definedName>
     <definedName name="TestKeyStone2">#REF!</definedName>
     <definedName name="testtable" localSheetId="1">#REF!</definedName>
     <definedName name="testtable" localSheetId="0">#REF!</definedName>
     <definedName name="testtable">#REF!</definedName>
     <definedName name="TextRefCopy1" localSheetId="1">#REF!</definedName>
     <definedName name="TextRefCopy1" localSheetId="0">#REF!</definedName>
     <definedName name="TextRefCopy1">#REF!</definedName>
     <definedName name="TextRefCopyRangeCount" hidden="1">1</definedName>
     <definedName name="tgb" localSheetId="1">#REF!</definedName>
     <definedName name="tgb" localSheetId="0">#REF!</definedName>
     <definedName name="tgb">#REF!</definedName>
     <definedName name="tgfvb" localSheetId="3">#REF!</definedName>
     <definedName name="tgfvb" localSheetId="7">#REF!</definedName>
     <definedName name="tgfvb" localSheetId="1">#REF!</definedName>
     <definedName name="tgfvb" localSheetId="0">#REF!</definedName>
     <definedName name="tgfvb" localSheetId="2">#REF!</definedName>
     <definedName name="tgfvb" localSheetId="4">#REF!</definedName>
+    <definedName name="tgfvb" localSheetId="10">#REF!</definedName>
+    <definedName name="tgfvb" localSheetId="9">#REF!</definedName>
     <definedName name="tgfvb" localSheetId="8">#REF!</definedName>
     <definedName name="tgfvb">#REF!</definedName>
     <definedName name="thfnbthy" localSheetId="1">#REF!</definedName>
     <definedName name="thfnbthy" localSheetId="0">#REF!</definedName>
     <definedName name="thfnbthy">#REF!</definedName>
     <definedName name="threshold_array" localSheetId="3">#REF!</definedName>
     <definedName name="threshold_array" localSheetId="7">#REF!</definedName>
     <definedName name="threshold_array" localSheetId="1">#REF!</definedName>
     <definedName name="threshold_array" localSheetId="0">#REF!</definedName>
     <definedName name="threshold_array" localSheetId="6">#REF!</definedName>
     <definedName name="threshold_array" localSheetId="5">#REF!</definedName>
     <definedName name="threshold_array" localSheetId="2">#REF!</definedName>
     <definedName name="threshold_array" localSheetId="4">#REF!</definedName>
+    <definedName name="threshold_array" localSheetId="10">#REF!</definedName>
+    <definedName name="threshold_array" localSheetId="9">#REF!</definedName>
     <definedName name="threshold_array" localSheetId="8">#REF!</definedName>
     <definedName name="threshold_array">#REF!</definedName>
     <definedName name="threshold_data" localSheetId="3">#REF!</definedName>
     <definedName name="threshold_data" localSheetId="7">#REF!</definedName>
     <definedName name="threshold_data" localSheetId="1">#REF!</definedName>
     <definedName name="threshold_data" localSheetId="0">#REF!</definedName>
     <definedName name="threshold_data" localSheetId="6">#REF!</definedName>
     <definedName name="threshold_data" localSheetId="5">#REF!</definedName>
     <definedName name="threshold_data" localSheetId="2">#REF!</definedName>
     <definedName name="threshold_data" localSheetId="4">#REF!</definedName>
+    <definedName name="threshold_data" localSheetId="10">#REF!</definedName>
+    <definedName name="threshold_data" localSheetId="9">#REF!</definedName>
     <definedName name="threshold_data" localSheetId="8">#REF!</definedName>
     <definedName name="threshold_data">#REF!</definedName>
     <definedName name="Time_posted" localSheetId="1">#REF!</definedName>
     <definedName name="Time_posted" localSheetId="0">#REF!</definedName>
     <definedName name="Time_posted">#REF!</definedName>
     <definedName name="Time_posted_C" localSheetId="1">#REF!</definedName>
     <definedName name="Time_posted_C" localSheetId="0">#REF!</definedName>
     <definedName name="Time_posted_C">#REF!</definedName>
     <definedName name="Time_posted_RS" localSheetId="1">#REF!</definedName>
     <definedName name="Time_posted_RS" localSheetId="0">#REF!</definedName>
     <definedName name="Time_posted_RS">#REF!</definedName>
     <definedName name="Time_posted_S" localSheetId="3">#REF!</definedName>
     <definedName name="Time_posted_S" localSheetId="7">#REF!</definedName>
     <definedName name="Time_posted_S" localSheetId="1">#REF!</definedName>
     <definedName name="Time_posted_S" localSheetId="0">#REF!</definedName>
     <definedName name="Time_posted_S" localSheetId="2">#REF!</definedName>
     <definedName name="Time_posted_S" localSheetId="4">#REF!</definedName>
+    <definedName name="Time_posted_S" localSheetId="10">#REF!</definedName>
+    <definedName name="Time_posted_S" localSheetId="9">#REF!</definedName>
     <definedName name="Time_posted_S" localSheetId="8">#REF!</definedName>
     <definedName name="Time_posted_S">#REF!</definedName>
     <definedName name="Time_posted_T" localSheetId="1">#REF!</definedName>
     <definedName name="Time_posted_T" localSheetId="0">#REF!</definedName>
     <definedName name="Time_posted_T">#REF!</definedName>
     <definedName name="TOC_Range" localSheetId="1">#REF!</definedName>
     <definedName name="TOC_Range" localSheetId="0">#REF!</definedName>
     <definedName name="TOC_Range">#REF!</definedName>
     <definedName name="TOC_Range_2" localSheetId="1">#REF!</definedName>
     <definedName name="TOC_Range_2" localSheetId="0">#REF!</definedName>
     <definedName name="TOC_Range_2">#REF!</definedName>
     <definedName name="TOC_Range_3" localSheetId="1">#REF!</definedName>
     <definedName name="TOC_Range_3" localSheetId="0">#REF!</definedName>
     <definedName name="TOC_Range_3">#REF!</definedName>
     <definedName name="Total_Deal_Balance" localSheetId="3">#REF!</definedName>
     <definedName name="Total_Deal_Balance" localSheetId="7">#REF!</definedName>
     <definedName name="Total_Deal_Balance" localSheetId="1">#REF!</definedName>
     <definedName name="Total_Deal_Balance" localSheetId="0">#REF!</definedName>
     <definedName name="Total_Deal_Balance" localSheetId="2">#REF!</definedName>
     <definedName name="Total_Deal_Balance" localSheetId="4">#REF!</definedName>
+    <definedName name="Total_Deal_Balance" localSheetId="10">#REF!</definedName>
+    <definedName name="Total_Deal_Balance" localSheetId="9">#REF!</definedName>
     <definedName name="Total_Deal_Balance" localSheetId="8">#REF!</definedName>
     <definedName name="Total_Deal_Balance">#REF!</definedName>
     <definedName name="Total_Deal_Expenses_NIM" localSheetId="1">#REF!</definedName>
     <definedName name="Total_Deal_Expenses_NIM" localSheetId="0">#REF!</definedName>
     <definedName name="Total_Deal_Expenses_NIM">#REF!</definedName>
     <definedName name="Total_Deal_Expenses_Underlying" localSheetId="1">#REF!</definedName>
     <definedName name="Total_Deal_Expenses_Underlying" localSheetId="0">#REF!</definedName>
     <definedName name="Total_Deal_Expenses_Underlying">#REF!</definedName>
     <definedName name="Total_Deals" localSheetId="3">#REF!</definedName>
     <definedName name="Total_Deals" localSheetId="7">#REF!</definedName>
     <definedName name="Total_Deals" localSheetId="1">#REF!</definedName>
     <definedName name="Total_Deals" localSheetId="0">#REF!</definedName>
     <definedName name="Total_Deals" localSheetId="6">#REF!</definedName>
     <definedName name="Total_Deals" localSheetId="5">#REF!</definedName>
     <definedName name="Total_Deals" localSheetId="2">#REF!</definedName>
     <definedName name="Total_Deals" localSheetId="4">#REF!</definedName>
+    <definedName name="Total_Deals" localSheetId="10">#REF!</definedName>
+    <definedName name="Total_Deals" localSheetId="9">#REF!</definedName>
     <definedName name="Total_Deals" localSheetId="8">#REF!</definedName>
     <definedName name="Total_Deals">#REF!</definedName>
     <definedName name="Total_Due_Diligence_Cost_Actual" localSheetId="1">#REF!</definedName>
     <definedName name="Total_Due_Diligence_Cost_Actual" localSheetId="0">#REF!</definedName>
     <definedName name="Total_Due_Diligence_Cost_Actual">#REF!</definedName>
     <definedName name="Total_Due_Diligence_Cost_Estimate" localSheetId="1">#REF!</definedName>
     <definedName name="Total_Due_Diligence_Cost_Estimate" localSheetId="0">#REF!</definedName>
     <definedName name="Total_Due_Diligence_Cost_Estimate">#REF!</definedName>
     <definedName name="Total_Due_Diligence_Cost_UW_Actual" localSheetId="1">#REF!</definedName>
     <definedName name="Total_Due_Diligence_Cost_UW_Actual" localSheetId="0">#REF!</definedName>
     <definedName name="Total_Due_Diligence_Cost_UW_Actual">#REF!</definedName>
     <definedName name="Total_Due_Diligence_Cost_UW_Estimate" localSheetId="1">#REF!</definedName>
     <definedName name="Total_Due_Diligence_Cost_UW_Estimate" localSheetId="0">#REF!</definedName>
     <definedName name="Total_Due_Diligence_Cost_UW_Estimate">#REF!</definedName>
     <definedName name="Total_Est_Deal_Expenses_NIM" localSheetId="1">#REF!</definedName>
     <definedName name="Total_Est_Deal_Expenses_NIM" localSheetId="0">#REF!</definedName>
     <definedName name="Total_Est_Deal_Expenses_NIM">#REF!</definedName>
     <definedName name="Total_Est_Deal_Expenses_Underlying" localSheetId="1">#REF!</definedName>
     <definedName name="Total_Est_Deal_Expenses_Underlying" localSheetId="0">#REF!</definedName>
     <definedName name="Total_Est_Deal_Expenses_Underlying">#REF!</definedName>
     <definedName name="Total_Interest" localSheetId="1">#REF!</definedName>
     <definedName name="Total_Interest" localSheetId="0">#REF!</definedName>
     <definedName name="Total_Interest">#REF!</definedName>
     <definedName name="Total_Pay" localSheetId="1">#REF!</definedName>
     <definedName name="Total_Pay" localSheetId="0">#REF!</definedName>
     <definedName name="Total_Pay">#REF!</definedName>
     <definedName name="Total_Payment" localSheetId="3">Scheduled_Payment+Extra_Payment</definedName>
     <definedName name="Total_Payment" localSheetId="7">Scheduled_Payment+Extra_Payment</definedName>
     <definedName name="Total_Payment" localSheetId="1">Scheduled_Payment+Extra_Payment</definedName>
     <definedName name="Total_Payment" localSheetId="0">Scheduled_Payment+Extra_Payment</definedName>
     <definedName name="Total_Payment" localSheetId="6">Scheduled_Payment+Extra_Payment</definedName>
     <definedName name="Total_Payment" localSheetId="5">Scheduled_Payment+Extra_Payment</definedName>
     <definedName name="Total_Payment" localSheetId="2">Scheduled_Payment+Extra_Payment</definedName>
     <definedName name="Total_Payment" localSheetId="4">Scheduled_Payment+Extra_Payment</definedName>
+    <definedName name="Total_Payment" localSheetId="10">Scheduled_Payment+Extra_Payment</definedName>
+    <definedName name="Total_Payment" localSheetId="9">Scheduled_Payment+Extra_Payment</definedName>
     <definedName name="Total_Payment" localSheetId="8">Scheduled_Payment+Extra_Payment</definedName>
     <definedName name="Total_Payment">Scheduled_Payment+Extra_Payment</definedName>
     <definedName name="TotalAverageROC" localSheetId="3">#REF!</definedName>
     <definedName name="TotalAverageROC" localSheetId="7">#REF!</definedName>
     <definedName name="TotalAverageROC" localSheetId="1">#REF!</definedName>
     <definedName name="TotalAverageROC" localSheetId="0">#REF!</definedName>
     <definedName name="TotalAverageROC" localSheetId="2">#REF!</definedName>
     <definedName name="TotalAverageROC" localSheetId="4">#REF!</definedName>
+    <definedName name="TotalAverageROC" localSheetId="10">#REF!</definedName>
+    <definedName name="TotalAverageROC" localSheetId="9">#REF!</definedName>
     <definedName name="TotalAverageROC" localSheetId="8">#REF!</definedName>
     <definedName name="TotalAverageROC">#REF!</definedName>
     <definedName name="TotalDefaults" localSheetId="3">#REF!</definedName>
     <definedName name="TotalDefaults" localSheetId="7">#REF!</definedName>
     <definedName name="TotalDefaults" localSheetId="1">#REF!</definedName>
     <definedName name="TotalDefaults" localSheetId="0">#REF!</definedName>
     <definedName name="TotalDefaults" localSheetId="2">#REF!</definedName>
     <definedName name="TotalDefaults" localSheetId="4">#REF!</definedName>
+    <definedName name="TotalDefaults" localSheetId="10">#REF!</definedName>
+    <definedName name="TotalDefaults" localSheetId="9">#REF!</definedName>
     <definedName name="TotalDefaults" localSheetId="8">#REF!</definedName>
     <definedName name="TotalDefaults">#REF!</definedName>
     <definedName name="TotalLoss" localSheetId="3">#REF!</definedName>
     <definedName name="TotalLoss" localSheetId="7">#REF!</definedName>
     <definedName name="TotalLoss" localSheetId="1">#REF!</definedName>
     <definedName name="TotalLoss" localSheetId="0">#REF!</definedName>
     <definedName name="TotalLoss" localSheetId="2">#REF!</definedName>
     <definedName name="TotalLoss" localSheetId="4">#REF!</definedName>
+    <definedName name="TotalLoss" localSheetId="10">#REF!</definedName>
+    <definedName name="TotalLoss" localSheetId="9">#REF!</definedName>
     <definedName name="TotalLoss" localSheetId="8">#REF!</definedName>
     <definedName name="TotalLoss">#REF!</definedName>
     <definedName name="TotalPaths" localSheetId="3">#REF!</definedName>
     <definedName name="TotalPaths" localSheetId="7">#REF!</definedName>
     <definedName name="TotalPaths" localSheetId="1">#REF!</definedName>
     <definedName name="TotalPaths" localSheetId="0">#REF!</definedName>
     <definedName name="TotalPaths" localSheetId="2">#REF!</definedName>
     <definedName name="TotalPaths" localSheetId="4">#REF!</definedName>
+    <definedName name="TotalPaths" localSheetId="10">#REF!</definedName>
+    <definedName name="TotalPaths" localSheetId="9">#REF!</definedName>
     <definedName name="TotalPaths" localSheetId="8">#REF!</definedName>
     <definedName name="TotalPaths">#REF!</definedName>
     <definedName name="TradeType" localSheetId="1">#REF!</definedName>
     <definedName name="TradeType" localSheetId="0">#REF!</definedName>
     <definedName name="TradeType">#REF!</definedName>
     <definedName name="trading" localSheetId="1">#REF!</definedName>
     <definedName name="trading" localSheetId="0">#REF!</definedName>
     <definedName name="trading">#REF!</definedName>
     <definedName name="TRAN_DATE" localSheetId="1">#REF!</definedName>
     <definedName name="TRAN_DATE" localSheetId="0">#REF!</definedName>
     <definedName name="TRAN_DATE">#REF!</definedName>
     <definedName name="Transition_AC" localSheetId="3">#REF!</definedName>
     <definedName name="Transition_AC" localSheetId="7">#REF!</definedName>
     <definedName name="Transition_AC" localSheetId="1">#REF!</definedName>
     <definedName name="Transition_AC" localSheetId="0">#REF!</definedName>
     <definedName name="Transition_AC" localSheetId="6">#REF!</definedName>
     <definedName name="Transition_AC" localSheetId="5">#REF!</definedName>
     <definedName name="Transition_AC" localSheetId="2">#REF!</definedName>
     <definedName name="Transition_AC" localSheetId="4">#REF!</definedName>
+    <definedName name="Transition_AC" localSheetId="10">#REF!</definedName>
+    <definedName name="Transition_AC" localSheetId="9">#REF!</definedName>
     <definedName name="Transition_AC" localSheetId="8">#REF!</definedName>
     <definedName name="Transition_AC">#REF!</definedName>
     <definedName name="TRansition_R_AC" localSheetId="3">#REF!</definedName>
     <definedName name="TRansition_R_AC" localSheetId="7">#REF!</definedName>
     <definedName name="TRansition_R_AC" localSheetId="1">#REF!</definedName>
     <definedName name="TRansition_R_AC" localSheetId="0">#REF!</definedName>
     <definedName name="TRansition_R_AC" localSheetId="6">#REF!</definedName>
     <definedName name="TRansition_R_AC" localSheetId="5">#REF!</definedName>
     <definedName name="TRansition_R_AC" localSheetId="2">#REF!</definedName>
     <definedName name="TRansition_R_AC" localSheetId="4">#REF!</definedName>
+    <definedName name="TRansition_R_AC" localSheetId="10">#REF!</definedName>
+    <definedName name="TRansition_R_AC" localSheetId="9">#REF!</definedName>
     <definedName name="TRansition_R_AC" localSheetId="8">#REF!</definedName>
     <definedName name="TRansition_R_AC">#REF!</definedName>
     <definedName name="Tsf_DR_Clr" localSheetId="1">#REF!</definedName>
     <definedName name="Tsf_DR_Clr" localSheetId="0">#REF!</definedName>
     <definedName name="Tsf_DR_Clr">#REF!</definedName>
     <definedName name="ttt">#N/A</definedName>
     <definedName name="Two10KeyStone" localSheetId="1">#REF!</definedName>
     <definedName name="Two10KeyStone" localSheetId="0">#REF!</definedName>
     <definedName name="Two10KeyStone">#REF!</definedName>
     <definedName name="Two11KeyStone" localSheetId="1">#REF!</definedName>
     <definedName name="Two11KeyStone" localSheetId="0">#REF!</definedName>
     <definedName name="Two11KeyStone">#REF!</definedName>
     <definedName name="Two12KeyStone" localSheetId="1">#REF!</definedName>
     <definedName name="Two12KeyStone" localSheetId="0">#REF!</definedName>
     <definedName name="Two12KeyStone">#REF!</definedName>
     <definedName name="Two13KeyStone" localSheetId="1">#REF!</definedName>
     <definedName name="Two13KeyStone" localSheetId="0">#REF!</definedName>
     <definedName name="Two13KeyStone">#REF!</definedName>
     <definedName name="Two1KeyStone" localSheetId="1">#REF!</definedName>
     <definedName name="Two1KeyStone" localSheetId="0">#REF!</definedName>
     <definedName name="Two1KeyStone">#REF!</definedName>
     <definedName name="tyhtybh" localSheetId="1">#REF!</definedName>
     <definedName name="tyhtybh" localSheetId="0">#REF!</definedName>
     <definedName name="tyhtybh">#REF!</definedName>
     <definedName name="Unam._Totals" localSheetId="1">#REF!</definedName>
@@ -9488,673 +10512,799 @@
     <definedName name="UNIT03">#REF!</definedName>
     <definedName name="UNIT04" localSheetId="1">#REF!</definedName>
     <definedName name="UNIT04" localSheetId="0">#REF!</definedName>
     <definedName name="UNIT04">#REF!</definedName>
     <definedName name="UNIT05" localSheetId="1">#REF!</definedName>
     <definedName name="UNIT05" localSheetId="0">#REF!</definedName>
     <definedName name="UNIT05">#REF!</definedName>
     <definedName name="UNIT06" localSheetId="1">#REF!</definedName>
     <definedName name="UNIT06" localSheetId="0">#REF!</definedName>
     <definedName name="UNIT06">#REF!</definedName>
     <definedName name="UPB" localSheetId="1">#REF!</definedName>
     <definedName name="UPB" localSheetId="0">#REF!</definedName>
     <definedName name="UPB">#REF!</definedName>
     <definedName name="ups_10KTemplate" localSheetId="1">#REF!</definedName>
     <definedName name="ups_10KTemplate" localSheetId="0">#REF!</definedName>
     <definedName name="ups_10KTemplate">#REF!</definedName>
     <definedName name="ups10KTemplate" localSheetId="1">#REF!</definedName>
     <definedName name="ups10KTemplate" localSheetId="0">#REF!</definedName>
     <definedName name="ups10KTemplate">#REF!</definedName>
     <definedName name="urtsgfb" localSheetId="3">#REF!</definedName>
     <definedName name="urtsgfb" localSheetId="7">#REF!</definedName>
     <definedName name="urtsgfb" localSheetId="1">#REF!</definedName>
     <definedName name="urtsgfb" localSheetId="0">#REF!</definedName>
     <definedName name="urtsgfb" localSheetId="2">#REF!</definedName>
     <definedName name="urtsgfb" localSheetId="4">#REF!</definedName>
+    <definedName name="urtsgfb" localSheetId="10">#REF!</definedName>
+    <definedName name="urtsgfb" localSheetId="9">#REF!</definedName>
     <definedName name="urtsgfb" localSheetId="8">#REF!</definedName>
     <definedName name="urtsgfb">#REF!</definedName>
     <definedName name="UW_Split_Management" localSheetId="1">#REF!</definedName>
     <definedName name="UW_Split_Management" localSheetId="0">#REF!</definedName>
     <definedName name="UW_Split_Management">#REF!</definedName>
     <definedName name="UW_Split_Selling" localSheetId="1">#REF!</definedName>
     <definedName name="UW_Split_Selling" localSheetId="0">#REF!</definedName>
     <definedName name="UW_Split_Selling">#REF!</definedName>
     <definedName name="UW_Split_Underwriting" localSheetId="1">#REF!</definedName>
     <definedName name="UW_Split_Underwriting" localSheetId="0">#REF!</definedName>
     <definedName name="UW_Split_Underwriting">#REF!</definedName>
     <definedName name="uytfg" localSheetId="1">#REF!</definedName>
     <definedName name="uytfg" localSheetId="0">#REF!</definedName>
     <definedName name="uytfg">#REF!</definedName>
     <definedName name="ValidAccts" localSheetId="1">#REF!</definedName>
     <definedName name="ValidAccts" localSheetId="0">#REF!</definedName>
     <definedName name="ValidAccts">#REF!</definedName>
     <definedName name="ValidApplicationList" localSheetId="3">#REF!</definedName>
     <definedName name="ValidApplicationList" localSheetId="7">#REF!</definedName>
     <definedName name="ValidApplicationList" localSheetId="1">#REF!</definedName>
     <definedName name="ValidApplicationList" localSheetId="0">#REF!</definedName>
     <definedName name="ValidApplicationList" localSheetId="6">#REF!</definedName>
     <definedName name="ValidApplicationList" localSheetId="5">#REF!</definedName>
     <definedName name="ValidApplicationList" localSheetId="2">#REF!</definedName>
     <definedName name="ValidApplicationList" localSheetId="4">#REF!</definedName>
+    <definedName name="ValidApplicationList" localSheetId="10">#REF!</definedName>
+    <definedName name="ValidApplicationList" localSheetId="9">#REF!</definedName>
     <definedName name="ValidApplicationList" localSheetId="8">#REF!</definedName>
     <definedName name="ValidApplicationList">#REF!</definedName>
     <definedName name="ValidAreas" localSheetId="3">#REF!</definedName>
     <definedName name="ValidAreas" localSheetId="7">#REF!</definedName>
     <definedName name="ValidAreas" localSheetId="1">#REF!</definedName>
     <definedName name="ValidAreas" localSheetId="0">#REF!</definedName>
     <definedName name="ValidAreas" localSheetId="6">#REF!</definedName>
     <definedName name="ValidAreas" localSheetId="5">#REF!</definedName>
     <definedName name="ValidAreas" localSheetId="2">#REF!</definedName>
     <definedName name="ValidAreas" localSheetId="4">#REF!</definedName>
+    <definedName name="ValidAreas" localSheetId="10">#REF!</definedName>
+    <definedName name="ValidAreas" localSheetId="9">#REF!</definedName>
     <definedName name="ValidAreas" localSheetId="8">#REF!</definedName>
     <definedName name="ValidAreas">#REF!</definedName>
     <definedName name="validated" localSheetId="3">OFFSET(#REF!,0,0,'APR 2025'!A2Len,2)</definedName>
     <definedName name="validated" localSheetId="7">OFFSET(#REF!,0,0,'AUG 2025'!A2Len,2)</definedName>
     <definedName name="validated" localSheetId="1">OFFSET(#REF!,0,0,'FEB 2025'!A2Len,2)</definedName>
     <definedName name="validated" localSheetId="0">OFFSET(#REF!,0,0,'JAN 2025'!A2Len,2)</definedName>
     <definedName name="validated" localSheetId="6">OFFSET(#REF!,0,0,'JUL 2025'!A2Len,2)</definedName>
     <definedName name="validated" localSheetId="5">OFFSET(#REF!,0,0,'JUN 2025'!A2Len,2)</definedName>
     <definedName name="validated" localSheetId="2">OFFSET(#REF!,0,0,'MAR 2025'!A2Len,2)</definedName>
     <definedName name="validated" localSheetId="4">OFFSET(#REF!,0,0,'MAY 2025'!A2Len,2)</definedName>
+    <definedName name="validated" localSheetId="10">OFFSET(#REF!,0,0,'NOV 2025'!A2Len,2)</definedName>
+    <definedName name="validated" localSheetId="9">OFFSET(#REF!,0,0,'OCT 2025'!A2Len,2)</definedName>
     <definedName name="validated" localSheetId="8">OFFSET(#REF!,0,0,'SEP 2025'!A2Len,2)</definedName>
     <definedName name="validated">OFFSET(#REF!,0,0,A2Len,2)</definedName>
     <definedName name="ValidBusinessAreaList" localSheetId="3">#REF!</definedName>
     <definedName name="ValidBusinessAreaList" localSheetId="7">#REF!</definedName>
     <definedName name="ValidBusinessAreaList" localSheetId="1">#REF!</definedName>
     <definedName name="ValidBusinessAreaList" localSheetId="0">#REF!</definedName>
     <definedName name="ValidBusinessAreaList" localSheetId="6">#REF!</definedName>
     <definedName name="ValidBusinessAreaList" localSheetId="5">#REF!</definedName>
     <definedName name="ValidBusinessAreaList" localSheetId="2">#REF!</definedName>
     <definedName name="ValidBusinessAreaList" localSheetId="4">#REF!</definedName>
+    <definedName name="ValidBusinessAreaList" localSheetId="10">#REF!</definedName>
+    <definedName name="ValidBusinessAreaList" localSheetId="9">#REF!</definedName>
     <definedName name="ValidBusinessAreaList" localSheetId="8">#REF!</definedName>
     <definedName name="ValidBusinessAreaList">#REF!</definedName>
     <definedName name="ValidCategories" localSheetId="3">#REF!</definedName>
     <definedName name="ValidCategories" localSheetId="7">#REF!</definedName>
     <definedName name="ValidCategories" localSheetId="1">#REF!</definedName>
     <definedName name="ValidCategories" localSheetId="0">#REF!</definedName>
     <definedName name="ValidCategories" localSheetId="6">#REF!</definedName>
     <definedName name="ValidCategories" localSheetId="5">#REF!</definedName>
     <definedName name="ValidCategories" localSheetId="2">#REF!</definedName>
     <definedName name="ValidCategories" localSheetId="4">#REF!</definedName>
+    <definedName name="ValidCategories" localSheetId="10">#REF!</definedName>
+    <definedName name="ValidCategories" localSheetId="9">#REF!</definedName>
     <definedName name="ValidCategories" localSheetId="8">#REF!</definedName>
     <definedName name="ValidCategories">#REF!</definedName>
     <definedName name="ValidPrinters" localSheetId="1">#REF!</definedName>
     <definedName name="ValidPrinters" localSheetId="0">#REF!</definedName>
     <definedName name="ValidPrinters">#REF!</definedName>
     <definedName name="Value" localSheetId="3">#REF!</definedName>
     <definedName name="Value" localSheetId="7">#REF!</definedName>
     <definedName name="Value" localSheetId="1">#REF!</definedName>
     <definedName name="Value" localSheetId="0">#REF!</definedName>
     <definedName name="Value" localSheetId="2">#REF!</definedName>
     <definedName name="Value" localSheetId="4">#REF!</definedName>
+    <definedName name="Value" localSheetId="10">#REF!</definedName>
+    <definedName name="Value" localSheetId="9">#REF!</definedName>
     <definedName name="Value" localSheetId="8">#REF!</definedName>
     <definedName name="Value">#REF!</definedName>
     <definedName name="Value1" localSheetId="3">#REF!</definedName>
     <definedName name="Value1" localSheetId="7">#REF!</definedName>
     <definedName name="Value1" localSheetId="1">#REF!</definedName>
     <definedName name="Value1" localSheetId="0">#REF!</definedName>
     <definedName name="Value1" localSheetId="2">#REF!</definedName>
     <definedName name="Value1" localSheetId="4">#REF!</definedName>
+    <definedName name="Value1" localSheetId="10">#REF!</definedName>
+    <definedName name="Value1" localSheetId="9">#REF!</definedName>
     <definedName name="Value1" localSheetId="8">#REF!</definedName>
     <definedName name="Value1">#REF!</definedName>
     <definedName name="Value2" localSheetId="3">#REF!</definedName>
     <definedName name="Value2" localSheetId="7">#REF!</definedName>
     <definedName name="Value2" localSheetId="1">#REF!</definedName>
     <definedName name="Value2" localSheetId="0">#REF!</definedName>
     <definedName name="Value2" localSheetId="2">#REF!</definedName>
     <definedName name="Value2" localSheetId="4">#REF!</definedName>
+    <definedName name="Value2" localSheetId="10">#REF!</definedName>
+    <definedName name="Value2" localSheetId="9">#REF!</definedName>
     <definedName name="Value2" localSheetId="8">#REF!</definedName>
     <definedName name="Value2">#REF!</definedName>
     <definedName name="Values_Entered" localSheetId="3">IF(#REF!*#REF!*#REF!*#REF!&gt;0,1,0)</definedName>
     <definedName name="Values_Entered" localSheetId="7">IF(#REF!*#REF!*#REF!*#REF!&gt;0,1,0)</definedName>
     <definedName name="Values_Entered" localSheetId="1">IF(#REF!*#REF!*#REF!*#REF!&gt;0,1,0)</definedName>
     <definedName name="Values_Entered" localSheetId="0">IF(#REF!*#REF!*#REF!*#REF!&gt;0,1,0)</definedName>
     <definedName name="Values_Entered" localSheetId="6">IF(#REF!*#REF!*#REF!*#REF!&gt;0,1,0)</definedName>
     <definedName name="Values_Entered" localSheetId="5">IF(#REF!*#REF!*#REF!*#REF!&gt;0,1,0)</definedName>
     <definedName name="Values_Entered" localSheetId="2">IF(#REF!*#REF!*#REF!*#REF!&gt;0,1,0)</definedName>
     <definedName name="Values_Entered" localSheetId="4">IF(#REF!*#REF!*#REF!*#REF!&gt;0,1,0)</definedName>
+    <definedName name="Values_Entered" localSheetId="10">IF(#REF!*#REF!*#REF!*#REF!&gt;0,1,0)</definedName>
+    <definedName name="Values_Entered" localSheetId="9">IF(#REF!*#REF!*#REF!*#REF!&gt;0,1,0)</definedName>
     <definedName name="Values_Entered" localSheetId="8">IF(#REF!*#REF!*#REF!*#REF!&gt;0,1,0)</definedName>
     <definedName name="Values_Entered">IF([0]!Loan_Amount*[0]!Interest_Rate*[0]!Loan_Years*[0]!Loan_Start&gt;0,1,0)</definedName>
     <definedName name="Version" localSheetId="1">#REF!</definedName>
     <definedName name="Version" localSheetId="0">#REF!</definedName>
     <definedName name="Version">#REF!</definedName>
     <definedName name="vicPurch" localSheetId="1">#REF!</definedName>
     <definedName name="vicPurch" localSheetId="0">#REF!</definedName>
     <definedName name="vicPurch">#REF!</definedName>
     <definedName name="w" localSheetId="3">#REF!</definedName>
     <definedName name="w" localSheetId="7">#REF!</definedName>
     <definedName name="w" localSheetId="1">#REF!</definedName>
     <definedName name="w" localSheetId="0">#REF!</definedName>
     <definedName name="w" localSheetId="2">#REF!</definedName>
     <definedName name="w" localSheetId="4">#REF!</definedName>
+    <definedName name="w" localSheetId="10">#REF!</definedName>
+    <definedName name="w" localSheetId="9">#REF!</definedName>
     <definedName name="w" localSheetId="8">#REF!</definedName>
     <definedName name="w">#REF!</definedName>
     <definedName name="wac" localSheetId="1">#REF!</definedName>
     <definedName name="wac" localSheetId="0">#REF!</definedName>
     <definedName name="wac">#REF!</definedName>
     <definedName name="wertgy" localSheetId="3">#REF!</definedName>
     <definedName name="wertgy" localSheetId="7">#REF!</definedName>
     <definedName name="wertgy" localSheetId="1">#REF!</definedName>
     <definedName name="wertgy" localSheetId="0">#REF!</definedName>
     <definedName name="wertgy" localSheetId="2">#REF!</definedName>
     <definedName name="wertgy" localSheetId="4">#REF!</definedName>
+    <definedName name="wertgy" localSheetId="10">#REF!</definedName>
+    <definedName name="wertgy" localSheetId="9">#REF!</definedName>
     <definedName name="wertgy" localSheetId="8">#REF!</definedName>
     <definedName name="wertgy">#REF!</definedName>
     <definedName name="werwedsf" localSheetId="1">#REF!</definedName>
     <definedName name="werwedsf" localSheetId="0">#REF!</definedName>
     <definedName name="werwedsf">#REF!</definedName>
     <definedName name="WF_PREM_PD_FOR_APRIL" localSheetId="3">#REF!</definedName>
     <definedName name="WF_PREM_PD_FOR_APRIL" localSheetId="7">#REF!</definedName>
     <definedName name="WF_PREM_PD_FOR_APRIL" localSheetId="1">#REF!</definedName>
     <definedName name="WF_PREM_PD_FOR_APRIL" localSheetId="0">#REF!</definedName>
     <definedName name="WF_PREM_PD_FOR_APRIL" localSheetId="2">#REF!</definedName>
     <definedName name="WF_PREM_PD_FOR_APRIL" localSheetId="4">#REF!</definedName>
+    <definedName name="WF_PREM_PD_FOR_APRIL" localSheetId="10">#REF!</definedName>
+    <definedName name="WF_PREM_PD_FOR_APRIL" localSheetId="9">#REF!</definedName>
     <definedName name="WF_PREM_PD_FOR_APRIL" localSheetId="8">#REF!</definedName>
     <definedName name="WF_PREM_PD_FOR_APRIL">#REF!</definedName>
     <definedName name="WF_PREM_PRICING_CORRECTION" localSheetId="3">#REF!</definedName>
     <definedName name="WF_PREM_PRICING_CORRECTION" localSheetId="7">#REF!</definedName>
     <definedName name="WF_PREM_PRICING_CORRECTION" localSheetId="1">#REF!</definedName>
     <definedName name="WF_PREM_PRICING_CORRECTION" localSheetId="0">#REF!</definedName>
     <definedName name="WF_PREM_PRICING_CORRECTION" localSheetId="2">#REF!</definedName>
     <definedName name="WF_PREM_PRICING_CORRECTION" localSheetId="4">#REF!</definedName>
+    <definedName name="WF_PREM_PRICING_CORRECTION" localSheetId="10">#REF!</definedName>
+    <definedName name="WF_PREM_PRICING_CORRECTION" localSheetId="9">#REF!</definedName>
     <definedName name="WF_PREM_PRICING_CORRECTION" localSheetId="8">#REF!</definedName>
     <definedName name="WF_PREM_PRICING_CORRECTION">#REF!</definedName>
     <definedName name="Whole_Loan_Due_Diligence_Basis" localSheetId="1">#REF!</definedName>
     <definedName name="Whole_Loan_Due_Diligence_Basis" localSheetId="0">#REF!</definedName>
     <definedName name="Whole_Loan_Due_Diligence_Basis">#REF!</definedName>
     <definedName name="Workstreams" localSheetId="1">#REF!</definedName>
     <definedName name="Workstreams" localSheetId="0">#REF!</definedName>
     <definedName name="Workstreams">#REF!</definedName>
     <definedName name="Wrapped" localSheetId="3">#REF!</definedName>
     <definedName name="Wrapped" localSheetId="7">#REF!</definedName>
     <definedName name="Wrapped" localSheetId="1">#REF!</definedName>
     <definedName name="Wrapped" localSheetId="0">#REF!</definedName>
     <definedName name="Wrapped" localSheetId="6">#REF!</definedName>
     <definedName name="Wrapped" localSheetId="5">#REF!</definedName>
     <definedName name="Wrapped" localSheetId="2">#REF!</definedName>
     <definedName name="Wrapped" localSheetId="4">#REF!</definedName>
+    <definedName name="Wrapped" localSheetId="10">#REF!</definedName>
+    <definedName name="Wrapped" localSheetId="9">#REF!</definedName>
     <definedName name="Wrapped" localSheetId="8">#REF!</definedName>
     <definedName name="Wrapped">#REF!</definedName>
     <definedName name="Wrapper" localSheetId="3">#REF!</definedName>
     <definedName name="Wrapper" localSheetId="7">#REF!</definedName>
     <definedName name="Wrapper" localSheetId="1">#REF!</definedName>
     <definedName name="Wrapper" localSheetId="0">#REF!</definedName>
     <definedName name="Wrapper" localSheetId="6">#REF!</definedName>
     <definedName name="Wrapper" localSheetId="5">#REF!</definedName>
     <definedName name="Wrapper" localSheetId="2">#REF!</definedName>
     <definedName name="Wrapper" localSheetId="4">#REF!</definedName>
+    <definedName name="Wrapper" localSheetId="10">#REF!</definedName>
+    <definedName name="Wrapper" localSheetId="9">#REF!</definedName>
     <definedName name="Wrapper" localSheetId="8">#REF!</definedName>
     <definedName name="Wrapper">#REF!</definedName>
     <definedName name="WRKSHT" localSheetId="1">#REF!</definedName>
     <definedName name="WRKSHT" localSheetId="0">#REF!</definedName>
     <definedName name="WRKSHT">#REF!</definedName>
     <definedName name="wrn.Report._.1." localSheetId="3" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.1." localSheetId="7" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.1." localSheetId="1" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.1." localSheetId="0" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.1." localSheetId="6" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.1." localSheetId="5" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.1." localSheetId="2" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.1." localSheetId="4" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
+    <definedName name="wrn.Report._.1." localSheetId="10" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
+    <definedName name="wrn.Report._.1." localSheetId="9" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.1." localSheetId="8" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.1." hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.2." localSheetId="3" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.2." localSheetId="7" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.2." localSheetId="1" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.2." localSheetId="0" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.2." localSheetId="6" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.2." localSheetId="5" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.2." localSheetId="2" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.2." localSheetId="4" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
+    <definedName name="wrn.Report._.2." localSheetId="10" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
+    <definedName name="wrn.Report._.2." localSheetId="9" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.2." localSheetId="8" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.2." hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.3." localSheetId="3" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.3." localSheetId="7" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.3." localSheetId="1" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.3." localSheetId="0" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.3." localSheetId="6" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.3." localSheetId="5" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.3." localSheetId="2" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.3." localSheetId="4" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
+    <definedName name="wrn.Report._.3." localSheetId="10" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
+    <definedName name="wrn.Report._.3." localSheetId="9" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.3." localSheetId="8" hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="wrn.Report._.3." hidden="1">{#N/A,#N/A,FALSE,"NewForm-Aug01 - Minimum "}</definedName>
     <definedName name="x" localSheetId="1">#REF!</definedName>
     <definedName name="x" localSheetId="0">#REF!</definedName>
     <definedName name="x">#REF!</definedName>
     <definedName name="Xbrl_Tag_02c688d8_0b11_405a_9179_819e903e0fd6" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_02c688d8_0b11_405a_9179_819e903e0fd6" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_02c688d8_0b11_405a_9179_819e903e0fd6" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_02c688d8_0b11_405a_9179_819e903e0fd6" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_02c688d8_0b11_405a_9179_819e903e0fd6" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_02c688d8_0b11_405a_9179_819e903e0fd6" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_02c688d8_0b11_405a_9179_819e903e0fd6" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_02c688d8_0b11_405a_9179_819e903e0fd6" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_02c688d8_0b11_405a_9179_819e903e0fd6" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_02c688d8_0b11_405a_9179_819e903e0fd6" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_03780448_d13e_424f_b9dd_e896a28623ea" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_03780448_d13e_424f_b9dd_e896a28623ea" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_03780448_d13e_424f_b9dd_e896a28623ea" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_03780448_d13e_424f_b9dd_e896a28623ea" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_03780448_d13e_424f_b9dd_e896a28623ea" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_03780448_d13e_424f_b9dd_e896a28623ea" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_03780448_d13e_424f_b9dd_e896a28623ea" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_03780448_d13e_424f_b9dd_e896a28623ea" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_03780448_d13e_424f_b9dd_e896a28623ea" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_03780448_d13e_424f_b9dd_e896a28623ea" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_0822ea6b_48b1_483a_99e2_c46d367057ca" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_0822ea6b_48b1_483a_99e2_c46d367057ca" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_0822ea6b_48b1_483a_99e2_c46d367057ca" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_0b05c634_60bd_4d3a_a1bc_b3b97e34d6cf" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_0b05c634_60bd_4d3a_a1bc_b3b97e34d6cf" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_0b05c634_60bd_4d3a_a1bc_b3b97e34d6cf" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_0b05c634_60bd_4d3a_a1bc_b3b97e34d6cf" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_0b05c634_60bd_4d3a_a1bc_b3b97e34d6cf" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_0b05c634_60bd_4d3a_a1bc_b3b97e34d6cf" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_0b05c634_60bd_4d3a_a1bc_b3b97e34d6cf" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_0b05c634_60bd_4d3a_a1bc_b3b97e34d6cf" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_0b05c634_60bd_4d3a_a1bc_b3b97e34d6cf" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_0b05c634_60bd_4d3a_a1bc_b3b97e34d6cf" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_0d5add93_86ac_4eb9_a455_46880dee0bc7" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_0d5add93_86ac_4eb9_a455_46880dee0bc7" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_0d5add93_86ac_4eb9_a455_46880dee0bc7" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_0d5add93_86ac_4eb9_a455_46880dee0bc7" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_0d5add93_86ac_4eb9_a455_46880dee0bc7" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_0d5add93_86ac_4eb9_a455_46880dee0bc7" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_0d5add93_86ac_4eb9_a455_46880dee0bc7" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_0d5add93_86ac_4eb9_a455_46880dee0bc7" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_0d5add93_86ac_4eb9_a455_46880dee0bc7" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_0d5add93_86ac_4eb9_a455_46880dee0bc7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_17132380_ec88_4528_bb07_7ce2dc27429f" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_17132380_ec88_4528_bb07_7ce2dc27429f" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_17132380_ec88_4528_bb07_7ce2dc27429f" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_17132380_ec88_4528_bb07_7ce2dc27429f" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_17132380_ec88_4528_bb07_7ce2dc27429f" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_17132380_ec88_4528_bb07_7ce2dc27429f" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_17132380_ec88_4528_bb07_7ce2dc27429f" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_17132380_ec88_4528_bb07_7ce2dc27429f" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_17132380_ec88_4528_bb07_7ce2dc27429f" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_17132380_ec88_4528_bb07_7ce2dc27429f" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_2023b619_da3a_43bb_bbb6_a31ebb931746" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_2023b619_da3a_43bb_bbb6_a31ebb931746" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_2023b619_da3a_43bb_bbb6_a31ebb931746" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_2023b619_da3a_43bb_bbb6_a31ebb931746" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_2023b619_da3a_43bb_bbb6_a31ebb931746" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_2023b619_da3a_43bb_bbb6_a31ebb931746" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_2023b619_da3a_43bb_bbb6_a31ebb931746" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_2023b619_da3a_43bb_bbb6_a31ebb931746" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_2023b619_da3a_43bb_bbb6_a31ebb931746" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_2023b619_da3a_43bb_bbb6_a31ebb931746" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_20a3bf41_c56d_47f4_a74c_8c78168e43b2" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_20a3bf41_c56d_47f4_a74c_8c78168e43b2" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_20a3bf41_c56d_47f4_a74c_8c78168e43b2" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_20a3bf41_c56d_47f4_a74c_8c78168e43b2" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_20a3bf41_c56d_47f4_a74c_8c78168e43b2" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_20a3bf41_c56d_47f4_a74c_8c78168e43b2" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_20a3bf41_c56d_47f4_a74c_8c78168e43b2" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_20a3bf41_c56d_47f4_a74c_8c78168e43b2" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_20a3bf41_c56d_47f4_a74c_8c78168e43b2" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_20a3bf41_c56d_47f4_a74c_8c78168e43b2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_237113f5_887b_40f5_bcf8_d37d2e3114c0" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_237113f5_887b_40f5_bcf8_d37d2e3114c0" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_237113f5_887b_40f5_bcf8_d37d2e3114c0" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_237113f5_887b_40f5_bcf8_d37d2e3114c0" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_237113f5_887b_40f5_bcf8_d37d2e3114c0" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_237113f5_887b_40f5_bcf8_d37d2e3114c0" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_237113f5_887b_40f5_bcf8_d37d2e3114c0" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_237113f5_887b_40f5_bcf8_d37d2e3114c0" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_237113f5_887b_40f5_bcf8_d37d2e3114c0" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_237113f5_887b_40f5_bcf8_d37d2e3114c0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_28e6f72c_15b2_4c1f_893f_e8a4e315d9bc" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_28e6f72c_15b2_4c1f_893f_e8a4e315d9bc" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_28e6f72c_15b2_4c1f_893f_e8a4e315d9bc" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_28e6f72c_15b2_4c1f_893f_e8a4e315d9bc" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_28e6f72c_15b2_4c1f_893f_e8a4e315d9bc" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_28e6f72c_15b2_4c1f_893f_e8a4e315d9bc" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_28e6f72c_15b2_4c1f_893f_e8a4e315d9bc" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_28e6f72c_15b2_4c1f_893f_e8a4e315d9bc" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_28e6f72c_15b2_4c1f_893f_e8a4e315d9bc" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_28e6f72c_15b2_4c1f_893f_e8a4e315d9bc" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_28e77757_6488_4763_906f_39ad4c83baef" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_28e77757_6488_4763_906f_39ad4c83baef" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_28e77757_6488_4763_906f_39ad4c83baef" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_28e77757_6488_4763_906f_39ad4c83baef" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_28e77757_6488_4763_906f_39ad4c83baef" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_28e77757_6488_4763_906f_39ad4c83baef" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_28e77757_6488_4763_906f_39ad4c83baef" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_28e77757_6488_4763_906f_39ad4c83baef" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_28e77757_6488_4763_906f_39ad4c83baef" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_28e77757_6488_4763_906f_39ad4c83baef" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_2f1e96a7_063e_4e1d_a4b5_3414a2433bfa" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_2f1e96a7_063e_4e1d_a4b5_3414a2433bfa" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_2f1e96a7_063e_4e1d_a4b5_3414a2433bfa" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_2f1e96a7_063e_4e1d_a4b5_3414a2433bfa" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_2f1e96a7_063e_4e1d_a4b5_3414a2433bfa" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_2f1e96a7_063e_4e1d_a4b5_3414a2433bfa" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_2f1e96a7_063e_4e1d_a4b5_3414a2433bfa" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_2f1e96a7_063e_4e1d_a4b5_3414a2433bfa" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_2f1e96a7_063e_4e1d_a4b5_3414a2433bfa" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_2f1e96a7_063e_4e1d_a4b5_3414a2433bfa" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_382540a3_0a79_4759_875d_d73f005246eb" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_382540a3_0a79_4759_875d_d73f005246eb" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_382540a3_0a79_4759_875d_d73f005246eb" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_382540a3_0a79_4759_875d_d73f005246eb" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_382540a3_0a79_4759_875d_d73f005246eb" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_382540a3_0a79_4759_875d_d73f005246eb" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_382540a3_0a79_4759_875d_d73f005246eb" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_382540a3_0a79_4759_875d_d73f005246eb" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_382540a3_0a79_4759_875d_d73f005246eb" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_382540a3_0a79_4759_875d_d73f005246eb" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_3ae7855a_3ed8_4bdd_8e41_69338a5c2142" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_3ae7855a_3ed8_4bdd_8e41_69338a5c2142" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_3ae7855a_3ed8_4bdd_8e41_69338a5c2142" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_3ae7855a_3ed8_4bdd_8e41_69338a5c2142" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_3ae7855a_3ed8_4bdd_8e41_69338a5c2142" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_3ae7855a_3ed8_4bdd_8e41_69338a5c2142" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_3ae7855a_3ed8_4bdd_8e41_69338a5c2142" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_3ae7855a_3ed8_4bdd_8e41_69338a5c2142" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_3ae7855a_3ed8_4bdd_8e41_69338a5c2142" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_3ae7855a_3ed8_4bdd_8e41_69338a5c2142" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_3f5336cf_bf2d_4bfa_94e8_e0c75e6583dc" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_3f5336cf_bf2d_4bfa_94e8_e0c75e6583dc" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_3f5336cf_bf2d_4bfa_94e8_e0c75e6583dc" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_3f5336cf_bf2d_4bfa_94e8_e0c75e6583dc" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_3f5336cf_bf2d_4bfa_94e8_e0c75e6583dc" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_3f5336cf_bf2d_4bfa_94e8_e0c75e6583dc" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_3f5336cf_bf2d_4bfa_94e8_e0c75e6583dc" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_3f5336cf_bf2d_4bfa_94e8_e0c75e6583dc" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_3f5336cf_bf2d_4bfa_94e8_e0c75e6583dc" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_3f5336cf_bf2d_4bfa_94e8_e0c75e6583dc" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_427b24d4_7f4f_4569_a505_1f03b36744e9" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_427b24d4_7f4f_4569_a505_1f03b36744e9" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_427b24d4_7f4f_4569_a505_1f03b36744e9" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_427b24d4_7f4f_4569_a505_1f03b36744e9" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_427b24d4_7f4f_4569_a505_1f03b36744e9" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_427b24d4_7f4f_4569_a505_1f03b36744e9" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_427b24d4_7f4f_4569_a505_1f03b36744e9" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_427b24d4_7f4f_4569_a505_1f03b36744e9" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_427b24d4_7f4f_4569_a505_1f03b36744e9" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_427b24d4_7f4f_4569_a505_1f03b36744e9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4336e54b_c5e3_4cee_a65f_859e6ffcb3a9" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4336e54b_c5e3_4cee_a65f_859e6ffcb3a9" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4336e54b_c5e3_4cee_a65f_859e6ffcb3a9" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4336e54b_c5e3_4cee_a65f_859e6ffcb3a9" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4336e54b_c5e3_4cee_a65f_859e6ffcb3a9" localSheetId="6" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4336e54b_c5e3_4cee_a65f_859e6ffcb3a9" localSheetId="5" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4336e54b_c5e3_4cee_a65f_859e6ffcb3a9" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4336e54b_c5e3_4cee_a65f_859e6ffcb3a9" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_4336e54b_c5e3_4cee_a65f_859e6ffcb3a9" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_4336e54b_c5e3_4cee_a65f_859e6ffcb3a9" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4336e54b_c5e3_4cee_a65f_859e6ffcb3a9" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4336e54b_c5e3_4cee_a65f_859e6ffcb3a9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4b8ef649_acf4_4bae_a058_4a4d73539fb9" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4b8ef649_acf4_4bae_a058_4a4d73539fb9" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4b8ef649_acf4_4bae_a058_4a4d73539fb9" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4b8ef649_acf4_4bae_a058_4a4d73539fb9" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4b8ef649_acf4_4bae_a058_4a4d73539fb9" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4b8ef649_acf4_4bae_a058_4a4d73539fb9" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_4b8ef649_acf4_4bae_a058_4a4d73539fb9" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_4b8ef649_acf4_4bae_a058_4a4d73539fb9" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4b8ef649_acf4_4bae_a058_4a4d73539fb9" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4b8ef649_acf4_4bae_a058_4a4d73539fb9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4d5e3cfa_cf70_46fa_9c44_9f78daefe69d" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4d5e3cfa_cf70_46fa_9c44_9f78daefe69d" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4d5e3cfa_cf70_46fa_9c44_9f78daefe69d" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4d5e3cfa_cf70_46fa_9c44_9f78daefe69d" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4d5e3cfa_cf70_46fa_9c44_9f78daefe69d" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4d5e3cfa_cf70_46fa_9c44_9f78daefe69d" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_4d5e3cfa_cf70_46fa_9c44_9f78daefe69d" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_4d5e3cfa_cf70_46fa_9c44_9f78daefe69d" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4d5e3cfa_cf70_46fa_9c44_9f78daefe69d" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_4d5e3cfa_cf70_46fa_9c44_9f78daefe69d" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_6046b2c7_e501_4831_8f6b_75da0f2471e7" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_6046b2c7_e501_4831_8f6b_75da0f2471e7" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_6046b2c7_e501_4831_8f6b_75da0f2471e7" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_6046b2c7_e501_4831_8f6b_75da0f2471e7" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_6046b2c7_e501_4831_8f6b_75da0f2471e7" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_6046b2c7_e501_4831_8f6b_75da0f2471e7" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_6046b2c7_e501_4831_8f6b_75da0f2471e7" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_6046b2c7_e501_4831_8f6b_75da0f2471e7" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_6046b2c7_e501_4831_8f6b_75da0f2471e7" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_6046b2c7_e501_4831_8f6b_75da0f2471e7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_6c05c2d0_4d2b_4cc9_9df2_87b4416f2105" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_6c05c2d0_4d2b_4cc9_9df2_87b4416f2105" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_6c05c2d0_4d2b_4cc9_9df2_87b4416f2105" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_6c05c2d0_4d2b_4cc9_9df2_87b4416f2105" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_6c05c2d0_4d2b_4cc9_9df2_87b4416f2105" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_6c05c2d0_4d2b_4cc9_9df2_87b4416f2105" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_6c05c2d0_4d2b_4cc9_9df2_87b4416f2105" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_6c05c2d0_4d2b_4cc9_9df2_87b4416f2105" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_6c05c2d0_4d2b_4cc9_9df2_87b4416f2105" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_6c05c2d0_4d2b_4cc9_9df2_87b4416f2105" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_77ba5855_9819_4469_a92c_e9e1e6107572" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_77ba5855_9819_4469_a92c_e9e1e6107572" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_77ba5855_9819_4469_a92c_e9e1e6107572" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_77ba5855_9819_4469_a92c_e9e1e6107572" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_77ba5855_9819_4469_a92c_e9e1e6107572" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_77ba5855_9819_4469_a92c_e9e1e6107572" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_77ba5855_9819_4469_a92c_e9e1e6107572" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_77ba5855_9819_4469_a92c_e9e1e6107572" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_77ba5855_9819_4469_a92c_e9e1e6107572" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_77ba5855_9819_4469_a92c_e9e1e6107572" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9465c6a7_6486_424d_a201_956d6cb24a45" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9465c6a7_6486_424d_a201_956d6cb24a45" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9465c6a7_6486_424d_a201_956d6cb24a45" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9465c6a7_6486_424d_a201_956d6cb24a45" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9465c6a7_6486_424d_a201_956d6cb24a45" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9465c6a7_6486_424d_a201_956d6cb24a45" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_9465c6a7_6486_424d_a201_956d6cb24a45" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_9465c6a7_6486_424d_a201_956d6cb24a45" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9465c6a7_6486_424d_a201_956d6cb24a45" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9465c6a7_6486_424d_a201_956d6cb24a45" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9a4d9cff_08e9_4b10_a50c_376c0d2a8f82" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9a4d9cff_08e9_4b10_a50c_376c0d2a8f82" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9a4d9cff_08e9_4b10_a50c_376c0d2a8f82" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9a4d9cff_08e9_4b10_a50c_376c0d2a8f82" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9a4d9cff_08e9_4b10_a50c_376c0d2a8f82" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9a4d9cff_08e9_4b10_a50c_376c0d2a8f82" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_9a4d9cff_08e9_4b10_a50c_376c0d2a8f82" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_9a4d9cff_08e9_4b10_a50c_376c0d2a8f82" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9a4d9cff_08e9_4b10_a50c_376c0d2a8f82" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9a4d9cff_08e9_4b10_a50c_376c0d2a8f82" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9c503a52_4880_414f_be9b_c37933940a6d" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9c503a52_4880_414f_be9b_c37933940a6d" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9c503a52_4880_414f_be9b_c37933940a6d" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9c503a52_4880_414f_be9b_c37933940a6d" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9c503a52_4880_414f_be9b_c37933940a6d" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9c503a52_4880_414f_be9b_c37933940a6d" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_9c503a52_4880_414f_be9b_c37933940a6d" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_9c503a52_4880_414f_be9b_c37933940a6d" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9c503a52_4880_414f_be9b_c37933940a6d" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9c503a52_4880_414f_be9b_c37933940a6d" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9df39301_a95f_4f40_939a_cb0226759e93" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9df39301_a95f_4f40_939a_cb0226759e93" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9df39301_a95f_4f40_939a_cb0226759e93" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9df39301_a95f_4f40_939a_cb0226759e93" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9df39301_a95f_4f40_939a_cb0226759e93" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9df39301_a95f_4f40_939a_cb0226759e93" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_9df39301_a95f_4f40_939a_cb0226759e93" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_9df39301_a95f_4f40_939a_cb0226759e93" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9df39301_a95f_4f40_939a_cb0226759e93" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9df39301_a95f_4f40_939a_cb0226759e93" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9ef01930_82be_4048_b28e_3abe91caba28" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9ef01930_82be_4048_b28e_3abe91caba28" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9ef01930_82be_4048_b28e_3abe91caba28" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9ef01930_82be_4048_b28e_3abe91caba28" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9ef01930_82be_4048_b28e_3abe91caba28" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9ef01930_82be_4048_b28e_3abe91caba28" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_9ef01930_82be_4048_b28e_3abe91caba28" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_9ef01930_82be_4048_b28e_3abe91caba28" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9ef01930_82be_4048_b28e_3abe91caba28" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9ef01930_82be_4048_b28e_3abe91caba28" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9f2ca6c7_2cfc_40e4_8a84_49cd49be52fd" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9f2ca6c7_2cfc_40e4_8a84_49cd49be52fd" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9f2ca6c7_2cfc_40e4_8a84_49cd49be52fd" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9f2ca6c7_2cfc_40e4_8a84_49cd49be52fd" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9f2ca6c7_2cfc_40e4_8a84_49cd49be52fd" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9f2ca6c7_2cfc_40e4_8a84_49cd49be52fd" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_9f2ca6c7_2cfc_40e4_8a84_49cd49be52fd" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_9f2ca6c7_2cfc_40e4_8a84_49cd49be52fd" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9f2ca6c7_2cfc_40e4_8a84_49cd49be52fd" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_9f2ca6c7_2cfc_40e4_8a84_49cd49be52fd" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_a1f72223_3ec5_41ea_bfff_6ca81148ee96" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_a1f72223_3ec5_41ea_bfff_6ca81148ee96" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_a1f72223_3ec5_41ea_bfff_6ca81148ee96" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_a1f72223_3ec5_41ea_bfff_6ca81148ee96" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_a1f72223_3ec5_41ea_bfff_6ca81148ee96" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_a1f72223_3ec5_41ea_bfff_6ca81148ee96" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_a1f72223_3ec5_41ea_bfff_6ca81148ee96" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_a1f72223_3ec5_41ea_bfff_6ca81148ee96" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_a1f72223_3ec5_41ea_bfff_6ca81148ee96" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_a1f72223_3ec5_41ea_bfff_6ca81148ee96" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_a823fef0_1b28_4534_a253_856c09957744" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_a823fef0_1b28_4534_a253_856c09957744" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_a823fef0_1b28_4534_a253_856c09957744" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_a823fef0_1b28_4534_a253_856c09957744" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_a823fef0_1b28_4534_a253_856c09957744" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_a823fef0_1b28_4534_a253_856c09957744" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_a823fef0_1b28_4534_a253_856c09957744" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_a823fef0_1b28_4534_a253_856c09957744" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_a823fef0_1b28_4534_a253_856c09957744" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_a823fef0_1b28_4534_a253_856c09957744" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_ab253b39_5255_4985_a286_c8fc1f5eb768" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_ab253b39_5255_4985_a286_c8fc1f5eb768" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_ab253b39_5255_4985_a286_c8fc1f5eb768" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_ab253b39_5255_4985_a286_c8fc1f5eb768" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_ab253b39_5255_4985_a286_c8fc1f5eb768" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_ab253b39_5255_4985_a286_c8fc1f5eb768" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_ab253b39_5255_4985_a286_c8fc1f5eb768" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_ab253b39_5255_4985_a286_c8fc1f5eb768" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_ab253b39_5255_4985_a286_c8fc1f5eb768" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_ab253b39_5255_4985_a286_c8fc1f5eb768" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_b3dca10f_c2d6_422b_b45c_cc09605eb6f8" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_b3dca10f_c2d6_422b_b45c_cc09605eb6f8" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_b3dca10f_c2d6_422b_b45c_cc09605eb6f8" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_b3dca10f_c2d6_422b_b45c_cc09605eb6f8" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_b3dca10f_c2d6_422b_b45c_cc09605eb6f8" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_b3dca10f_c2d6_422b_b45c_cc09605eb6f8" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_b3dca10f_c2d6_422b_b45c_cc09605eb6f8" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_b3dca10f_c2d6_422b_b45c_cc09605eb6f8" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_b3dca10f_c2d6_422b_b45c_cc09605eb6f8" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_b3dca10f_c2d6_422b_b45c_cc09605eb6f8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_c702bdb1_73f7_4061_abd7_fa9eb37e2a98" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_c702bdb1_73f7_4061_abd7_fa9eb37e2a98" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_c702bdb1_73f7_4061_abd7_fa9eb37e2a98" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_c702bdb1_73f7_4061_abd7_fa9eb37e2a98" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_c702bdb1_73f7_4061_abd7_fa9eb37e2a98" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_c702bdb1_73f7_4061_abd7_fa9eb37e2a98" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_c702bdb1_73f7_4061_abd7_fa9eb37e2a98" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_c702bdb1_73f7_4061_abd7_fa9eb37e2a98" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_c702bdb1_73f7_4061_abd7_fa9eb37e2a98" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_c702bdb1_73f7_4061_abd7_fa9eb37e2a98" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_cef4ab9e_2629_48fa_81dd_52a641c16b5e" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_cef4ab9e_2629_48fa_81dd_52a641c16b5e" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_cef4ab9e_2629_48fa_81dd_52a641c16b5e" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_cef4ab9e_2629_48fa_81dd_52a641c16b5e" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_cef4ab9e_2629_48fa_81dd_52a641c16b5e" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_cef4ab9e_2629_48fa_81dd_52a641c16b5e" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_cef4ab9e_2629_48fa_81dd_52a641c16b5e" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_cef4ab9e_2629_48fa_81dd_52a641c16b5e" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_cef4ab9e_2629_48fa_81dd_52a641c16b5e" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_cef4ab9e_2629_48fa_81dd_52a641c16b5e" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_dab80baa_fa2f_4a22_a22a_0871532bd2e2" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_dab80baa_fa2f_4a22_a22a_0871532bd2e2" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_dab80baa_fa2f_4a22_a22a_0871532bd2e2" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_dab80baa_fa2f_4a22_a22a_0871532bd2e2" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_dab80baa_fa2f_4a22_a22a_0871532bd2e2" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_dab80baa_fa2f_4a22_a22a_0871532bd2e2" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_dab80baa_fa2f_4a22_a22a_0871532bd2e2" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_dab80baa_fa2f_4a22_a22a_0871532bd2e2" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_dab80baa_fa2f_4a22_a22a_0871532bd2e2" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_dab80baa_fa2f_4a22_a22a_0871532bd2e2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e140b161_a623_4876_9c32_805192107a14" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e140b161_a623_4876_9c32_805192107a14" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e140b161_a623_4876_9c32_805192107a14" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e140b161_a623_4876_9c32_805192107a14" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e140b161_a623_4876_9c32_805192107a14" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e140b161_a623_4876_9c32_805192107a14" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_e140b161_a623_4876_9c32_805192107a14" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_e140b161_a623_4876_9c32_805192107a14" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e140b161_a623_4876_9c32_805192107a14" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e140b161_a623_4876_9c32_805192107a14" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e911ce48_94a4_43a9_a120_1d2099f7025c" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e911ce48_94a4_43a9_a120_1d2099f7025c" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e911ce48_94a4_43a9_a120_1d2099f7025c" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e911ce48_94a4_43a9_a120_1d2099f7025c" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e911ce48_94a4_43a9_a120_1d2099f7025c" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e911ce48_94a4_43a9_a120_1d2099f7025c" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_e911ce48_94a4_43a9_a120_1d2099f7025c" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_e911ce48_94a4_43a9_a120_1d2099f7025c" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e911ce48_94a4_43a9_a120_1d2099f7025c" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e911ce48_94a4_43a9_a120_1d2099f7025c" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e94ad930_6dd7_4d27_a18e_a678fe4ec74c" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e94ad930_6dd7_4d27_a18e_a678fe4ec74c" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e94ad930_6dd7_4d27_a18e_a678fe4ec74c" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e94ad930_6dd7_4d27_a18e_a678fe4ec74c" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e94ad930_6dd7_4d27_a18e_a678fe4ec74c" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e94ad930_6dd7_4d27_a18e_a678fe4ec74c" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_e94ad930_6dd7_4d27_a18e_a678fe4ec74c" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_e94ad930_6dd7_4d27_a18e_a678fe4ec74c" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e94ad930_6dd7_4d27_a18e_a678fe4ec74c" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_e94ad930_6dd7_4d27_a18e_a678fe4ec74c" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_f41485a0_9c2c_41d9_a254_740d77a5251c" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_f41485a0_9c2c_41d9_a254_740d77a5251c" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_f41485a0_9c2c_41d9_a254_740d77a5251c" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_f41485a0_9c2c_41d9_a254_740d77a5251c" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_f41485a0_9c2c_41d9_a254_740d77a5251c" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_f41485a0_9c2c_41d9_a254_740d77a5251c" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_f41485a0_9c2c_41d9_a254_740d77a5251c" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_f41485a0_9c2c_41d9_a254_740d77a5251c" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_f41485a0_9c2c_41d9_a254_740d77a5251c" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_f41485a0_9c2c_41d9_a254_740d77a5251c" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_fbed9e6c_1409_4c5a_91cb_e7e0c75d602e" localSheetId="3" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_fbed9e6c_1409_4c5a_91cb_e7e0c75d602e" localSheetId="7" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_fbed9e6c_1409_4c5a_91cb_e7e0c75d602e" localSheetId="1" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_fbed9e6c_1409_4c5a_91cb_e7e0c75d602e" localSheetId="0" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_fbed9e6c_1409_4c5a_91cb_e7e0c75d602e" localSheetId="2" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_fbed9e6c_1409_4c5a_91cb_e7e0c75d602e" localSheetId="4" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_fbed9e6c_1409_4c5a_91cb_e7e0c75d602e" localSheetId="10" hidden="1">#REF!</definedName>
+    <definedName name="Xbrl_Tag_fbed9e6c_1409_4c5a_91cb_e7e0c75d602e" localSheetId="9" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_fbed9e6c_1409_4c5a_91cb_e7e0c75d602e" localSheetId="8" hidden="1">#REF!</definedName>
     <definedName name="Xbrl_Tag_fbed9e6c_1409_4c5a_91cb_e7e0c75d602e" hidden="1">#REF!</definedName>
     <definedName name="xcaWq" localSheetId="1">#REF!</definedName>
     <definedName name="xcaWq" localSheetId="0">#REF!</definedName>
     <definedName name="xcaWq">#REF!</definedName>
     <definedName name="xcxdas" localSheetId="1">#REF!</definedName>
     <definedName name="xcxdas" localSheetId="0">#REF!</definedName>
     <definedName name="xcxdas">#REF!</definedName>
     <definedName name="xsw" localSheetId="1">#REF!</definedName>
     <definedName name="xsw" localSheetId="0">#REF!</definedName>
     <definedName name="xsw">#REF!</definedName>
     <definedName name="xx" localSheetId="3">#REF!</definedName>
     <definedName name="xx" localSheetId="7">#REF!</definedName>
     <definedName name="xx" localSheetId="1">#REF!</definedName>
     <definedName name="xx" localSheetId="0">#REF!</definedName>
     <definedName name="xx" localSheetId="6">#REF!</definedName>
     <definedName name="xx" localSheetId="5">#REF!</definedName>
     <definedName name="xx" localSheetId="2">#REF!</definedName>
     <definedName name="xx" localSheetId="4">#REF!</definedName>
+    <definedName name="xx" localSheetId="10">#REF!</definedName>
+    <definedName name="xx" localSheetId="9">#REF!</definedName>
     <definedName name="xx" localSheetId="8">#REF!</definedName>
     <definedName name="xx">#REF!</definedName>
     <definedName name="Year_1" localSheetId="1">#REF!</definedName>
     <definedName name="Year_1" localSheetId="0">#REF!</definedName>
     <definedName name="Year_1">#REF!</definedName>
     <definedName name="Year_C" localSheetId="1">#REF!</definedName>
     <definedName name="Year_C" localSheetId="0">#REF!</definedName>
     <definedName name="Year_C">#REF!</definedName>
     <definedName name="Year_RB" localSheetId="1">#REF!</definedName>
     <definedName name="Year_RB" localSheetId="0">#REF!</definedName>
     <definedName name="Year_RB">#REF!</definedName>
     <definedName name="Year_REO" localSheetId="1">#REF!</definedName>
     <definedName name="Year_REO" localSheetId="0">#REF!</definedName>
     <definedName name="Year_REO">#REF!</definedName>
     <definedName name="Year_RS" localSheetId="1">#REF!</definedName>
     <definedName name="Year_RS" localSheetId="0">#REF!</definedName>
     <definedName name="Year_RS">#REF!</definedName>
     <definedName name="Year_S" localSheetId="3">#REF!</definedName>
     <definedName name="Year_S" localSheetId="7">#REF!</definedName>
     <definedName name="Year_S" localSheetId="1">#REF!</definedName>
     <definedName name="Year_S" localSheetId="0">#REF!</definedName>
     <definedName name="Year_S" localSheetId="2">#REF!</definedName>
     <definedName name="Year_S" localSheetId="4">#REF!</definedName>
+    <definedName name="Year_S" localSheetId="10">#REF!</definedName>
+    <definedName name="Year_S" localSheetId="9">#REF!</definedName>
     <definedName name="Year_S" localSheetId="8">#REF!</definedName>
     <definedName name="Year_S">#REF!</definedName>
     <definedName name="Year_T" localSheetId="1">#REF!</definedName>
     <definedName name="Year_T" localSheetId="0">#REF!</definedName>
     <definedName name="Year_T">#REF!</definedName>
     <definedName name="YearlyPayment" localSheetId="3">#REF!</definedName>
     <definedName name="YearlyPayment" localSheetId="7">#REF!</definedName>
     <definedName name="YearlyPayment" localSheetId="1">#REF!</definedName>
     <definedName name="YearlyPayment" localSheetId="0">#REF!</definedName>
     <definedName name="YearlyPayment" localSheetId="2">#REF!</definedName>
     <definedName name="YearlyPayment" localSheetId="4">#REF!</definedName>
+    <definedName name="YearlyPayment" localSheetId="10">#REF!</definedName>
+    <definedName name="YearlyPayment" localSheetId="9">#REF!</definedName>
     <definedName name="YearlyPayment" localSheetId="8">#REF!</definedName>
     <definedName name="YearlyPayment">#REF!</definedName>
     <definedName name="yhbv" localSheetId="3">#REF!</definedName>
     <definedName name="yhbv" localSheetId="7">#REF!</definedName>
     <definedName name="yhbv" localSheetId="1">#REF!</definedName>
     <definedName name="yhbv" localSheetId="0">#REF!</definedName>
     <definedName name="yhbv" localSheetId="6">#REF!</definedName>
     <definedName name="yhbv" localSheetId="5">#REF!</definedName>
     <definedName name="yhbv" localSheetId="2">#REF!</definedName>
     <definedName name="yhbv" localSheetId="4">#REF!</definedName>
+    <definedName name="yhbv" localSheetId="10">#REF!</definedName>
+    <definedName name="yhbv" localSheetId="9">#REF!</definedName>
     <definedName name="yhbv" localSheetId="8">#REF!</definedName>
     <definedName name="yhbv">#REF!</definedName>
     <definedName name="ytresdcv" localSheetId="3">#REF!</definedName>
     <definedName name="ytresdcv" localSheetId="7">#REF!</definedName>
     <definedName name="ytresdcv" localSheetId="1">#REF!</definedName>
     <definedName name="ytresdcv" localSheetId="0">#REF!</definedName>
     <definedName name="ytresdcv" localSheetId="6">#REF!</definedName>
     <definedName name="ytresdcv" localSheetId="5">#REF!</definedName>
     <definedName name="ytresdcv" localSheetId="2">#REF!</definedName>
     <definedName name="ytresdcv" localSheetId="4">#REF!</definedName>
+    <definedName name="ytresdcv" localSheetId="10">#REF!</definedName>
+    <definedName name="ytresdcv" localSheetId="9">#REF!</definedName>
     <definedName name="ytresdcv" localSheetId="8">#REF!</definedName>
     <definedName name="ytresdcv">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="341" uniqueCount="41">
   <si>
     <t>Funding Summary</t>
   </si>
   <si>
     <t>Term
 Type</t>
   </si>
   <si>
     <t>Product
 Type</t>
   </si>
   <si>
     <t>Month Beginning 
 Balance</t>
   </si>
   <si>
     <t>Total Issuances
 (+)</t>
   </si>
   <si>
     <t>Total Redemptions
 (-)</t>
   </si>
   <si>
     <t>FX Translation Gain/Loss &amp; Re-Classes
@@ -10233,50 +11383,56 @@
     <t>January 2025</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>September 2025</t>
+  </si>
+  <si>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="42" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF333333"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -10717,83 +11873,91 @@
     </xf>
     <xf numFmtId="49" fontId="12" fillId="5" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="12" fillId="5" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="10" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="10" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="42" fontId="16" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="42" fontId="16" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="42" fontId="16" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Comma 2" xfId="2" xr:uid="{B8E1AE3D-6BD4-426C-9E5B-5DB6046869E0}"/>
     <cellStyle name="Currency 2" xfId="4" xr:uid="{C86D6B03-4F14-40CA-8C54-FC37FD47A3F4}"/>
     <cellStyle name="Currency 3" xfId="5" xr:uid="{3C2C1AFD-EE4F-4366-A33C-2FA99F83AF56}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{BA6D9BE8-1FBF-4CDF-8A49-5716D718FB96}"/>
     <cellStyle name="Normal 2 2" xfId="3" xr:uid="{82DC7AD7-8C86-4FDA-A97F-C2F18061F07C}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
@@ -10891,50 +12055,182 @@
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D81121D7-84F5-495B-991A-EF8D2EC1450D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="2274128" cy="872705"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>378653</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>214845</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6394BFE7-4775-4A8B-880A-6A2A0237F5A7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="2207453" cy="862545"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>378653</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>214845</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F7E21A9-C9C9-4043-9DF1-07B6C2A2ED5B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="2260793" cy="862545"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
@@ -11739,50 +13035,58 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -11804,51 +13108,51 @@
       <selection activeCell="A4" sqref="A4:G4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="37.54296875" style="6" customWidth="1"/>
     <col min="2" max="2" width="34.90625" style="4" customWidth="1"/>
     <col min="3" max="3" width="24.453125" style="5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="24" style="5" customWidth="1"/>
     <col min="5" max="5" width="25.90625" style="5" customWidth="1"/>
     <col min="6" max="6" width="21.54296875" style="5" customWidth="1"/>
     <col min="7" max="7" width="24.453125" style="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="2" customFormat="1" ht="23.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="27" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="27"/>
       <c r="C1" s="27"/>
       <c r="D1" s="27"/>
       <c r="E1" s="27"/>
       <c r="F1" s="27"/>
       <c r="G1" s="27"/>
     </row>
-    <row r="2" spans="1:7" s="2" customFormat="1" ht="28.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" s="2" customFormat="1" ht="28.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="27"/>
       <c r="B2" s="27"/>
       <c r="C2" s="27"/>
       <c r="D2" s="27"/>
       <c r="E2" s="27"/>
       <c r="F2" s="27"/>
       <c r="G2" s="27"/>
     </row>
     <row r="3" spans="1:7" s="2" customFormat="1" ht="18.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="27"/>
       <c r="B3" s="27"/>
       <c r="C3" s="27"/>
       <c r="D3" s="27"/>
       <c r="E3" s="27"/>
       <c r="F3" s="27"/>
       <c r="G3" s="27"/>
     </row>
     <row r="4" spans="1:7" s="2" customFormat="1" ht="20.9" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A4" s="35" t="s">
         <v>30</v>
       </c>
       <c r="B4" s="35"/>
       <c r="C4" s="35"/>
       <c r="D4" s="35"/>
       <c r="E4" s="35"/>
@@ -12205,50 +13509,1044 @@
       <c r="A27" s="28" t="s">
         <v>27</v>
       </c>
       <c r="B27" s="28"/>
       <c r="C27" s="28"/>
       <c r="D27" s="28"/>
       <c r="E27" s="28"/>
       <c r="F27" s="28"/>
       <c r="G27" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A1:G3"/>
     <mergeCell ref="A27:G27"/>
     <mergeCell ref="A10:A17"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="A4:G4"/>
     <mergeCell ref="A6:A8"/>
     <mergeCell ref="A9:B9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="4" scale="64" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Calibri"&amp;11&amp;K000000</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1A8BBFF3-4B8E-41CB-9765-54E7A80878C1}">
+  <sheetPr>
+    <tabColor rgb="FF00B0F0"/>
+  </sheetPr>
+  <dimension ref="A1:G30"/>
+  <sheetViews>
+    <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:G4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="27.453125" style="6" customWidth="1"/>
+    <col min="2" max="2" width="34.54296875" style="4" customWidth="1"/>
+    <col min="3" max="3" width="25.08984375" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="24" style="5" customWidth="1"/>
+    <col min="5" max="5" width="25.90625" style="5" customWidth="1"/>
+    <col min="6" max="6" width="21.54296875" style="5" customWidth="1"/>
+    <col min="7" max="7" width="25.08984375" style="5" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" s="2" customFormat="1" ht="23.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="41" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="41"/>
+      <c r="C1" s="41"/>
+      <c r="D1" s="41"/>
+      <c r="E1" s="41"/>
+      <c r="F1" s="41"/>
+      <c r="G1" s="41"/>
+    </row>
+    <row r="2" spans="1:7" s="2" customFormat="1" ht="27.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="41"/>
+      <c r="B2" s="41"/>
+      <c r="C2" s="41"/>
+      <c r="D2" s="41"/>
+      <c r="E2" s="41"/>
+      <c r="F2" s="41"/>
+      <c r="G2" s="41"/>
+    </row>
+    <row r="3" spans="1:7" s="2" customFormat="1" ht="18.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="41"/>
+      <c r="B3" s="41"/>
+      <c r="C3" s="41"/>
+      <c r="D3" s="41"/>
+      <c r="E3" s="41"/>
+      <c r="F3" s="41"/>
+      <c r="G3" s="41"/>
+    </row>
+    <row r="4" spans="1:7" s="2" customFormat="1" ht="20.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="42" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" s="42"/>
+      <c r="C4" s="42"/>
+      <c r="D4" s="42"/>
+      <c r="E4" s="42"/>
+      <c r="F4" s="42"/>
+      <c r="G4" s="42"/>
+    </row>
+    <row r="5" spans="1:7" s="2" customFormat="1" ht="88.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="B5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="C5" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="D5" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="F5" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="G5" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" s="2" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A6" s="29" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" s="13">
+        <v>19994004000</v>
+      </c>
+      <c r="D6" s="13">
+        <v>39758582000</v>
+      </c>
+      <c r="E6" s="13">
+        <v>-39755028000</v>
+      </c>
+      <c r="F6" s="13">
+        <v>0</v>
+      </c>
+      <c r="G6" s="14">
+        <v>19997558000</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" s="2" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A7" s="30"/>
+      <c r="B7" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="C7" s="13">
+        <v>0</v>
+      </c>
+      <c r="D7" s="13">
+        <v>0</v>
+      </c>
+      <c r="E7" s="13">
+        <v>0</v>
+      </c>
+      <c r="F7" s="13">
+        <v>0</v>
+      </c>
+      <c r="G7" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" s="2" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A8" s="30"/>
+      <c r="B8" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" s="13">
+        <v>0</v>
+      </c>
+      <c r="D8" s="13">
+        <v>0</v>
+      </c>
+      <c r="E8" s="13">
+        <v>0</v>
+      </c>
+      <c r="F8" s="13">
+        <v>0</v>
+      </c>
+      <c r="G8" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" s="2" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A9" s="36" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="37"/>
+      <c r="C9" s="15">
+        <v>19994004000</v>
+      </c>
+      <c r="D9" s="15">
+        <v>39758582000</v>
+      </c>
+      <c r="E9" s="15">
+        <v>-39755028000</v>
+      </c>
+      <c r="F9" s="15">
+        <v>0</v>
+      </c>
+      <c r="G9" s="16">
+        <v>19997558000</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" s="2" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A10" s="29" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="13">
+        <v>32539666000</v>
+      </c>
+      <c r="D10" s="13">
+        <v>0</v>
+      </c>
+      <c r="E10" s="13">
+        <v>0</v>
+      </c>
+      <c r="F10" s="13">
+        <v>0</v>
+      </c>
+      <c r="G10" s="14">
+        <v>32539666000</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" s="3" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A11" s="30"/>
+      <c r="B11" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="C11" s="13">
+        <v>32505316000</v>
+      </c>
+      <c r="D11" s="13">
+        <v>3010000000</v>
+      </c>
+      <c r="E11" s="13">
+        <v>-1859715000</v>
+      </c>
+      <c r="F11" s="13">
+        <v>-755000000</v>
+      </c>
+      <c r="G11" s="14">
+        <v>32900601000</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" s="2" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A12" s="30"/>
+      <c r="B12" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="C12" s="13">
+        <v>0</v>
+      </c>
+      <c r="D12" s="13"/>
+      <c r="E12" s="13"/>
+      <c r="F12" s="13">
+        <v>0</v>
+      </c>
+      <c r="G12" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" s="2" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A13" s="30"/>
+      <c r="B13" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="C13" s="13">
+        <v>0</v>
+      </c>
+      <c r="D13" s="13"/>
+      <c r="E13" s="13"/>
+      <c r="F13" s="13">
+        <v>0</v>
+      </c>
+      <c r="G13" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" s="2" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A14" s="30"/>
+      <c r="B14" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="C14" s="13">
+        <v>1512852349.5599999</v>
+      </c>
+      <c r="D14" s="13">
+        <v>0</v>
+      </c>
+      <c r="E14" s="13">
+        <v>-112072703.98999999</v>
+      </c>
+      <c r="F14" s="13">
+        <v>0</v>
+      </c>
+      <c r="G14" s="14">
+        <v>1400779645.5499997</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" s="2" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A15" s="30"/>
+      <c r="B15" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="C15" s="13">
+        <v>333472901.39999998</v>
+      </c>
+      <c r="D15" s="13">
+        <v>0</v>
+      </c>
+      <c r="E15" s="13">
+        <v>0</v>
+      </c>
+      <c r="F15" s="13">
+        <v>-7291464.8399999999</v>
+      </c>
+      <c r="G15" s="14">
+        <v>326181436.55000001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" s="2" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A16" s="30"/>
+      <c r="B16" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="C16" s="13">
+        <v>9604218535</v>
+      </c>
+      <c r="D16" s="13">
+        <v>0</v>
+      </c>
+      <c r="E16" s="13">
+        <v>-2826330087</v>
+      </c>
+      <c r="F16" s="13">
+        <v>755000000</v>
+      </c>
+      <c r="G16" s="14">
+        <v>7532888448</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" s="2" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A17" s="30"/>
+      <c r="B17" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="C17" s="13">
+        <v>32691000000</v>
+      </c>
+      <c r="D17" s="13">
+        <v>0</v>
+      </c>
+      <c r="E17" s="13">
+        <v>0</v>
+      </c>
+      <c r="F17" s="13">
+        <v>0</v>
+      </c>
+      <c r="G17" s="14">
+        <v>32691000000</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" s="2" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A18" s="31" t="s">
+        <v>22</v>
+      </c>
+      <c r="B18" s="32"/>
+      <c r="C18" s="15">
+        <v>109186525785.95999</v>
+      </c>
+      <c r="D18" s="15">
+        <v>3010000000</v>
+      </c>
+      <c r="E18" s="15">
+        <v>-4798117790.9899998</v>
+      </c>
+      <c r="F18" s="15">
+        <v>-7291464.8400000334</v>
+      </c>
+      <c r="G18" s="16">
+        <v>107391116530.10001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" s="2" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A19" s="33" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="34"/>
+      <c r="C19" s="17">
+        <v>129180529785.95999</v>
+      </c>
+      <c r="D19" s="17">
+        <v>42768582000</v>
+      </c>
+      <c r="E19" s="17">
+        <v>-44553145790.989998</v>
+      </c>
+      <c r="F19" s="17">
+        <v>-7291464.8400000334</v>
+      </c>
+      <c r="G19" s="18">
+        <v>127388674530.10001</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" s="25" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B21" s="4"/>
+      <c r="C21" s="26"/>
+      <c r="D21" s="26"/>
+      <c r="E21" s="26"/>
+      <c r="F21" s="26"/>
+      <c r="G21" s="26"/>
+    </row>
+    <row r="22" spans="1:7" s="25" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="B22" s="4"/>
+      <c r="C22" s="26"/>
+      <c r="D22" s="26"/>
+      <c r="E22" s="26"/>
+      <c r="F22" s="26"/>
+      <c r="G22" s="26"/>
+    </row>
+    <row r="23" spans="1:7" s="25" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="B23" s="4"/>
+      <c r="C23" s="26"/>
+      <c r="D23" s="26"/>
+      <c r="E23" s="26"/>
+      <c r="F23" s="26"/>
+      <c r="G23" s="26"/>
+    </row>
+    <row r="24" spans="1:7" s="25" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="23" t="s">
+        <v>29</v>
+      </c>
+      <c r="B24" s="4"/>
+      <c r="C24" s="26"/>
+      <c r="D24" s="26"/>
+      <c r="E24" s="26"/>
+      <c r="F24" s="26"/>
+      <c r="G24" s="26"/>
+    </row>
+    <row r="25" spans="1:7" s="25" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="23"/>
+      <c r="B25" s="4"/>
+      <c r="C25" s="26"/>
+      <c r="D25" s="26"/>
+      <c r="E25" s="26"/>
+      <c r="F25" s="26"/>
+      <c r="G25" s="26"/>
+    </row>
+    <row r="26" spans="1:7" s="25" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B26" s="4"/>
+      <c r="C26" s="26"/>
+      <c r="D26" s="26"/>
+      <c r="E26" s="26"/>
+      <c r="F26" s="26"/>
+      <c r="G26" s="26"/>
+    </row>
+    <row r="27" spans="1:7" s="25" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A27" s="39" t="s">
+        <v>27</v>
+      </c>
+      <c r="B27" s="40"/>
+      <c r="C27" s="40"/>
+      <c r="D27" s="40"/>
+      <c r="E27" s="40"/>
+      <c r="F27" s="40"/>
+      <c r="G27" s="40"/>
+    </row>
+    <row r="28" spans="1:7" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A28" s="40"/>
+      <c r="B28" s="40"/>
+      <c r="C28" s="40"/>
+      <c r="D28" s="40"/>
+      <c r="E28" s="40"/>
+      <c r="F28" s="40"/>
+      <c r="G28" s="40"/>
+    </row>
+    <row r="29" spans="1:7" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A29" s="40"/>
+      <c r="B29" s="40"/>
+      <c r="C29" s="40"/>
+      <c r="D29" s="40"/>
+      <c r="E29" s="40"/>
+      <c r="F29" s="40"/>
+      <c r="G29" s="40"/>
+    </row>
+    <row r="30" spans="1:7" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="40"/>
+      <c r="B30" s="40"/>
+      <c r="C30" s="40"/>
+      <c r="D30" s="40"/>
+      <c r="E30" s="40"/>
+      <c r="F30" s="40"/>
+      <c r="G30" s="40"/>
+    </row>
+  </sheetData>
+  <mergeCells count="8">
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="A27:G30"/>
+    <mergeCell ref="A1:G3"/>
+    <mergeCell ref="A4:G4"/>
+    <mergeCell ref="A6:A8"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="A10:A17"/>
+    <mergeCell ref="A18:B18"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="4" scale="65" orientation="landscape" r:id="rId1"/>
+  <headerFooter alignWithMargins="0">
+    <oddFooter>&amp;L&amp;"Calibri"&amp;11&amp;K000000_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000Fannie Mae Confidential</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BC42F26B-A614-4489-9231-9C5EE591D72E}">
+  <sheetPr>
+    <tabColor rgb="FF00B0F0"/>
+  </sheetPr>
+  <dimension ref="A1:G30"/>
+  <sheetViews>
+    <sheetView tabSelected="1" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+      <selection sqref="A1:G3"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="27.453125" style="6" customWidth="1"/>
+    <col min="2" max="2" width="34.54296875" style="4" customWidth="1"/>
+    <col min="3" max="3" width="25.08984375" style="5" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="24" style="5" customWidth="1"/>
+    <col min="5" max="5" width="25.90625" style="5" customWidth="1"/>
+    <col min="6" max="6" width="21.54296875" style="5" customWidth="1"/>
+    <col min="7" max="7" width="25.08984375" style="5" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" s="2" customFormat="1" ht="23.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="41" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="41"/>
+      <c r="C1" s="41"/>
+      <c r="D1" s="41"/>
+      <c r="E1" s="41"/>
+      <c r="F1" s="41"/>
+      <c r="G1" s="41"/>
+    </row>
+    <row r="2" spans="1:7" s="2" customFormat="1" ht="27.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="41"/>
+      <c r="B2" s="41"/>
+      <c r="C2" s="41"/>
+      <c r="D2" s="41"/>
+      <c r="E2" s="41"/>
+      <c r="F2" s="41"/>
+      <c r="G2" s="41"/>
+    </row>
+    <row r="3" spans="1:7" s="2" customFormat="1" ht="18.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="41"/>
+      <c r="B3" s="41"/>
+      <c r="C3" s="41"/>
+      <c r="D3" s="41"/>
+      <c r="E3" s="41"/>
+      <c r="F3" s="41"/>
+      <c r="G3" s="41"/>
+    </row>
+    <row r="4" spans="1:7" s="2" customFormat="1" ht="20.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="42" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" s="42"/>
+      <c r="C4" s="42"/>
+      <c r="D4" s="42"/>
+      <c r="E4" s="42"/>
+      <c r="F4" s="42"/>
+      <c r="G4" s="42"/>
+    </row>
+    <row r="5" spans="1:7" s="2" customFormat="1" ht="88.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="B5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="C5" s="10" t="s">
+        <v>3</v>
+      </c>
+      <c r="D5" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="F5" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="G5" s="11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" s="2" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A6" s="29" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" s="13">
+        <v>19997558000</v>
+      </c>
+      <c r="D6" s="13">
+        <v>33039854000</v>
+      </c>
+      <c r="E6" s="13">
+        <v>-23100254000</v>
+      </c>
+      <c r="F6" s="13">
+        <v>0</v>
+      </c>
+      <c r="G6" s="14">
+        <v>29937158000</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" s="2" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A7" s="30"/>
+      <c r="B7" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="C7" s="13">
+        <v>0</v>
+      </c>
+      <c r="D7" s="13">
+        <v>0</v>
+      </c>
+      <c r="E7" s="13">
+        <v>0</v>
+      </c>
+      <c r="F7" s="13">
+        <v>0</v>
+      </c>
+      <c r="G7" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" s="2" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A8" s="30"/>
+      <c r="B8" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" s="13">
+        <v>0</v>
+      </c>
+      <c r="D8" s="13">
+        <v>0</v>
+      </c>
+      <c r="E8" s="13">
+        <v>0</v>
+      </c>
+      <c r="F8" s="13">
+        <v>0</v>
+      </c>
+      <c r="G8" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" s="2" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A9" s="36" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="37"/>
+      <c r="C9" s="15">
+        <v>19997558000</v>
+      </c>
+      <c r="D9" s="15">
+        <v>33039854000</v>
+      </c>
+      <c r="E9" s="15">
+        <v>-23100254000</v>
+      </c>
+      <c r="F9" s="15">
+        <v>0</v>
+      </c>
+      <c r="G9" s="16">
+        <v>29937158000</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" s="2" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A10" s="29" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="13">
+        <v>32539666000</v>
+      </c>
+      <c r="D10" s="13">
+        <v>0</v>
+      </c>
+      <c r="E10" s="13">
+        <v>-3800000000</v>
+      </c>
+      <c r="F10" s="13">
+        <v>0</v>
+      </c>
+      <c r="G10" s="14">
+        <v>28739666000</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" s="3" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A11" s="30"/>
+      <c r="B11" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="C11" s="13">
+        <v>32900601000</v>
+      </c>
+      <c r="D11" s="13">
+        <v>2253500000</v>
+      </c>
+      <c r="E11" s="13">
+        <v>-1672541000</v>
+      </c>
+      <c r="F11" s="13">
+        <v>-205000000</v>
+      </c>
+      <c r="G11" s="14">
+        <v>33276560000</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" s="2" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A12" s="30"/>
+      <c r="B12" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="C12" s="13">
+        <v>0</v>
+      </c>
+      <c r="D12" s="13"/>
+      <c r="E12" s="13"/>
+      <c r="F12" s="13">
+        <v>0</v>
+      </c>
+      <c r="G12" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" s="2" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A13" s="30"/>
+      <c r="B13" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="C13" s="13">
+        <v>0</v>
+      </c>
+      <c r="D13" s="13"/>
+      <c r="E13" s="13"/>
+      <c r="F13" s="13">
+        <v>0</v>
+      </c>
+      <c r="G13" s="14">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" s="2" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A14" s="30"/>
+      <c r="B14" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="C14" s="13">
+        <v>1400779645.5499997</v>
+      </c>
+      <c r="D14" s="13">
+        <v>0</v>
+      </c>
+      <c r="E14" s="13">
+        <v>-11833601.07</v>
+      </c>
+      <c r="F14" s="13">
+        <v>0</v>
+      </c>
+      <c r="G14" s="14">
+        <v>1388946044.5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" s="2" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A15" s="30"/>
+      <c r="B15" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="C15" s="13">
+        <v>326181436.55000001</v>
+      </c>
+      <c r="D15" s="13">
+        <v>0</v>
+      </c>
+      <c r="E15" s="13">
+        <v>0</v>
+      </c>
+      <c r="F15" s="13">
+        <v>2058474.94</v>
+      </c>
+      <c r="G15" s="14">
+        <v>328239911.5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" s="2" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A16" s="30"/>
+      <c r="B16" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="C16" s="13">
+        <v>7532888448</v>
+      </c>
+      <c r="D16" s="13">
+        <v>0</v>
+      </c>
+      <c r="E16" s="13">
+        <v>-1580000000</v>
+      </c>
+      <c r="F16" s="13">
+        <v>205000000</v>
+      </c>
+      <c r="G16" s="14">
+        <v>6157888448</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" s="2" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A17" s="30"/>
+      <c r="B17" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="C17" s="13">
+        <v>32691000000</v>
+      </c>
+      <c r="D17" s="13">
+        <v>0</v>
+      </c>
+      <c r="E17" s="13">
+        <v>0</v>
+      </c>
+      <c r="F17" s="13">
+        <v>0</v>
+      </c>
+      <c r="G17" s="14">
+        <v>32691000000</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" s="2" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A18" s="31" t="s">
+        <v>22</v>
+      </c>
+      <c r="B18" s="32"/>
+      <c r="C18" s="15">
+        <v>107391116530.10001</v>
+      </c>
+      <c r="D18" s="15">
+        <v>2253500000</v>
+      </c>
+      <c r="E18" s="15">
+        <v>-7064374601.0699997</v>
+      </c>
+      <c r="F18" s="15">
+        <v>2058474.9399999976</v>
+      </c>
+      <c r="G18" s="16">
+        <v>102582300404</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" s="2" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A19" s="33" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="34"/>
+      <c r="C19" s="17">
+        <v>127388674530.10001</v>
+      </c>
+      <c r="D19" s="17">
+        <v>35293354000</v>
+      </c>
+      <c r="E19" s="17">
+        <v>-30164628601.07</v>
+      </c>
+      <c r="F19" s="17">
+        <v>2058474.9399999976</v>
+      </c>
+      <c r="G19" s="18">
+        <v>132519458404</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" s="25" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B21" s="4"/>
+      <c r="C21" s="26"/>
+      <c r="D21" s="26"/>
+      <c r="E21" s="26"/>
+      <c r="F21" s="26"/>
+      <c r="G21" s="26"/>
+    </row>
+    <row r="22" spans="1:7" s="25" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="B22" s="4"/>
+      <c r="C22" s="26"/>
+      <c r="D22" s="26"/>
+      <c r="E22" s="26"/>
+      <c r="F22" s="26"/>
+      <c r="G22" s="26"/>
+    </row>
+    <row r="23" spans="1:7" s="25" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="B23" s="4"/>
+      <c r="C23" s="26"/>
+      <c r="D23" s="26"/>
+      <c r="E23" s="26"/>
+      <c r="F23" s="26"/>
+      <c r="G23" s="26"/>
+    </row>
+    <row r="24" spans="1:7" s="25" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="23" t="s">
+        <v>29</v>
+      </c>
+      <c r="B24" s="4"/>
+      <c r="C24" s="26"/>
+      <c r="D24" s="26"/>
+      <c r="E24" s="26"/>
+      <c r="F24" s="26"/>
+      <c r="G24" s="26"/>
+    </row>
+    <row r="25" spans="1:7" s="25" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="23"/>
+      <c r="B25" s="4"/>
+      <c r="C25" s="26"/>
+      <c r="D25" s="26"/>
+      <c r="E25" s="26"/>
+      <c r="F25" s="26"/>
+      <c r="G25" s="26"/>
+    </row>
+    <row r="26" spans="1:7" s="25" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B26" s="4"/>
+      <c r="C26" s="26"/>
+      <c r="D26" s="26"/>
+      <c r="E26" s="26"/>
+      <c r="F26" s="26"/>
+      <c r="G26" s="26"/>
+    </row>
+    <row r="27" spans="1:7" s="25" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A27" s="39" t="s">
+        <v>27</v>
+      </c>
+      <c r="B27" s="40"/>
+      <c r="C27" s="40"/>
+      <c r="D27" s="40"/>
+      <c r="E27" s="40"/>
+      <c r="F27" s="40"/>
+      <c r="G27" s="40"/>
+    </row>
+    <row r="28" spans="1:7" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A28" s="40"/>
+      <c r="B28" s="40"/>
+      <c r="C28" s="40"/>
+      <c r="D28" s="40"/>
+      <c r="E28" s="40"/>
+      <c r="F28" s="40"/>
+      <c r="G28" s="40"/>
+    </row>
+    <row r="29" spans="1:7" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A29" s="40"/>
+      <c r="B29" s="40"/>
+      <c r="C29" s="40"/>
+      <c r="D29" s="40"/>
+      <c r="E29" s="40"/>
+      <c r="F29" s="40"/>
+      <c r="G29" s="40"/>
+    </row>
+    <row r="30" spans="1:7" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="40"/>
+      <c r="B30" s="40"/>
+      <c r="C30" s="40"/>
+      <c r="D30" s="40"/>
+      <c r="E30" s="40"/>
+      <c r="F30" s="40"/>
+      <c r="G30" s="40"/>
+    </row>
+  </sheetData>
+  <mergeCells count="8">
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="A27:G30"/>
+    <mergeCell ref="A1:G3"/>
+    <mergeCell ref="A4:G4"/>
+    <mergeCell ref="A6:A8"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="A10:A17"/>
+    <mergeCell ref="A18:B18"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="4" scale="65" orientation="landscape" r:id="rId1"/>
+  <headerFooter alignWithMargins="0">
+    <oddFooter>&amp;L&amp;"Calibri"&amp;11&amp;K000000_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000Fannie Mae Confidential</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{77A8E94C-82BE-434B-B6D3-79690789BB19}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
   </sheetPr>
   <dimension ref="A1:M27"/>
   <sheetViews>
     <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
       <selection activeCell="A4" sqref="A4:G4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="37.54296875" style="6" customWidth="1"/>
     <col min="2" max="2" width="34.90625" style="4" customWidth="1"/>
     <col min="3" max="3" width="24.453125" style="5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="24" style="5" customWidth="1"/>
     <col min="5" max="5" width="25.90625" style="5" customWidth="1"/>
     <col min="6" max="6" width="21.54296875" style="5" customWidth="1"/>
     <col min="7" max="7" width="24.453125" style="5" bestFit="1" customWidth="1"/>
@@ -12664,70 +14962,70 @@
     <mergeCell ref="A18:B18"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="4" scale="64" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Calibri"&amp;11&amp;K000000</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9DB2B62D-1A21-4B8C-A3F6-4DB20C7C28FF}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
   </sheetPr>
   <dimension ref="A1:G27"/>
   <sheetViews>
     <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
       <selection activeCell="A4" sqref="A4:G4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="37.54296875" style="6" customWidth="1"/>
-    <col min="2" max="2" width="34.6328125" style="4" customWidth="1"/>
+    <col min="2" max="2" width="34.54296875" style="4" customWidth="1"/>
     <col min="3" max="3" width="24.54296875" style="5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="24" style="5" customWidth="1"/>
     <col min="5" max="5" width="25.90625" style="5" customWidth="1"/>
     <col min="6" max="6" width="21.54296875" style="5" customWidth="1"/>
     <col min="7" max="7" width="24.54296875" style="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="2" customFormat="1" ht="23.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="27" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="27"/>
       <c r="C1" s="27"/>
       <c r="D1" s="27"/>
       <c r="E1" s="27"/>
       <c r="F1" s="27"/>
       <c r="G1" s="27"/>
     </row>
-    <row r="2" spans="1:7" s="2" customFormat="1" ht="28.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" s="2" customFormat="1" ht="28.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="27"/>
       <c r="B2" s="27"/>
       <c r="C2" s="27"/>
       <c r="D2" s="27"/>
       <c r="E2" s="27"/>
       <c r="F2" s="27"/>
       <c r="G2" s="27"/>
     </row>
     <row r="3" spans="1:7" s="2" customFormat="1" ht="18.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="27"/>
       <c r="B3" s="27"/>
       <c r="C3" s="27"/>
       <c r="D3" s="27"/>
       <c r="E3" s="27"/>
       <c r="F3" s="27"/>
       <c r="G3" s="27"/>
     </row>
     <row r="4" spans="1:7" s="2" customFormat="1" ht="20.9" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A4" s="35" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="35"/>
       <c r="C4" s="35"/>
       <c r="D4" s="35"/>
       <c r="E4" s="35"/>
@@ -13103,70 +15401,70 @@
     <mergeCell ref="A9:B9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="4" scale="64" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Calibri"&amp;11&amp;K000000</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C53BDBE6-798B-493C-AB98-4E5C391BCB53}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
   </sheetPr>
   <dimension ref="A1:G27"/>
   <sheetViews>
     <sheetView topLeftCell="A2" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
       <selection activeCell="A4" sqref="A4:G4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="37.54296875" style="6" customWidth="1"/>
-    <col min="2" max="2" width="34.6328125" style="4" customWidth="1"/>
+    <col min="2" max="2" width="34.54296875" style="4" customWidth="1"/>
     <col min="3" max="3" width="24.54296875" style="5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="24" style="5" customWidth="1"/>
     <col min="5" max="5" width="25.90625" style="5" customWidth="1"/>
     <col min="6" max="6" width="21.54296875" style="5" customWidth="1"/>
     <col min="7" max="7" width="24.54296875" style="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="2" customFormat="1" ht="23.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="27" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="27"/>
       <c r="C1" s="27"/>
       <c r="D1" s="27"/>
       <c r="E1" s="27"/>
       <c r="F1" s="27"/>
       <c r="G1" s="27"/>
     </row>
-    <row r="2" spans="1:7" s="2" customFormat="1" ht="28.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" s="2" customFormat="1" ht="28.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="27"/>
       <c r="B2" s="27"/>
       <c r="C2" s="27"/>
       <c r="D2" s="27"/>
       <c r="E2" s="27"/>
       <c r="F2" s="27"/>
       <c r="G2" s="27"/>
     </row>
     <row r="3" spans="1:7" s="2" customFormat="1" ht="18.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="27"/>
       <c r="B3" s="27"/>
       <c r="C3" s="27"/>
       <c r="D3" s="27"/>
       <c r="E3" s="27"/>
       <c r="F3" s="27"/>
       <c r="G3" s="27"/>
     </row>
     <row r="4" spans="1:7" s="2" customFormat="1" ht="20.9" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A4" s="35" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="35"/>
       <c r="C4" s="35"/>
       <c r="D4" s="35"/>
       <c r="E4" s="35"/>
@@ -13542,51 +15840,51 @@
     <mergeCell ref="A18:B18"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="4" scale="64" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Calibri"&amp;11&amp;K000000</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A4B3AF13-90E4-4B43-B320-242E414BA4BC}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
   </sheetPr>
   <dimension ref="A1:G27"/>
   <sheetViews>
     <sheetView topLeftCell="A2" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
       <selection activeCell="A4" sqref="A4:G4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27.453125" style="6" customWidth="1"/>
-    <col min="2" max="2" width="34.6328125" style="4" customWidth="1"/>
+    <col min="2" max="2" width="34.54296875" style="4" customWidth="1"/>
     <col min="3" max="3" width="24" style="5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="24" style="5" customWidth="1"/>
     <col min="5" max="5" width="25.90625" style="5" customWidth="1"/>
     <col min="6" max="6" width="21.54296875" style="5" customWidth="1"/>
     <col min="7" max="7" width="23" style="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="2" customFormat="1" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="20"/>
       <c r="B1" s="21"/>
       <c r="C1" s="22"/>
       <c r="D1" s="22"/>
       <c r="E1" s="22"/>
       <c r="F1" s="22"/>
       <c r="G1" s="22"/>
     </row>
     <row r="2" spans="1:7" s="2" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A2" s="23"/>
       <c r="B2" s="21"/>
       <c r="C2" s="38" t="s">
         <v>0</v>
       </c>
       <c r="D2" s="38"/>
       <c r="E2" s="38"/>
       <c r="F2" s="22"/>
@@ -13981,51 +16279,51 @@
     <mergeCell ref="A9:B9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="4" scale="65" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Calibri"&amp;11&amp;K000000</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{31BD2F46-961D-46BE-9713-F173A994E99C}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
   </sheetPr>
   <dimension ref="A1:G30"/>
   <sheetViews>
     <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
       <selection activeCell="A4" sqref="A4:G4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27.453125" style="6" customWidth="1"/>
-    <col min="2" max="2" width="34.6328125" style="4" customWidth="1"/>
+    <col min="2" max="2" width="34.54296875" style="4" customWidth="1"/>
     <col min="3" max="3" width="24.453125" style="5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="24" style="5" customWidth="1"/>
     <col min="5" max="5" width="25.90625" style="5" customWidth="1"/>
     <col min="6" max="6" width="21.54296875" style="5" customWidth="1"/>
     <col min="7" max="7" width="24.453125" style="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="2" customFormat="1" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="20"/>
       <c r="B1" s="21"/>
       <c r="C1" s="22"/>
       <c r="D1" s="22"/>
       <c r="E1" s="22"/>
       <c r="F1" s="22"/>
       <c r="G1" s="22"/>
     </row>
     <row r="2" spans="1:7" s="2" customFormat="1" ht="21.65" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A2" s="23"/>
       <c r="B2" s="21"/>
       <c r="C2" s="38" t="s">
         <v>0</v>
       </c>
       <c r="D2" s="38"/>
       <c r="E2" s="38"/>
       <c r="F2" s="22"/>
@@ -14486,52 +16784,52 @@
     <mergeCell ref="A9:B9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="4" scale="65" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Calibri"&amp;11&amp;K000000</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CD19B702-9FD4-4887-B5A6-45EE087B141A}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
   </sheetPr>
   <dimension ref="A1:G30"/>
   <sheetViews>
     <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
       <selection activeCell="A4" sqref="A4:G4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27.453125" style="6" customWidth="1"/>
-    <col min="2" max="2" width="34.6328125" style="4" customWidth="1"/>
-    <col min="3" max="3" width="29.36328125" style="5" customWidth="1"/>
+    <col min="2" max="2" width="34.54296875" style="4" customWidth="1"/>
+    <col min="3" max="3" width="29.453125" style="5" customWidth="1"/>
     <col min="4" max="4" width="24" style="5" customWidth="1"/>
     <col min="5" max="5" width="25.90625" style="5" customWidth="1"/>
     <col min="6" max="6" width="21.54296875" style="5" customWidth="1"/>
     <col min="7" max="7" width="24.453125" style="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="2" customFormat="1" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="20"/>
       <c r="B1" s="21"/>
       <c r="C1" s="22"/>
       <c r="D1" s="22"/>
       <c r="E1" s="22"/>
       <c r="F1" s="22"/>
       <c r="G1" s="22"/>
     </row>
     <row r="2" spans="1:7" s="2" customFormat="1" ht="21.65" customHeight="1" x14ac:dyDescent="0.6">
       <c r="A2" s="23"/>
       <c r="B2" s="21"/>
       <c r="C2" s="38" t="s">
         <v>0</v>
       </c>
       <c r="D2" s="38"/>
       <c r="E2" s="38"/>
       <c r="F2" s="22"/>
       <c r="G2" s="22"/>
@@ -14991,51 +17289,51 @@
     <mergeCell ref="A18:B18"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="4" scale="65" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Calibri"&amp;11&amp;K000000</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{356D2596-E17F-4672-950F-B855DAAEC40B}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
   </sheetPr>
   <dimension ref="A1:G30"/>
   <sheetViews>
     <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
       <selection activeCell="A4" sqref="A4:G4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27.453125" style="6" customWidth="1"/>
-    <col min="2" max="2" width="34.6328125" style="4" customWidth="1"/>
+    <col min="2" max="2" width="34.54296875" style="4" customWidth="1"/>
     <col min="3" max="3" width="25.08984375" style="5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="24" style="5" customWidth="1"/>
     <col min="5" max="5" width="25.90625" style="5" customWidth="1"/>
     <col min="6" max="6" width="21.54296875" style="5" customWidth="1"/>
     <col min="7" max="7" width="25.08984375" style="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="2" customFormat="1" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="20"/>
       <c r="B1" s="21"/>
       <c r="C1" s="22"/>
       <c r="D1" s="22"/>
       <c r="E1" s="22"/>
       <c r="F1" s="22"/>
       <c r="G1" s="22"/>
     </row>
     <row r="2" spans="1:7" s="2" customFormat="1" ht="28" x14ac:dyDescent="0.6">
       <c r="A2" s="23"/>
       <c r="B2" s="21"/>
       <c r="C2" s="38" t="s">
         <v>0</v>
       </c>
       <c r="D2" s="38"/>
       <c r="E2" s="38"/>
       <c r="F2" s="22"/>
@@ -15489,104 +17787,104 @@
     <mergeCell ref="A27:G30"/>
     <mergeCell ref="A10:A17"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="C2:E2"/>
     <mergeCell ref="A4:G4"/>
     <mergeCell ref="A6:A8"/>
     <mergeCell ref="A9:B9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="4" scale="65" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Calibri"&amp;11&amp;K000000_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000Fannie Mae Confidential</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A2B3B78B-08CF-4C56-9555-FA1CABB90C71}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
   </sheetPr>
   <dimension ref="A1:G30"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+    <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
       <selection activeCell="A4" sqref="A4:G4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27.453125" style="6" customWidth="1"/>
-    <col min="2" max="2" width="34.6328125" style="4" customWidth="1"/>
+    <col min="2" max="2" width="34.54296875" style="4" customWidth="1"/>
     <col min="3" max="3" width="25.08984375" style="5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="24" style="5" customWidth="1"/>
     <col min="5" max="5" width="25.90625" style="5" customWidth="1"/>
     <col min="6" max="6" width="21.54296875" style="5" customWidth="1"/>
     <col min="7" max="7" width="25.08984375" style="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="2" customFormat="1" ht="23.4" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="42" t="s">
-[...16 lines deleted...]
-      <c r="G2" s="42"/>
+      <c r="A1" s="41" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="41"/>
+      <c r="C1" s="41"/>
+      <c r="D1" s="41"/>
+      <c r="E1" s="41"/>
+      <c r="F1" s="41"/>
+      <c r="G1" s="41"/>
+    </row>
+    <row r="2" spans="1:7" s="2" customFormat="1" ht="27.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="41"/>
+      <c r="B2" s="41"/>
+      <c r="C2" s="41"/>
+      <c r="D2" s="41"/>
+      <c r="E2" s="41"/>
+      <c r="F2" s="41"/>
+      <c r="G2" s="41"/>
     </row>
     <row r="3" spans="1:7" s="2" customFormat="1" ht="18.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="42"/>
-[...5 lines deleted...]
-      <c r="G3" s="42"/>
+      <c r="A3" s="41"/>
+      <c r="B3" s="41"/>
+      <c r="C3" s="41"/>
+      <c r="D3" s="41"/>
+      <c r="E3" s="41"/>
+      <c r="F3" s="41"/>
+      <c r="G3" s="41"/>
     </row>
     <row r="4" spans="1:7" s="2" customFormat="1" ht="20.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="41" t="s">
+      <c r="A4" s="42" t="s">
         <v>38</v>
       </c>
-      <c r="B4" s="41"/>
-[...4 lines deleted...]
-      <c r="G4" s="41"/>
+      <c r="B4" s="42"/>
+      <c r="C4" s="42"/>
+      <c r="D4" s="42"/>
+      <c r="E4" s="42"/>
+      <c r="F4" s="42"/>
+      <c r="G4" s="42"/>
     </row>
     <row r="5" spans="1:7" s="2" customFormat="1" ht="88.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="10" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="10" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="11" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:7" s="2" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.45">
@@ -16000,72 +18298,52 @@
     <mergeCell ref="A10:A17"/>
     <mergeCell ref="A18:B18"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="4" scale="65" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Calibri"&amp;11&amp;K000000_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000Fannie Mae Confidential</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="96074bc5-2bae-4fef-b784-7a033227b552" xmlns:ns3="c34ca1ce-0f74-4310-9fc8-0123e0068ee3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7a4861a957ddc7624a7572a46d53e156" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000EC9D504FE29ED469668765697B800EC" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="856403abb4489d46e6cfed46e12bcf8f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="96074bc5-2bae-4fef-b784-7a033227b552" xmlns:ns3="c34ca1ce-0f74-4310-9fc8-0123e0068ee3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e4cfa01ce9c78777de5e046e28df5020" ns2:_="" ns3:_="">
     <xsd:import namespace="96074bc5-2bae-4fef-b784-7a033227b552"/>
     <xsd:import namespace="c34ca1ce-0f74-4310-9fc8-0123e0068ee3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -16280,128 +18558,152 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c34ca1ce-0f74-4310-9fc8-0123e0068ee3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="96074bc5-2bae-4fef-b784-7a033227b552">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BEAB7CCE-5CB6-4479-BBC8-6FFACBAC7B0A}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A7BCFA8-408A-4CA8-86D9-76C393E5FAF5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="96074bc5-2bae-4fef-b784-7a033227b552"/>
     <ds:schemaRef ds:uri="c34ca1ce-0f74-4310-9fc8-0123e0068ee3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A3A466E-E700-4645-B524-D45DF560D38A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c34ca1ce-0f74-4310-9fc8-0123e0068ee3"/>
+    <ds:schemaRef ds:uri="96074bc5-2bae-4fef-b784-7a033227b552"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A9FC751-01EF-4A99-A80F-5C4FA28D8432}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>11</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>11</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="18" baseType="lpstr">
+    <vt:vector size="22" baseType="lpstr">
       <vt:lpstr>JAN 2025</vt:lpstr>
       <vt:lpstr>FEB 2025</vt:lpstr>
       <vt:lpstr>MAR 2025</vt:lpstr>
       <vt:lpstr>APR 2025</vt:lpstr>
       <vt:lpstr>MAY 2025</vt:lpstr>
       <vt:lpstr>JUN 2025</vt:lpstr>
       <vt:lpstr>JUL 2025</vt:lpstr>
       <vt:lpstr>AUG 2025</vt:lpstr>
       <vt:lpstr>SEP 2025</vt:lpstr>
+      <vt:lpstr>OCT 2025</vt:lpstr>
+      <vt:lpstr>NOV 2025</vt:lpstr>
       <vt:lpstr>'APR 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'AUG 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'FEB 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'JAN 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'JUL 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'JUN 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'MAR 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'MAY 2025'!Print_Area</vt:lpstr>
+      <vt:lpstr>'NOV 2025'!Print_Area</vt:lpstr>
+      <vt:lpstr>'OCT 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'SEP 2025'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>SERVER</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
@@ -16437,27 +18739,30 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_4e20156e-8ff9-4098-bbf6-fbcae2f0b5f0_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_4e20156e-8ff9-4098-bbf6-fbcae2f0b5f0_SetDate">
     <vt:lpwstr>2025-07-10T20:56:59Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_4e20156e-8ff9-4098-bbf6-fbcae2f0b5f0_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_4e20156e-8ff9-4098-bbf6-fbcae2f0b5f0_Name">
     <vt:lpwstr>Non-Confidential Information</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_4e20156e-8ff9-4098-bbf6-fbcae2f0b5f0_SiteId">
     <vt:lpwstr>e6baca02-d986-4077-8053-30de7d5e0d58</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_4e20156e-8ff9-4098-bbf6-fbcae2f0b5f0_ActionId">
     <vt:lpwstr>695f8d2b-34cf-4352-a858-5e47d1a01e2f</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_4e20156e-8ff9-4098-bbf6-fbcae2f0b5f0_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_4e20156e-8ff9-4098-bbf6-fbcae2f0b5f0_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="{A44787D4-0540-4523-9961-78E4036D8C6D}">
+    <vt:lpwstr>{750F3878-DE4F-4BA9-BFBB-1AA8118D153F}</vt:lpwstr>
+  </property>
 </Properties>
 </file>