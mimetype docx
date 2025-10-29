--- v0 (2025-10-06)
+++ v1 (2025-10-29)
@@ -183,51 +183,59 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="28275E95" w14:textId="77777777" w:rsidR="00A013BE" w:rsidRDefault="00A013BE" w:rsidP="00A013BE">
       <w:pPr>
         <w:pStyle w:val="BodyTextSingle"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>388 Greenwich Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EA0BE13" w14:textId="77777777" w:rsidR="00A013BE" w:rsidRDefault="00A013BE" w:rsidP="00A013BE">
       <w:pPr>
         <w:pStyle w:val="BodyTextSingle"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>New York, New York 10013</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11792799" w14:textId="3919D22C" w:rsidR="00A013BE" w:rsidRPr="007A779B" w:rsidRDefault="00A013BE" w:rsidP="00134988">
       <w:pPr>
         <w:pStyle w:val="BodyTextSingle"/>
       </w:pPr>
       <w:r w:rsidRPr="00A013BE">
-        <w:t>Attention:  Citibank Agency &amp; Trust</w:t>
+        <w:t>Attention</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A013BE">
+        <w:t>:  Citibank</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A013BE">
+        <w:t xml:space="preserve"> Agency &amp; Trust</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="445AB4A2" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00C8368D" w:rsidRDefault="00134988" w:rsidP="00134988">
       <w:pPr>
         <w:pStyle w:val="BodyTextSingle"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A779B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Re:</w:t>
       </w:r>
       <w:r w:rsidRPr="007A779B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>FANNIE MAE CONNECTICUT AVENUE SECURITIES</w:t>
       </w:r>
@@ -360,51 +368,59 @@
       </w:r>
       <w:r w:rsidRPr="006E62C9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Closing Date</w:t>
       </w:r>
       <w:r>
         <w:t>" means, for a Series, the applicable "Closing Date" specified on Schedule I hereto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72702B1B" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988">
       <w:pPr>
         <w:pStyle w:val="BodyTextSingleInd"/>
       </w:pPr>
       <w:r>
         <w:t>"</w:t>
       </w:r>
       <w:r w:rsidRPr="006E62C9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Applicable Reference Tranches</w:t>
       </w:r>
       <w:r>
-        <w:t>" means, for a Series, the applicable "Reference Tranches" specified on Schedule I hereto.</w:t>
+        <w:t xml:space="preserve">" means, for a Series, the applicable "Reference Tranches" specified </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Schedule I hereto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22ADC11C" w14:textId="47FB9E22" w:rsidR="00F11711" w:rsidRDefault="00F11711" w:rsidP="00134988">
       <w:pPr>
         <w:pStyle w:val="BodyTextSingleInd"/>
       </w:pPr>
       <w:r>
         <w:t>"</w:t>
       </w:r>
       <w:r w:rsidRPr="00F11711">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>EU</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">" means the European Union. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E5318B3" w14:textId="2D9EDE88" w:rsidR="00C90D5B" w:rsidRPr="00C90D5B" w:rsidRDefault="00C90D5B" w:rsidP="00C90D5B">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -414,51 +430,69 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C90D5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90D5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>EU Institutional Investor</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90D5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>" means (a) an "institutional investor" as defined in the EU Securitization Regulation and includes (i) insurance undertakings and reinsurance undertakings as defined in Directive 2009/138/EC; (ii) institutions for occupational retirement provision falling within the scope of Directive (EU) 2016/2341 (subject to certain exceptions), and certain investment managers and authorized entities appointed by such institutions; (iii) alternative investment fund managers as defined in Directive 2011/61/EU which manage and/or market alternative investment funds in the EU; (iv) undertakings for collective investment in transferable securities ("</w:t>
+        <w:t>" means (a) an "institutional investor" as defined in the EU Securitization Regulation and includes (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90D5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90D5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) insurance undertakings and reinsurance undertakings as defined in Directive 2009/138/EC; (ii) institutions for occupational retirement provision falling within the scope of Directive (EU) 2016/2341 (subject to certain exceptions), and certain investment managers and authorized entities appointed by such institutions; (iii) alternative investment fund managers as defined in Directive 2011/61/EU which manage and/or market alternative investment funds in the EU; (iv) undertakings for collective investment in transferable securities ("</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90D5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>UCITS</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90D5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">") management companies as defined in Directive 2009/65/EC and certain </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90D5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -797,51 +831,69 @@
       </w:r>
       <w:r w:rsidRPr="00C90D5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>UK Institutional Investor</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90D5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">" means (a) an "institutional investor" as defined in the UK Securitization Rules and includes </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk85816527"/>
       <w:r w:rsidRPr="00C90D5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(i) insurance undertakings and reinsurance undertakings as defined in section 417(1) of the FSMA; (ii) the trustees and managers of occupational pension schemes as defined in section 1(1) of the Pension Schemes Act 1993 that have their main administration in the UK and fund managers of such schemes appointed under section 34(2) of the Pensions Act 1995 that, in respect of activity undertaken pursuant to such appointment, are authorized for the purposes of section 31 of FSMA; (iii) AIFMs as defined in regulation 4 of the Alternative Investment Fund Managers Regulation 2013 (as amended, the "</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90D5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90D5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) insurance undertakings and reinsurance undertakings as defined in section 417(1) of the FSMA; (ii) the trustees and managers of occupational pension schemes as defined in section 1(1) of the Pension Schemes Act 1993 that have their main administration in the UK and fund managers of such schemes appointed under section 34(2) of the Pensions Act 1995 that, in respect of activity undertaken pursuant to such appointment, are authorized for the purposes of section 31 of FSMA; (iii) AIFMs as defined in regulation 4 of the Alternative Investment Fund Managers Regulation 2013 (as amended, the "</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90D5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AIFM Regulations</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90D5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>") that have permission under the FSMA for managing AIFs (as defined in regulation 3 of the AIFM Regulations) and that market or manage AIFs in the UK, and small registered UK AIFMs (as defined in the AIFRM Regulations); (iv) management companies as defined in section 237(2) of FSMA; (v) UCITS as defined in section 236A of FSMA which are authorized open ended investment companies as defined in section 237(3) of FSMA; (vi) CRR firms as defined in Article 4(1)(2A) of Regulation (EU) No 575/2013, as it forms part of UK domestic law by virtue of the EUWA (as amended, the "</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90D5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -887,87 +939,141 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C90D5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90D5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>UK Securitization Framework</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90D5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>" means (a) the UK Securitisation Regulations 2024 (as amended, the "</w:t>
+        <w:t xml:space="preserve">" means (a) the UK </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90D5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Securitisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90D5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Regulations 2024 (as amended, the "</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90D5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SR 2024</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90D5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>"); (b) the Securitisation Sourcebook in the UK Financial Conduct Authority's handbook of rules and guidance (the "</w:t>
+        <w:t xml:space="preserve">"); (b) the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90D5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Securitisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90D5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sourcebook in the UK Financial Conduct Authority's handbook of rules and guidance (the "</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90D5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FCA Rules</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90D5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">"); (c) the Securitisation Part of the </w:t>
+        <w:t xml:space="preserve">"); (c) the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C90D5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Securitisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C90D5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Part of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00C90D5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>UK Prudential Regulation Authority's rulebook of published policy (the "</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90D5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PRA Rules</w:t>
       </w:r>
       <w:r w:rsidRPr="00C90D5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1268,51 +1374,51 @@
         </w:rPr>
         <w:t>rata share of the credit risk corresponding to</w:t>
       </w:r>
       <w:r w:rsidRPr="0065421C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> any of the Applicable Reference Tranches for such Series.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3857E53F" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>[Remainder of page left blank]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F027B6E" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="center"/>
-        <w:sectPr w:rsidR="00134988" w:rsidSect="007543C5">
+        <w:sectPr w:rsidR="00134988" w:rsidSect="00F459AE">
           <w:headerReference w:type="even" r:id="rId10"/>
           <w:headerReference w:type="default" r:id="rId11"/>
           <w:footerReference w:type="even" r:id="rId12"/>
           <w:footerReference w:type="default" r:id="rId13"/>
           <w:headerReference w:type="first" r:id="rId14"/>
           <w:footerReference w:type="first" r:id="rId15"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D45E0C3" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00C8368D" w:rsidRDefault="00134988" w:rsidP="00134988">
       <w:pPr>
         <w:pStyle w:val="Signature"/>
       </w:pPr>
       <w:r w:rsidRPr="00C8368D">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Very truly yours, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CCC5C5A" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00C8368D" w:rsidRDefault="00134988" w:rsidP="00134988">
       <w:pPr>
@@ -1327,51 +1433,51 @@
     <w:p w14:paraId="1ADFCA13" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00C8368D" w:rsidRDefault="00134988" w:rsidP="00134988">
       <w:pPr>
         <w:pStyle w:val="Signature"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16580C94" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00C8368D" w:rsidRDefault="00134988" w:rsidP="00134988">
       <w:pPr>
         <w:pStyle w:val="Signature"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>FEDERAL NATIONAL MORTGAGE ASSOCIATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AE73CCB" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00C8368D" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:p w14:paraId="241405F9" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00C8368D" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:p w14:paraId="2F35ED36" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00464E6D" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:p w14:paraId="42D9FC98" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="005F0483" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:p w14:paraId="3FBC341A" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988">
       <w:pPr>
-        <w:sectPr w:rsidR="00134988" w:rsidSect="007543C5">
+        <w:sectPr w:rsidR="00134988" w:rsidSect="00F459AE">
           <w:headerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32279DF7" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00F11711" w:rsidRDefault="00134988" w:rsidP="00134988">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F11711">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1453,51 +1559,59 @@
       <w:tr w:rsidR="00134988" w14:paraId="51FDDF57" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="445B51B0" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E59B190" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class A-H Reference Tranche, (ii) the Class M-1 and Class M-1H Reference Tranches (in the aggregate), (iii) the Class M-2 and Class M-2H Reference Tranches (in the aggregate) and (iv) the Class B-H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class A-H Reference Tranche, (ii) the Class M-1 and Class M-1H Reference Tranches (in the aggregate), (iii) the Class M-2 and Class M-2H Reference Tranches (in the aggregate) and (iv) the Class B-H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="136DFA87" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="4F35C23E" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D30D26C" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
@@ -1555,51 +1669,59 @@
       <w:tr w:rsidR="00134988" w14:paraId="0F3059E8" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="721B2184" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15E1B6D9" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class A-H Reference Tranche, (ii) the Class M-1 and Class M-1H Reference Tranches (in the aggregate), (iii) the Class M-2 and Class M-2H Reference Tranches (in the aggregate) and (iv) the Class B-H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class A-H Reference Tranche, (ii) the Class M-1 and Class M-1H Reference Tranches (in the aggregate), (iii) the Class M-2 and Class M-2H Reference Tranches (in the aggregate) and (iv) the Class B-H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4CF5E02A" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="110CEFE9" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FA57EA8" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
@@ -1657,67 +1779,83 @@
       <w:tr w:rsidR="00134988" w14:paraId="7753AA1B" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6825CA67" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0CD2B813" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate) and (iv) the Class 1B-H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate) and (iv) the Class 1B-H Reference Tranche</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0AEC5E8A" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28F37900" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
               <w:t>and</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F75B691" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7"/>
           <w:p w14:paraId="01E989AF" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate) and (iv) the Class 2B-H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate) and (iv) the Class 2B-H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5FB1BC1B" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="268A1F86" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="408A30C0" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
@@ -1775,63 +1913,79 @@
       <w:tr w:rsidR="00134988" w14:paraId="6FC3C067" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FEDBF9B" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2EDC5EF2" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate) and (iv) the Class 1B-H Reference Tranche,</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate) and (iv) the Class 1B-H Reference Tranche,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5733483F" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7"/>
           <w:p w14:paraId="65678D06" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
               <w:t xml:space="preserve"> and  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="509A0DD9" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7"/>
           <w:p w14:paraId="41122289" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate) and (iv) the Class 2B-H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate) and (iv) the Class 2B-H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="43B91911" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="05DEE875" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F037F83" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -1897,63 +2051,79 @@
       <w:tr w:rsidR="00134988" w14:paraId="60AB9F2B" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="090E54E8" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05DC0820" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t xml:space="preserve">(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate) and (iv) the Class 1B-H Reference Tranche, </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate) and (iv) the Class 1B-H Reference Tranche, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="65305DCF" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7"/>
           <w:p w14:paraId="0B8BB228" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
               <w:t xml:space="preserve">and  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="093E67D9" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7"/>
           <w:p w14:paraId="3A22B5F7" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate) and (iv) the Class 2B-H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate) and (iv) the Class 2B-H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="330617AD" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="19843CD9" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BC726A3" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
@@ -2011,63 +2181,79 @@
       <w:tr w:rsidR="00134988" w14:paraId="1A8522AC" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CBA3855" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F0FE949" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t xml:space="preserve">(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate) and (iv) the Class 1B-H Reference Tranche, </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate) and (iv) the Class 1B-H Reference Tranche, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="107573E5" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7"/>
           <w:p w14:paraId="04EBD646" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
               <w:t xml:space="preserve">and  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6687EE7E" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7"/>
           <w:p w14:paraId="07D53CAB" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate) and (iv) the Class 2B-H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate) and (iv) the Class 2B-H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="008FDCF5" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="7E1C333C" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A1C4686" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
@@ -2125,63 +2311,79 @@
       <w:tr w:rsidR="00134988" w14:paraId="068466E0" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77594B55" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37ABF051" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate) and (iv) the Class 1B-H Reference Tranche,</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate) and (iv) the Class 1B-H Reference Tranche,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A2F37C1" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7"/>
           <w:p w14:paraId="607AC945" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
               <w:t xml:space="preserve"> and  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="618833F5" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7"/>
           <w:p w14:paraId="413E1A51" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate) and (iv) the Class 2B-H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate) and (iv) the Class 2B-H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="206B63DD" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="3F5947E3" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52E2C982" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -2251,63 +2453,79 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="073594D6" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D9B93B6" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t xml:space="preserve">(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate) and (iv) the Class 1B-H Reference Tranche, </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate) and (iv) the Class 1B-H Reference Tranche, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="447E68E9" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7"/>
           <w:p w14:paraId="408B8A89" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
               <w:t xml:space="preserve">and  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="444E8615" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7"/>
           <w:p w14:paraId="137AA514" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate) and (iv) the Class 2B-H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate) and (iv) the Class 2B-H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="38F20457" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="30256794" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="379D483C" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
@@ -2365,63 +2583,79 @@
       <w:tr w:rsidR="00134988" w14:paraId="270F2F33" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E02D31A" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D69483C" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t xml:space="preserve">(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate) and (iv) the Class 1B-H Reference Tranche, </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate) and (iv) the Class 1B-H Reference Tranche, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B05240C" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7"/>
           <w:p w14:paraId="0F44E31D" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
               <w:t xml:space="preserve">and  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60C981A9" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7"/>
           <w:p w14:paraId="2D801E17" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate) and (iv) the Class 2B-H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate) and (iv) the Class 2B-H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0C927F03" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="270CC0C3" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B1F5481" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
@@ -2479,51 +2713,59 @@
       <w:tr w:rsidR="00134988" w14:paraId="3A2E6F19" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03D19DF6" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1BA59413" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1B and Class 1B-H Reference Tranches (in the aggregate), (vii) the Class 2A-H Reference Tranche, (viii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (ix) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (x) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (xi) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate) and (xii) the Class 2B-H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1B and Class 1B-H Reference Tranches (in the aggregate), (vii) the Class 2A-H Reference Tranche, (viii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (ix) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (x) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (xi) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate) and (xii) the Class 2B-H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2268F5E3" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="34B3E22E" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FADDD35" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -2593,51 +2835,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E811268" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48AC10D9" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate) and (vi) the Class 1B and Class 1B-H Reference Tranches (in the aggregate)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate) and (vi) the Class 1B and Class 1B-H Reference Tranches (in the aggregate)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3E0B27D2" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="24C9D634" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D037290" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
@@ -2695,51 +2945,59 @@
       <w:tr w:rsidR="00134988" w14:paraId="69B75D16" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A91FA6F" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D4135BD" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1B and Class 1B-H Reference Tranches (in the aggregate), (vii) the Class 2A-H Reference Tranche, (viii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (ix) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (x) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (xi) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate) and (xii) the Class 2B and Class 2B-H Reference Tranches (in the aggregate)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1B and Class 1B-H Reference Tranches (in the aggregate), (vii) the Class 2A-H Reference Tranche, (viii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (ix) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (x) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (xi) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate) and (xii) the Class 2B and Class 2B-H Reference Tranches (in the aggregate)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3A7B157F" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="008AF664" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EF47052" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
@@ -2797,51 +3055,59 @@
       <w:tr w:rsidR="00134988" w14:paraId="4CCACF38" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A8CB848" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33869339" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate) and (vi) the Class 1B and Class 1B-H Reference Tranches (in the aggregate)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate) and (vi) the Class 1B and Class 1B-H Reference Tranches (in the aggregate)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1B7C6532" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="06130914" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E42FE71" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -2910,51 +3176,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36C6E391" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0714FB56" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (iv) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (v) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate) and (vi) the Class 2B and Class 2B-H Reference Tranches (in the aggregate)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (iv) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (v) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate) and (vi) the Class 2B and Class 2B-H Reference Tranches (in the aggregate)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0EEDB322" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="21BC1A6B" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4FFDE961" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -3024,51 +3298,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6672CD83" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D431685" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (iv) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (v) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate) and (vi) the Class 2B and Class 2B-H Reference Tranches (in the aggregate)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (iv) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (v) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate) and (vi) the Class 2B and Class 2B-H Reference Tranches (in the aggregate)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0113E17F" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="1E5DFCD0" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72BE7E01" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -3137,51 +3419,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0294F987" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28356758" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate) and (vi) the Class 1B and Class 1B-H Reference Tranches (in the aggregate)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate) and (vi) the Class 1B and Class 1B-H Reference Tranches (in the aggregate)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="237B10BA" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="1628459D" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="433D87D6" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -3250,51 +3540,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33540055" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="389D8A95" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (iv) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (v) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate) and (vi) the Class 2B and Class 2B-H Reference Tranches (in the aggregate)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (iv) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (v) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate) and (vi) the Class 2B and Class 2B-H Reference Tranches (in the aggregate)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="648EB90E" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="5A494681" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="525E2C58" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -3363,51 +3661,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DCFC3EF" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="569C9F8F" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate) and (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate) and (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="520BA777" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="2BA8CDCC" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2424689C" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -3477,51 +3783,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25A211F8" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="559829F7" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (iv) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (v) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (vi) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (vii) the Class 2B-1 and Class 2B-1H Reference Tranches (in the aggregate) and (viii) the Class 2B-2H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (iv) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (v) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (vi) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (vii) the Class 2B-1 and Class 2B-1H Reference Tranches (in the aggregate) and (viii) the Class 2B-2H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="042FF3B3" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="037C77F9" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EA4C569" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -3590,51 +3904,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5427D929" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17C2E44C" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) and (viii) the Class 1B-2H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) and (viii) the Class 1B-2H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2C2C0152" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="1647CC61" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F3B7B16" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -3703,51 +4025,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CCADC8A" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D7B6D4D" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (iv) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (v) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (vi) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (vii) the Class 2B-1 and Class 2B-1H Reference Tranches (in the aggregate) and (viii) the Class 2B-2H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (iv) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (v) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (vi) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (vii) the Class 2B-1 and Class 2B-1H Reference Tranches (in the aggregate) and (viii) the Class 2B-2H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0DADA030" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="1940B45A" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58E7054A" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -3816,51 +4146,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DFCA025" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F989AB5" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) and (viii) the Class 1B-2H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) and (viii) the Class 1B-2H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1A5DA723" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="709EF7E6" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15E1B000" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -3930,51 +4268,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70A702B0" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="521F0D54" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) (viii) the Class 1B-2H Reference Tranche, (ix) the Class 2A-H Reference Tranche, (x) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (xi) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (xii) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (xiii) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (xiv) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (xv) the Class 2B-1 and Class 2B-1H Reference Tranches (in the aggregate) and (xvi) the Class 2B-2H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) (viii) the Class 1B-2H Reference Tranche, (ix) the Class 2A-H Reference Tranche, (x) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (xi) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (xii) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (xiii) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (xiv) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (xv) the Class 2B-1 and Class 2B-1H Reference Tranches (in the aggregate) and (xvi) the Class 2B-2H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="525FEBD6" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="4782E755" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44E74BA1" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -4043,51 +4389,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0CDA332A" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29E992EC" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) (viii) the Class 1B-2H Reference Tranche, (ix) the Class 2A-H Reference Tranche, (x) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (xi) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (xii) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (xiii) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (xiv) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (xv) the Class 2B-1 and Class 2B-1H Reference Tranches (in the aggregate) and (xvi) the Class 2B-2H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) (viii) the Class 1B-2H Reference Tranche, (ix) the Class 2A-H Reference Tranche, (x) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (xi) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (xii) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (xiii) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (xiv) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (xv) the Class 2B-1 and Class 2B-1H Reference Tranches (in the aggregate) and (xvi) the Class 2B-2H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6997263D" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="12909FCD" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66A2DBF5" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -4157,51 +4511,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20DAD1D5" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05B0A1AA" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) and (viii) the Class 1B-2H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) and (viii) the Class 1B-2H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1E226902" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="3E9A5087" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="292339E2" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -4270,51 +4632,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="34DF14F4" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D33B572" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (iv) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (v) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (vi) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (vii) the Class 2B-1 and Class 2B-1H Reference Tranches (in the aggregate) and (viii) the Class 2B-2H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (iv) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (v) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (vi) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (vii) the Class 2B-1 and Class 2B-1H Reference Tranches (in the aggregate) and (viii) the Class 2B-2H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5F92D25A" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="7BA9D944" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E9CBECF" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -4383,51 +4753,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D0CFE1F" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="667DAC26" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) and (viii) the Class 1B-2H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) and (viii) the Class 1B-2H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="47E6C2B2" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="01317E62" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AC81195" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -4496,51 +4874,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="663D8303" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60D7EF89" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (iv) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (v) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (vi) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (vii) the Class 2B-1 and Class 2B-1H Reference Tranches (in the aggregate) and (viii) the Class 2B-2H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (iv) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (v) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (vi) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (vii) the Class 2B-1 and Class 2B-1H Reference Tranches (in the aggregate) and (viii) the Class 2B-2H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="34EC6533" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="5A86B646" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BF335CF" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -4610,51 +4996,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D2FA5A7" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17F2D4A8" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) and (viii) the Class 1B-2H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) and (viii) the Class 1B-2H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="59B3655A" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="24265C6E" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52440BA8" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -4723,51 +5117,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="023F1CDD" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A430D58" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) (viii) the Class 1B-2H Reference Tranche, (ix) the Class 2A-H Reference Tranche, (x) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (xi) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (xii) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (xiii) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (xiv) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (xv) the Class 2B-1 and Class 2B-1H Reference Tranches (in the aggregate) and (xvi) the Class 2B-2H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) (viii) the Class 1B-2H Reference Tranche, (ix) the Class 2A-H Reference Tranche, (x) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (xi) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (xii) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (xiii) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (xiv) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (xv) the Class 2B-1 and Class 2B-1H Reference Tranches (in the aggregate) and (xvi) the Class 2B-2H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5679E23D" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="14E0A153" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CE92AE2" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -4836,51 +5238,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0283872C" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0AE55E08" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) and (viii) the Class 1B-2H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) and (viii) the Class 1B-2H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="068C6B7A" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="5B9B7F38" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5403DCB5" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -4950,51 +5360,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D35DE6B" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16A2AC61" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (iv) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (v) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (vi) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (vii) the Class 2B-1 and Class 2B-1H Reference Tranches (in the aggregate) and (viii) the Class 2B-2H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (iv) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (v) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (vi) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (vii) the Class 2B-1 and Class 2B-1H Reference Tranches (in the aggregate) and (viii) the Class 2B-2H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="331A059A" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="5140401D" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0855A1B7" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -5063,51 +5481,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="662FBE18" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="509C8478" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) and (viii) the Class 1B-2H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) and (viii) the Class 1B-2H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="611D8CC4" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="1E762385" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45AE1EA2" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -5176,51 +5602,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28031A18" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A0CC278" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) and (viii) the Class 1B-2H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) and (viii) the Class 1B-2H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="24AED833" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="4EBE5722" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62A8DAA4" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -5289,51 +5723,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57C8BAB5" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4AAFA5F8" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (iv) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (v) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (vi) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (vii) the Class 2B-1 and Class 2B-1H Reference Tranches (in the aggregate) and (viii) the Class 2B-2H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (iv) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (v) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (vi) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (vii) the Class 2B-1 and Class 2B-1H Reference Tranches (in the aggregate) and (viii) the Class 2B-2H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="52F1F8BB" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="724FCFCA" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27DFFCF2" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -5403,51 +5845,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26C22F14" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0294D063" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) and (viii) the Class 1B-2H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) and (viii) the Class 1B-2H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1C71D188" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="0E9CA70E" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55801C1B" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -5516,51 +5966,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5FA38D60" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20737E09" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (iv) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (v) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (vi) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (vii) the Class 2B-1 and Class 2B-1H Reference Tranches (in the aggregate) and (viii) the Class 2B-2H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (iv) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (v) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (vi) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (vii) the Class 2B-1 and Class 2B-1H Reference Tranches (in the aggregate) and (viii) the Class 2B-2H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4574FE6C" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="106B560A" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="345146AF" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -5629,51 +6087,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37CE2B44" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B5EABC9" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) and (viii) the Class 1B-2H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) and (viii) the Class 1B-2H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3848B2BB" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="0A3D3FC7" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57FD8979" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -5742,51 +6208,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33143BD6" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A484AD9" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class A-H Reference Tranche, (ii) the Class M-2 and Class M-2H Reference Tranches (in the aggregate), (iii) the Class B-1 and Class B-1H Reference Tranches (in the aggregate) and (iv) the Class B-2H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class A-H Reference Tranche, (ii) the Class M-2 and Class M-2H Reference Tranches (in the aggregate), (iii) the Class B-1 and Class B-1H Reference Tranches (in the aggregate) and (iv) the Class B-2H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7BEBCFD2" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="27461A56" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20909DEE" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -5856,51 +6330,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70E0D167" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BCE5DF7" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) and (viii) the Class 1B-2H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2 and Class 1M-2H Reference Tranches (in the aggregate), (iv) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (vi) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vii) the Class 1B-1 and Class 1B-1H Reference Tranches (in the aggregate) and (viii) the Class 1B-2H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5BD3FAB1" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="7B9C542A" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E45301D" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -5969,51 +6451,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63097B34" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DC853A7" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (iv) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (v) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (vi) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (vii) the Class 2B-1 and Class 2B-1H Reference Tranches (in the aggregate) and (viii) the Class 2B-2H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2 and Class 2M-2H Reference Tranches (in the aggregate), (iv) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (v) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (vi) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (vii) the Class 2B-1 and Class 2B-1H Reference Tranches (in the aggregate) and (viii) the Class 2B-2H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2F2DEFE2" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00134988" w14:paraId="0C4EDA6D" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="105885EC" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -6082,51 +6572,59 @@
       <w:tr w:rsidR="00134988" w14:paraId="076E598A" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A231F6F" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00EF687A" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7079B053" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="003340C7">
             <w:r>
-              <w:t xml:space="preserve">(i) the Class 1A-AH Reference Tranche, (ii) the Class 1X-AH Reference Tranche, (iii) the Class M-1AH Reference Tranche, (iv) the Class 1M-2A and Class M-2AH Reference Tranches (in the aggregate), (v) the Class 1B-1A and Class B-1AH Reference Tranches (in the aggregate), (vi) the Class B-2AH Reference Tranche, (vii) the Class 1A-BH Reference Tranche, (viii) the Class 1X-BH Reference Tranche, (ix) the Class M1BH Reference Tranche, (x) the Class 1M-2B and Class M-2BH Reference Tranches (in the aggregate), (xi) the Class 1B-1B and Class B-1BH Reference Tranches (in the aggregate), (xii) the Class B-2BH Reference Tranche, (xiii) the Class 1A-CH Reference Tranche, (xiv) the Class 1X-CH Reference Tranche, (xv) the Class M-1CH Reference Tranche, (xvi) the Class 1M-2C and Class M-2CH Reference Tranches (in the aggregate), (xvii) the Class 1B-1C and Class B-1CH Reference Tranches (in the aggregate), (xviii) the Class B-2CH Reference Tranche, (xix) the Class 1A-DH Reference Tranche, (xx) the Class 1X-DH Reference Tranche, (xxi) the Class M-1DH Reference Tranche, (xxii) the Class 1M-2D and Class M-2DH Reference Tranches (in the aggregate), (xxiii) the Class 1B-1D and Class B-1DH Reference Tranches (in the aggregate), (xxiv) the Class B-2DH Reference Tranche, (xxv) the Class 1A-EH Reference Tranche, (xxvi) the Class 1X-EH Reference Tranche, (xxvii) the Class M-1EH Reference Tranche, (xxviii) the Class 1M-2E and Class M-2EH Reference Tranches (in the aggregate), (xxix) the Class 1B-1E </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">) the Class 1A-AH Reference Tranche, (ii) the Class 1X-AH Reference Tranche, (iii) the Class M-1AH Reference Tranche, (iv) the Class 1M-2A and Class M-2AH Reference Tranches (in the aggregate), (v) the Class 1B-1A and Class B-1AH Reference Tranches (in the aggregate), (vi) the Class B-2AH Reference Tranche, (vii) the Class 1A-BH Reference Tranche, (viii) the Class 1X-BH Reference Tranche, (ix) the Class M1BH Reference Tranche, (x) the Class 1M-2B and Class M-2BH Reference Tranches (in the aggregate), (xi) the Class 1B-1B and Class B-1BH Reference Tranches (in the aggregate), (xii) the Class B-2BH Reference Tranche, (xiii) the Class 1A-CH Reference Tranche, (xiv) the Class 1X-CH Reference Tranche, (xv) the Class M-1CH Reference Tranche, (xvi) the Class 1M-2C and Class M-2CH Reference Tranches (in the aggregate), (xvii) the Class 1B-1C and Class B-1CH Reference Tranches (in the aggregate), (xviii) the Class B-2CH Reference Tranche, (xix) the Class 1A-DH Reference Tranche, (xx) the Class 1X-DH Reference Tranche, (xxi) the Class M-1DH Reference Tranche, (xxii) the Class 1M-2D and Class M-2DH Reference Tranches (in the aggregate), (xxiii) the Class 1B-1D and Class B-1DH Reference Tranches (in the aggregate), (xxiv) the Class B-2DH Reference Tranche, (xxv) the Class 1A-EH Reference Tranche, (xxvi) the Class 1X-EH Reference Tranche, (xxvii) the Class M-1EH Reference Tranche, (xxviii) the Class 1M-2E and Class M-2EH Reference Tranches (in the aggregate), (xxix) the Class 1B-1E </w:t>
             </w:r>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>and Class B-1EH Reference Tranches (in the aggregate), (xxx) the Class B-2EH Reference Tranche, (xxxi) the Class 1A-FH Reference Tranche, (xxxii) the Class 1X-FH Reference Tranche, (xxxiii) the Class M-1FH Reference Tranche, (xxxiv) the Class 1M-2F and Class M-2FH Reference Tranches (in the aggregate), (xxxv) the Class 1B-1F and Class B-1FH Reference Tranches (in the aggregate), (xxxvi) the Class B-2FH Reference Tranche, (xxxvii) the Class 2A-GH Reference Tranche, (xxxviii) the Class 2X-GH Reference Tranche, (xxxix) the Class M-1GH Reference Tranche, (xl) the Class 2M-2G and Class M-2GH Reference Tranches (in the aggregate), (xli) the Class 2B-1G and Class B-1GH Reference Tranches (in the aggregate), (xlii) the Class B-2GH Reference Tranche, (xliii) the Class 2A-HH Reference Tranche, (xliv) the Class 2X-HH Reference Tranche, (xlv) the Class M-1HH Reference Tranche, (xlvi) the Class 2M-2H and Class M-2HH Reference Tranches (in the aggregate), (xlvii) the Class 2B-1H and Class B-1HH Reference Tranches (in the aggregate), (xlviii) the Class B-2HH Reference Tranche, (xlix) the Class 2A-JH Reference Tranche, (l) the Class 2X-JH Reference Tranche, (li) the Class M-1JH Reference Tranche, (lii) the Class 2M-2J and Class M-2JH Reference Tranches (in the aggregate), (liii) the Class 2B-1J and Class B-1JH Reference Tranches (in the aggregate), (liv) the Class B-2JH Reference Tranche, (lv) the Class 2A-KH Reference Tranche, (lvi) the Class 2X-KH Reference Tranche, (lvii) the Class M-1KH Reference Tranche, (lviii) the Class 2M-2K and Class M-2KH Reference Tranches (in the aggregate), (lix) the Class 2B-1K and Class B-1KH Reference Tranches (in the aggregate), (lx) the Class B-2KH Reference Tranche, (lxi) the Class 2A-LH Reference Tranche, (lxii) the Class 2X-LH Reference Tranche, (lxiii) the Class M-1LH Reference Tranche, (lxiv) the Class 2M-2L and Class M-2LH Reference Tranches (in the aggregate), (lxv) the Class 2B-1L and Class B-1LH Reference Tranches (in the aggregate), (lxvi) the Class B-2LH Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2F6DC080" w14:textId="77777777" w:rsidR="00134988" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="005E6ACC" w14:paraId="10CA61D4" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
@@ -6199,51 +6697,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="139C1EC5" w14:textId="77777777" w:rsidR="005E6ACC" w:rsidRPr="00EF687A" w:rsidRDefault="005E6ACC" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67552496" w14:textId="70EF9293" w:rsidR="005E6ACC" w:rsidRDefault="005E6ACC" w:rsidP="004B6711">
             <w:r w:rsidRPr="005E6ACC">
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the a</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E6ACC">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E6ACC">
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the a</w:t>
             </w:r>
             <w:r w:rsidR="004B6711">
               <w:t xml:space="preserve">ggregate), </w:t>
             </w:r>
             <w:r w:rsidRPr="005E6ACC">
               <w:t>(viii) the Class 1B-2 and Class 1B-2H Reference Tranches (in the aggregate)</w:t>
             </w:r>
             <w:r w:rsidR="004B6711">
               <w:t xml:space="preserve"> and (ix) the Class 1B-3H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="207EBF46" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00910048" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
@@ -6325,51 +6831,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D9D53BA" w14:textId="77777777" w:rsidR="001A167D" w:rsidRPr="00EF687A" w:rsidRDefault="001A167D" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77A1F529" w14:textId="74299416" w:rsidR="001A167D" w:rsidRDefault="004B6711" w:rsidP="004B6711">
             <w:r>
-              <w:t>(i) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M2A and Class 2M-AH Reference Tranches (in the aggregate), (iv) the Class 2M2B and Class 2M-BH Reference Tranches (in the aggregate), (v) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (vi) the Class 2B-1A and Class 2B-AH Reference Tranches (in the aggregate), (vii) the Class 2B-1B and Class 2B-BH Reference Tranches (in the aggregate), (viii) the Class 2B-2 and Class 2B-2H Reference Tranches (in the aggregate) and (ix) the Class 2B-3H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M2A and Class 2M-AH Reference Tranches (in the aggregate), (iv) the Class 2M2B and Class 2M-BH Reference Tranches (in the aggregate), (v) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (vi) the Class 2B-1A and Class 2B-AH Reference Tranches (in the aggregate), (vii) the Class 2B-1B and Class 2B-BH Reference Tranches (in the aggregate), (viii) the Class 2B-2 and Class 2B-2H Reference Tranches (in the aggregate) and (ix) the Class 2B-3H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="397CB2ED" w14:textId="77777777" w:rsidR="00134988" w:rsidRPr="00E26B1A" w:rsidRDefault="00134988" w:rsidP="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="001A167D" w14:paraId="6D8A528E" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D6DA180" w14:textId="77777777" w:rsidR="001A167D" w:rsidRPr="00EF687A" w:rsidRDefault="001A167D" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -6441,51 +6955,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21D63801" w14:textId="77777777" w:rsidR="001A167D" w:rsidRPr="00EF687A" w:rsidRDefault="001A167D" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="322F4A1E" w14:textId="0CB75F52" w:rsidR="001A167D" w:rsidRDefault="004B6711" w:rsidP="003340C7">
             <w:r w:rsidRPr="005E6ACC">
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the a</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E6ACC">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E6ACC">
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the a</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">ggregate), </w:t>
             </w:r>
             <w:r w:rsidRPr="005E6ACC">
               <w:t>(viii) the Class 1B-2 and Class 1B-2H Reference Tranches (in the aggregate)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> and (ix) the Class 1B-3H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0FAD5003" w14:textId="723DDD4B" w:rsidR="00134988" w:rsidRDefault="00134988"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
@@ -6563,51 +7085,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46EF12C5" w14:textId="77777777" w:rsidR="001A167D" w:rsidRPr="00EF687A" w:rsidRDefault="001A167D" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5CAFFB63" w14:textId="23ADD809" w:rsidR="001A167D" w:rsidRDefault="004B6711" w:rsidP="003340C7">
             <w:r w:rsidRPr="005E6ACC">
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the a</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E6ACC">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E6ACC">
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the a</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">ggregate), </w:t>
             </w:r>
             <w:r w:rsidRPr="005E6ACC">
               <w:t>(viii) the Class 1B-2 and Class 1B-2H Reference Tranches (in the aggregate)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> and (ix) the Class 1B-3H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4A5F8074" w14:textId="37569714" w:rsidR="001A167D" w:rsidRDefault="001A167D"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
@@ -6686,51 +7216,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EF5A285" w14:textId="77777777" w:rsidR="001A167D" w:rsidRPr="00EF687A" w:rsidRDefault="001A167D" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="506883BC" w14:textId="201A1144" w:rsidR="001A167D" w:rsidRDefault="004B6711" w:rsidP="003340C7">
             <w:r>
-              <w:t>(i) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M2A and Class 2M-AH Reference Tranches (in the aggregate), (iv) the Class 2M2B and Class 2M-BH Reference Tranches (in the aggregate), (v) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (vi) the Class 2B-1A and Class 2B-AH Reference Tranches (in the aggregate), (vii) the Class 2B-1B and Class 2B-BH Reference Tranches (in the aggregate), (viii) the Class 2B-2 and Class 2B-2H Reference Tranches (in the aggregate) and (ix) the Class 2B-3H Reference Tranche</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M2A and Class 2M-AH Reference Tranches (in the aggregate), (iv) the Class 2M2B and Class 2M-BH Reference Tranches (in the aggregate), (v) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (vi) the Class 2B-1A and Class 2B-AH Reference Tranches (in the aggregate), (vii) the Class 2B-1B and Class 2B-BH Reference Tranches (in the aggregate), (viii) the Class 2B-2 and Class 2B-2H Reference Tranches (in the aggregate) and (ix) the Class 2B-3H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0FEEA25A" w14:textId="38A4841D" w:rsidR="001A167D" w:rsidRDefault="001A167D"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="009C3207" w14:paraId="38B561E1" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33E5E20E" w14:textId="77777777" w:rsidR="009C3207" w:rsidRPr="00EF687A" w:rsidRDefault="009C3207" w:rsidP="003340C7">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
@@ -6799,51 +7337,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D28BF38" w14:textId="77777777" w:rsidR="009C3207" w:rsidRPr="00EF687A" w:rsidRDefault="009C3207" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F3CA1EE" w14:textId="22E62BFA" w:rsidR="009C3207" w:rsidRDefault="009C3207" w:rsidP="009C3207">
             <w:r w:rsidRPr="009C3207">
-              <w:t xml:space="preserve">(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the aggregate), (viii) the Class 1B-2 and Class 1B-2H Reference Tranches (in the aggregate) </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C3207">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C3207">
+              <w:t xml:space="preserve">) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the aggregate), (viii) the Class 1B-2 and Class 1B-2H Reference Tranches (in the aggregate) </w:t>
             </w:r>
             <w:r>
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidRPr="009C3207">
               <w:t xml:space="preserve"> (ix) the Class 1B-3H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1A6D2B79" w14:textId="5EC0F35D" w:rsidR="009C3207" w:rsidRDefault="009C3207"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="005A5D0C" w14:paraId="5A68D714" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
@@ -6918,51 +7464,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7483884F" w14:textId="77777777" w:rsidR="005A5D0C" w:rsidRPr="00EF687A" w:rsidRDefault="005A5D0C" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75112C17" w14:textId="77777777" w:rsidR="005A5D0C" w:rsidRDefault="005A5D0C" w:rsidP="003340C7">
             <w:r w:rsidRPr="009C3207">
-              <w:t xml:space="preserve">(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the aggregate), (viii) the Class 1B-2 and Class 1B-2H Reference Tranches (in the aggregate) </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C3207">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C3207">
+              <w:t xml:space="preserve">) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the aggregate), (viii) the Class 1B-2 and Class 1B-2H Reference Tranches (in the aggregate) </w:t>
             </w:r>
             <w:r>
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidRPr="009C3207">
               <w:t xml:space="preserve"> (ix) the Class 1B-3H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2B4510B3" w14:textId="45882E76" w:rsidR="005A5D0C" w:rsidRDefault="005A5D0C"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D55AC6" w14:paraId="15995FC9" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
@@ -7038,51 +7592,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B11DA45" w14:textId="77777777" w:rsidR="00D55AC6" w:rsidRPr="00EF687A" w:rsidRDefault="00D55AC6" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36EF65FA" w14:textId="18DC3565" w:rsidR="00D55AC6" w:rsidRDefault="00D55AC6" w:rsidP="003340C7">
             <w:r w:rsidRPr="009C3207">
-              <w:t xml:space="preserve">(i) the </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C3207">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C3207">
+              <w:t xml:space="preserve">) the </w:t>
             </w:r>
             <w:r>
               <w:t>Class 2</w:t>
             </w:r>
             <w:r w:rsidRPr="009C3207">
               <w:t xml:space="preserve">A-H Reference Tranche, (ii) the </w:t>
             </w:r>
             <w:r>
               <w:t>Class 2</w:t>
             </w:r>
             <w:r w:rsidRPr="009C3207">
               <w:t xml:space="preserve">M-1 and </w:t>
             </w:r>
             <w:r>
               <w:t>Class 2</w:t>
             </w:r>
             <w:r w:rsidRPr="009C3207">
               <w:t xml:space="preserve">M-1H Reference Tranches (in the aggregate), (iii) the </w:t>
             </w:r>
             <w:r>
               <w:t>Class 2</w:t>
             </w:r>
             <w:r w:rsidRPr="009C3207">
               <w:t xml:space="preserve">M-2A and </w:t>
             </w:r>
@@ -7253,51 +7815,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18E3D66F" w14:textId="77777777" w:rsidR="00D45AF6" w:rsidRPr="00EF687A" w:rsidRDefault="00D45AF6" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77A61AB1" w14:textId="1EC72394" w:rsidR="00D45AF6" w:rsidRDefault="00D45AF6" w:rsidP="003340C7">
             <w:r w:rsidRPr="009C3207">
-              <w:t xml:space="preserve">(i) the </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C3207">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C3207">
+              <w:t xml:space="preserve">) the </w:t>
             </w:r>
             <w:r>
               <w:t>Class 1</w:t>
             </w:r>
             <w:r w:rsidRPr="009C3207">
               <w:t xml:space="preserve">A-H Reference Tranche, (ii) the </w:t>
             </w:r>
             <w:r>
               <w:t>Class 1</w:t>
             </w:r>
             <w:r w:rsidRPr="009C3207">
               <w:t xml:space="preserve">M-1 and </w:t>
             </w:r>
             <w:r>
               <w:t>Class 1</w:t>
             </w:r>
             <w:r w:rsidRPr="009C3207">
               <w:t xml:space="preserve">M-1H Reference Tranches (in the aggregate), (iii) the </w:t>
             </w:r>
             <w:r>
               <w:t>Class 1</w:t>
             </w:r>
             <w:r w:rsidRPr="009C3207">
               <w:t xml:space="preserve">M-2A and </w:t>
             </w:r>
@@ -7468,51 +8038,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79E35B59" w14:textId="77777777" w:rsidR="00355333" w:rsidRPr="00EF687A" w:rsidRDefault="00355333" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22346A55" w14:textId="77777777" w:rsidR="00355333" w:rsidRDefault="00355333" w:rsidP="003340C7">
             <w:r w:rsidRPr="009C3207">
-              <w:t xml:space="preserve">(i) the </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C3207">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C3207">
+              <w:t xml:space="preserve">) the </w:t>
             </w:r>
             <w:r>
               <w:t>Class 1</w:t>
             </w:r>
             <w:r w:rsidRPr="009C3207">
               <w:t xml:space="preserve">A-H Reference Tranche, (ii) the </w:t>
             </w:r>
             <w:r>
               <w:t>Class 1</w:t>
             </w:r>
             <w:r w:rsidRPr="009C3207">
               <w:t xml:space="preserve">M-1 and </w:t>
             </w:r>
             <w:r>
               <w:t>Class 1</w:t>
             </w:r>
             <w:r w:rsidRPr="009C3207">
               <w:t xml:space="preserve">M-1H Reference Tranches (in the aggregate), (iii) the </w:t>
             </w:r>
             <w:r>
               <w:t>Class 1</w:t>
             </w:r>
             <w:r w:rsidRPr="009C3207">
               <w:t xml:space="preserve">M-2A and </w:t>
             </w:r>
@@ -7684,51 +8262,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06868747" w14:textId="77777777" w:rsidR="00817BD0" w:rsidRPr="00EF687A" w:rsidRDefault="00817BD0" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="720074C6" w14:textId="6507D4FE" w:rsidR="00817BD0" w:rsidRDefault="00817BD0" w:rsidP="00B6617D">
             <w:r w:rsidRPr="00817BD0">
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Refere</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Refere</w:t>
             </w:r>
             <w:r w:rsidR="00B6617D">
               <w:t xml:space="preserve">nce Tranches (in the aggregate), </w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t>(viii) the Class 1B-2H Reference Tranche</w:t>
             </w:r>
             <w:r w:rsidR="00B6617D">
               <w:t xml:space="preserve"> and (ix) the Class 1B-3H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="003116DC" w14:textId="5349BE1F" w:rsidR="00817BD0" w:rsidRDefault="00817BD0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
@@ -7806,51 +8392,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3822ECE9" w14:textId="77777777" w:rsidR="00D33864" w:rsidRPr="00EF687A" w:rsidRDefault="00D33864" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2EE78608" w14:textId="21BB56FD" w:rsidR="00D33864" w:rsidRDefault="00D33864" w:rsidP="00B6617D">
             <w:r>
-              <w:t>(i) the Class 2</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>) the Class 2</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t>A-H Ref</w:t>
             </w:r>
             <w:r>
               <w:t>erence Tranche, (ii) the Class 2</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t xml:space="preserve">M-1 and Class </w:t>
             </w:r>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t>M-1H Reference Tranches (in t</w:t>
             </w:r>
             <w:r>
               <w:t>he aggregate), (iii) the Class 2M-2A and Class 2</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t xml:space="preserve">M-AH Reference Tranches (in </w:t>
             </w:r>
             <w:r>
               <w:t>the aggregate), (iv) the Class 2M-2B and Class 2</w:t>
             </w:r>
@@ -7970,51 +8564,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DC36D9C" w14:textId="77777777" w:rsidR="007C0261" w:rsidRPr="00EF687A" w:rsidRDefault="007C0261" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D50C473" w14:textId="2BB8B786" w:rsidR="007C0261" w:rsidRDefault="007C0261" w:rsidP="00B6617D">
             <w:r w:rsidRPr="00817BD0">
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the aggregate)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the aggregate)</w:t>
             </w:r>
             <w:r w:rsidR="00B6617D">
               <w:t>, (viii) the Class 1B-2H Reference Tranche and (ix) the Class 1B-3H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2B47DE98" w14:textId="05A81D9F" w:rsidR="007C0261" w:rsidRDefault="007C0261"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="003340C7" w14:paraId="2610E9C2" w14:textId="77777777" w:rsidTr="003340C7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F0069AE" w14:textId="77777777" w:rsidR="003340C7" w:rsidRPr="00EF687A" w:rsidRDefault="003340C7" w:rsidP="003340C7">
@@ -8086,51 +8688,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C5420DC" w14:textId="77777777" w:rsidR="003340C7" w:rsidRPr="00EF687A" w:rsidRDefault="003340C7" w:rsidP="003340C7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="127D3E84" w14:textId="4BF2EEC7" w:rsidR="003340C7" w:rsidRDefault="003340C7" w:rsidP="00EB4F65">
             <w:r w:rsidRPr="00817BD0">
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the aggregate)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the aggregate)</w:t>
             </w:r>
             <w:r>
               <w:t>, (viii) the Class 1B-2 and Class 1B-2H Reference Tranches (in the aggregate)</w:t>
             </w:r>
             <w:r w:rsidR="00EB4F65">
               <w:t xml:space="preserve"> and (ix) the Class 1B-3H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1D851F74" w14:textId="7D51C9E5" w:rsidR="003340C7" w:rsidRDefault="003340C7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="004820EF" w14:paraId="6AA404F7" w14:textId="77777777" w:rsidTr="0016186E">
         <w:tc>
           <w:tcPr>
@@ -8205,51 +8815,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="651FEB99" w14:textId="77777777" w:rsidR="004820EF" w:rsidRPr="00EF687A" w:rsidRDefault="004820EF" w:rsidP="0016186E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="149E381B" w14:textId="05C0580C" w:rsidR="004820EF" w:rsidRDefault="004820EF" w:rsidP="00EB4F65">
             <w:r w:rsidRPr="00817BD0">
-              <w:t xml:space="preserve">(i) the Class </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t xml:space="preserve">) the Class </w:t>
             </w:r>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t xml:space="preserve">A-H Reference Tranche, (ii) the Class </w:t>
             </w:r>
             <w:r>
               <w:t>2M</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t xml:space="preserve">-1 and Class </w:t>
             </w:r>
             <w:r>
               <w:t>2M</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t xml:space="preserve">-1H Reference Tranches (in the aggregate), (iii) the Class </w:t>
             </w:r>
             <w:r>
               <w:t>2M</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t xml:space="preserve">-2A and Class </w:t>
             </w:r>
@@ -8417,51 +9035,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F7BE0DD" w14:textId="77777777" w:rsidR="001248EF" w:rsidRPr="00EF687A" w:rsidRDefault="001248EF" w:rsidP="001613EE">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E6E67A2" w14:textId="77777777" w:rsidR="001248EF" w:rsidRDefault="001248EF" w:rsidP="001613EE">
             <w:r w:rsidRPr="00817BD0">
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the aggregate)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the aggregate)</w:t>
             </w:r>
             <w:r>
               <w:t>, (viii) the Class 1B-2 and Class 1B-2H Reference Tranches (in the aggregate) and (ix) the Class 1B-3H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="102E97DD" w14:textId="5FC90B0C" w:rsidR="001248EF" w:rsidRDefault="001248EF"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D63B7A" w14:paraId="66B05F6D" w14:textId="77777777" w:rsidTr="00C66C1C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4FC2E6F2" w14:textId="77777777" w:rsidR="00D63B7A" w:rsidRPr="00EF687A" w:rsidRDefault="00D63B7A" w:rsidP="00C66C1C">
@@ -8533,51 +9159,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69E302E0" w14:textId="77777777" w:rsidR="00D63B7A" w:rsidRPr="00EF687A" w:rsidRDefault="00D63B7A" w:rsidP="00C66C1C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44F22F67" w14:textId="77777777" w:rsidR="00D63B7A" w:rsidRDefault="00D63B7A" w:rsidP="00C66C1C">
             <w:r w:rsidRPr="00817BD0">
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the aggregate)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the aggregate)</w:t>
             </w:r>
             <w:r>
               <w:t>, (viii) the Class 1B-2 and Class 1B-2H Reference Tranches (in the aggregate) and (ix) the Class 1B-3H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3EB9B143" w14:textId="14A4530A" w:rsidR="00D63B7A" w:rsidRDefault="00D63B7A"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="002A7AB9" w14:paraId="59CD264B" w14:textId="77777777" w:rsidTr="00CA6861">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E309180" w14:textId="77777777" w:rsidR="002A7AB9" w:rsidRPr="00EF687A" w:rsidRDefault="002A7AB9" w:rsidP="00CA6861">
@@ -8650,51 +9284,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D6DD0D0" w14:textId="77777777" w:rsidR="002A7AB9" w:rsidRPr="00EF687A" w:rsidRDefault="002A7AB9" w:rsidP="00CA6861">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18F07137" w14:textId="77777777" w:rsidR="002A7AB9" w:rsidRDefault="002A7AB9" w:rsidP="00CA6861">
             <w:r w:rsidRPr="00817BD0">
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the aggregate)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the aggregate)</w:t>
             </w:r>
             <w:r>
               <w:t>, (viii) the Class 1B-2 and Class 1B-2H Reference Tranches (in the aggregate) and (ix) the Class 1B-3H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7F126738" w14:textId="55F76B53" w:rsidR="002A7AB9" w:rsidRDefault="002A7AB9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F22187" w14:paraId="67E35C44" w14:textId="77777777" w:rsidTr="00F22187">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="355768F8" w14:textId="77777777" w:rsidR="00F22187" w:rsidRPr="00EF687A" w:rsidRDefault="00F22187" w:rsidP="000151F8">
@@ -8766,51 +9408,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BA47BE9" w14:textId="77777777" w:rsidR="00F22187" w:rsidRPr="00EF687A" w:rsidRDefault="00F22187" w:rsidP="00F22187">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="503279DA" w14:textId="7D3599C4" w:rsidR="00F22187" w:rsidRDefault="00F22187" w:rsidP="00F22187">
             <w:r w:rsidRPr="00817BD0">
-              <w:t xml:space="preserve">(i) the Class </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t xml:space="preserve">) the Class </w:t>
             </w:r>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t xml:space="preserve">A-H Reference Tranche, (ii) the Class </w:t>
             </w:r>
             <w:r>
               <w:t>2M</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t xml:space="preserve">-1 and Class </w:t>
             </w:r>
             <w:r>
               <w:t>2M</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t xml:space="preserve">-1H Reference Tranches (in the aggregate), (iii) the Class </w:t>
             </w:r>
             <w:r>
               <w:t>2M</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t xml:space="preserve">-2A and Class </w:t>
             </w:r>
@@ -8960,51 +9610,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1818" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E9FEA37" w14:textId="77777777" w:rsidR="00F22187" w:rsidRPr="00EF687A" w:rsidRDefault="00F22187" w:rsidP="000151F8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37E9383E" w14:textId="3EF9D269" w:rsidR="00F22187" w:rsidRDefault="00F22187" w:rsidP="000151F8">
             <w:r w:rsidRPr="00817BD0">
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the aggregate)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the aggregate)</w:t>
             </w:r>
             <w:r>
               <w:t>, (viii) the Class 1B-2H Reference Tranche and (ix) the Class 1B-3H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="68ECFE41" w14:textId="77777777" w:rsidR="00F22187" w:rsidRDefault="00F22187"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B82D22" w14:paraId="7F993C23" w14:textId="77777777" w:rsidTr="00F300AA">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9083,51 +9741,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="202AC1DF" w14:textId="77777777" w:rsidR="00B82D22" w:rsidRPr="00EF687A" w:rsidRDefault="00B82D22" w:rsidP="00214B43">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="235C4ADA" w14:textId="77777777" w:rsidR="00B82D22" w:rsidRDefault="00B82D22" w:rsidP="00214B43">
             <w:r w:rsidRPr="00817BD0">
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the aggregate)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the aggregate)</w:t>
             </w:r>
             <w:r>
               <w:t>, (viii) the Class 1B-2 and Class 1B-2H Reference Tranches (in the aggregate) and (ix) the Class 1B-3H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2AA6C25E" w14:textId="77777777" w:rsidR="00B82D22" w:rsidRDefault="00B82D22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E12058" w14:paraId="683DF5FB" w14:textId="77777777" w:rsidTr="008A6F03">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68F46B80" w14:textId="77777777" w:rsidR="00E12058" w:rsidRPr="00EF687A" w:rsidRDefault="00E12058" w:rsidP="008A6F03">
@@ -9196,51 +9862,59 @@
       <w:tr w:rsidR="00E12058" w14:paraId="715A1CDA" w14:textId="77777777" w:rsidTr="008A6F03">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5268F2C2" w14:textId="77777777" w:rsidR="00E12058" w:rsidRPr="00EF687A" w:rsidRDefault="00E12058" w:rsidP="008A6F03">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F35E335" w14:textId="77777777" w:rsidR="00E12058" w:rsidRDefault="00E12058" w:rsidP="008A6F03">
             <w:r w:rsidRPr="00817BD0">
-              <w:t>(i) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the aggregate)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>) the Class 1A-H Reference Tranche, (ii) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (iii) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (iv) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vii) the Class 1B-1B and Class 1B-BH Reference Tranches (in the aggregate)</w:t>
             </w:r>
             <w:r>
               <w:t>, (viii) the Class 1B-2 and Class 1B-2H Reference Tranches (in the aggregate) and (ix) the Class 1B-3H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6C3C862D" w14:textId="77777777" w:rsidR="00E12058" w:rsidRDefault="00E12058"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="7550"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B356E9" w14:paraId="7083DF79" w14:textId="77777777" w:rsidTr="00F31B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EEEE020" w14:textId="77777777" w:rsidR="00B356E9" w:rsidRPr="00EF687A" w:rsidRDefault="00B356E9" w:rsidP="00F31B93">
@@ -9309,51 +9983,59 @@
       <w:tr w:rsidR="00B356E9" w14:paraId="1E117E12" w14:textId="77777777" w:rsidTr="00F31B93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F75D8B2" w14:textId="77777777" w:rsidR="00B356E9" w:rsidRPr="00EF687A" w:rsidRDefault="00B356E9" w:rsidP="00F31B93">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3706E1CE" w14:textId="3FF3696A" w:rsidR="00B356E9" w:rsidRDefault="00B356E9" w:rsidP="00F31B93">
             <w:r w:rsidRPr="00B356E9">
-              <w:t>(i) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (iv) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (v) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (vi) the Class 2B-1A and Class 2B-AH Reference Tranches (in the aggregate)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B356E9">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B356E9">
+              <w:t>) the Class 2A-H Reference Tranche, (ii) the Class 2M-1 and Class 2M-1H Reference Tranches (in the aggregate), (iii) the Class 2M-2A and Class 2M-AH Reference Tranches (in the aggregate), (iv) the Class 2M-2B and Class 2M-BH Reference Tranches (in the aggregate), (v) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate), (vi) the Class 2B-1A and Class 2B-AH Reference Tranches (in the aggregate)</w:t>
             </w:r>
             <w:r w:rsidR="00D674D0">
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00B356E9">
               <w:t xml:space="preserve"> (vii) the Class 2B-1B and Class 2B-BH Reference Tranches (in the aggregate)</w:t>
             </w:r>
             <w:r>
               <w:t>, (viii)</w:t>
             </w:r>
             <w:r w:rsidRPr="00B356E9">
               <w:t xml:space="preserve"> the Class 2B-2H </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">Reference Tranche </w:t>
             </w:r>
             <w:r w:rsidRPr="00B356E9">
               <w:t xml:space="preserve">and </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">(ix) the </w:t>
             </w:r>
             <w:r w:rsidRPr="00B356E9">
               <w:t>Class 2B-3H Reference Tranche</w:t>
             </w:r>
@@ -9453,51 +10135,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6997238B" w14:textId="77777777" w:rsidR="00F300AA" w:rsidRPr="00EF687A" w:rsidRDefault="00F300AA" w:rsidP="00B721CB">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="663B725F" w14:textId="20A26814" w:rsidR="00F300AA" w:rsidRDefault="00F300AA" w:rsidP="00B721CB">
             <w:r w:rsidRPr="00817BD0">
-              <w:t>(i) the Class 1A-H Reference Tranche, (i</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>) the Class 1A-H Reference Tranche, (i</w:t>
             </w:r>
             <w:r w:rsidR="00231B5E">
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t xml:space="preserve">) the </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">Class 1A-1 and </w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t>Class 1A-</w:t>
             </w:r>
             <w:r>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t>H Reference Tranche</w:t>
             </w:r>
             <w:r>
               <w:t>s (in the aggregate)</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t>, (ii</w:t>
             </w:r>
@@ -9626,51 +10316,59 @@
       <w:tr w:rsidR="00460CDD" w14:paraId="69B67C7A" w14:textId="77777777" w:rsidTr="00C20007">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E9743B5" w14:textId="77777777" w:rsidR="00460CDD" w:rsidRPr="00EF687A" w:rsidRDefault="00460CDD" w:rsidP="00C20007">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C0D6A5E" w14:textId="7B8D740F" w:rsidR="00460CDD" w:rsidRDefault="00460CDD" w:rsidP="00C20007">
             <w:r w:rsidRPr="00B356E9">
-              <w:t xml:space="preserve">(i) the Class 2A-H Reference Tranche, (ii) </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B356E9">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B356E9">
+              <w:t xml:space="preserve">) the Class 2A-H Reference Tranche, (ii) </w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">Class 2A-1 and </w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t xml:space="preserve">Class </w:t>
             </w:r>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t>A-</w:t>
             </w:r>
             <w:r>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t>H Reference Tranche</w:t>
             </w:r>
             <w:r>
               <w:t>s (in the aggregate)</w:t>
             </w:r>
@@ -9832,51 +10530,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C2AEDC4" w14:textId="77777777" w:rsidR="00460CDD" w:rsidRPr="00EF687A" w:rsidRDefault="00460CDD" w:rsidP="00C20007">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35F03472" w14:textId="77777777" w:rsidR="00460CDD" w:rsidRDefault="00460CDD" w:rsidP="00C20007">
             <w:r w:rsidRPr="00817BD0">
-              <w:t>(i) the Class 1A-H Reference Tranche, (i</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>) the Class 1A-H Reference Tranche, (i</w:t>
             </w:r>
             <w:r>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t xml:space="preserve">) the </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">Class 1A-1 and </w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t>Class 1A-</w:t>
             </w:r>
             <w:r>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t>H Reference Tranche</w:t>
             </w:r>
             <w:r>
               <w:t>s (in the aggregate)</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t>, (ii</w:t>
             </w:r>
@@ -10009,51 +10715,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A7EA448" w14:textId="77777777" w:rsidR="001B3B72" w:rsidRPr="00EF687A" w:rsidRDefault="001B3B72" w:rsidP="00E954F6">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77713FA3" w14:textId="77777777" w:rsidR="001B3B72" w:rsidRDefault="001B3B72" w:rsidP="00E954F6">
             <w:r w:rsidRPr="00817BD0">
-              <w:t>(i) the Class 1A-H Reference Tranche, (i</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>) the Class 1A-H Reference Tranche, (i</w:t>
             </w:r>
             <w:r>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t xml:space="preserve">) the </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">Class 1A-1 and </w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t>Class 1A-</w:t>
             </w:r>
             <w:r>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t>H Reference Tranche</w:t>
             </w:r>
             <w:r>
               <w:t>s (in the aggregate)</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t>, (ii</w:t>
             </w:r>
@@ -10185,51 +10899,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F5C7381" w14:textId="77777777" w:rsidR="00FA10BA" w:rsidRPr="00EF687A" w:rsidRDefault="00FA10BA" w:rsidP="00FF007E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38C7E1EC" w14:textId="77777777" w:rsidR="00FA10BA" w:rsidRDefault="00FA10BA" w:rsidP="00FF007E">
             <w:r w:rsidRPr="00817BD0">
-              <w:t>(i) the Class 1A-H Reference Tranche, (i</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>) the Class 1A-H Reference Tranche, (i</w:t>
             </w:r>
             <w:r>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t xml:space="preserve">) the </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">Class 1A-1 and </w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t>Class 1A-</w:t>
             </w:r>
             <w:r>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t>H Reference Tranche</w:t>
             </w:r>
             <w:r>
               <w:t>s (in the aggregate)</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t>, (ii</w:t>
             </w:r>
@@ -10352,51 +11074,59 @@
       <w:tr w:rsidR="00D864B9" w14:paraId="5C2DF3B6" w14:textId="77777777" w:rsidTr="0013053A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D1F8FAE" w14:textId="77777777" w:rsidR="00D864B9" w:rsidRPr="00EF687A" w:rsidRDefault="00D864B9" w:rsidP="0013053A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1ED7E9B8" w14:textId="181B7654" w:rsidR="00D864B9" w:rsidRDefault="00D864B9" w:rsidP="0013053A">
             <w:r w:rsidRPr="00B356E9">
-              <w:t xml:space="preserve">(i) the Class 2A-H Reference Tranche, (ii) </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B356E9">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B356E9">
+              <w:t xml:space="preserve">) the Class 2A-H Reference Tranche, (ii) </w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">Class 2A-1 and </w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t xml:space="preserve">Class </w:t>
             </w:r>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t>A-</w:t>
             </w:r>
             <w:r>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t>H Reference Tranche</w:t>
             </w:r>
             <w:r>
               <w:t>s (in the aggregate)</w:t>
             </w:r>
@@ -10541,51 +11271,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="427FEC26" w14:textId="77777777" w:rsidR="00594559" w:rsidRPr="00EF687A" w:rsidRDefault="00594559" w:rsidP="00AC0D89">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="409333A3" w14:textId="749DADA5" w:rsidR="00594559" w:rsidRDefault="00594559" w:rsidP="00AC0D89">
             <w:r w:rsidRPr="00B356E9">
-              <w:t xml:space="preserve">(i) the Class </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B356E9">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B356E9">
+              <w:t xml:space="preserve">) the Class </w:t>
             </w:r>
             <w:r>
               <w:t>1A</w:t>
             </w:r>
             <w:r w:rsidRPr="00B356E9">
               <w:t xml:space="preserve">-H Reference Tranche, (ii) </w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">Class 1A-1 and </w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t xml:space="preserve">Class </w:t>
             </w:r>
             <w:r>
               <w:t>1A</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:t>1</w:t>
             </w:r>
@@ -10728,121 +11466,123 @@
           </w:tcPr>
           <w:p w14:paraId="50945A1D" w14:textId="77777777" w:rsidR="008D2612" w:rsidRPr="00EF687A" w:rsidRDefault="008D2612" w:rsidP="00BF51C2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Series</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6651EA37" w14:textId="67F8ABD6" w:rsidR="008D2612" w:rsidRDefault="008D2612" w:rsidP="00BF51C2">
             <w:pPr>
               <w:keepNext/>
             </w:pPr>
             <w:r>
-              <w:t>2025-R0</w:t>
-[...2 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>2025-R05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D2612" w14:paraId="5D16DFCC" w14:textId="77777777" w:rsidTr="00BF51C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7ECFFFB8" w14:textId="77777777" w:rsidR="008D2612" w:rsidRPr="00EF687A" w:rsidRDefault="008D2612" w:rsidP="00BF51C2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Closing Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C92215F" w14:textId="55659280" w:rsidR="008D2612" w:rsidRDefault="008D2612" w:rsidP="00BF51C2">
             <w:pPr>
               <w:keepNext/>
             </w:pPr>
             <w:r>
-              <w:t>July 28</w:t>
-[...2 lines deleted...]
-              <w:t>, 2025</w:t>
+              <w:t>July 28, 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D2612" w14:paraId="7CD560DA" w14:textId="77777777" w:rsidTr="00BF51C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51948E58" w14:textId="77777777" w:rsidR="008D2612" w:rsidRPr="00EF687A" w:rsidRDefault="008D2612" w:rsidP="00BF51C2">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Reference Tranches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7550" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B259BC3" w14:textId="77777777" w:rsidR="008D2612" w:rsidRDefault="008D2612" w:rsidP="00BF51C2">
             <w:r w:rsidRPr="00B356E9">
-              <w:t xml:space="preserve">(i) the Class 2A-H Reference Tranche, (ii) </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B356E9">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B356E9">
+              <w:t xml:space="preserve">) the Class 2A-H Reference Tranche, (ii) </w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">Class 2A-1 and </w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t xml:space="preserve">Class </w:t>
             </w:r>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t>A-</w:t>
             </w:r>
             <w:r>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00817BD0">
               <w:t>H Reference Tranche</w:t>
             </w:r>
             <w:r>
               <w:t>s (in the aggregate)</w:t>
             </w:r>
@@ -10874,51 +11614,241 @@
               <w:t>) the Class 2M-2C and Class 2M-CH Reference Tranches (in the aggregate),</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> (vii) the Class 2B-1H Reference Tranche, (viii)</w:t>
             </w:r>
             <w:r w:rsidRPr="00B356E9">
               <w:t xml:space="preserve"> the Class 2B-2H </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">Reference Tranche </w:t>
             </w:r>
             <w:r w:rsidRPr="00B356E9">
               <w:t xml:space="preserve">and </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">(ix) the </w:t>
             </w:r>
             <w:r w:rsidRPr="00B356E9">
               <w:t>Class 2B-3H Reference Tranche</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="472C7160" w14:textId="77777777" w:rsidR="008D2612" w:rsidRDefault="008D2612"/>
-    <w:sectPr w:rsidR="008D2612" w:rsidSect="007543C5">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="7550"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002C6B74" w14:paraId="75D28303" w14:textId="77777777" w:rsidTr="00631320">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE148FB" w14:textId="77777777" w:rsidR="002C6B74" w:rsidRPr="00EF687A" w:rsidRDefault="002C6B74" w:rsidP="00631320">
+            <w:pPr>
+              <w:keepNext/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Series</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50B97536" w14:textId="10EBA4FC" w:rsidR="002C6B74" w:rsidRDefault="002C6B74" w:rsidP="00631320">
+            <w:pPr>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:t>2025-R0</w:t>
+            </w:r>
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C6B74" w14:paraId="3807FC91" w14:textId="77777777" w:rsidTr="00631320">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27F90799" w14:textId="77777777" w:rsidR="002C6B74" w:rsidRPr="00EF687A" w:rsidRDefault="002C6B74" w:rsidP="00631320">
+            <w:pPr>
+              <w:keepNext/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Closing Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17A535A7" w14:textId="3C688F67" w:rsidR="002C6B74" w:rsidRDefault="002C6B74" w:rsidP="00631320">
+            <w:pPr>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:t>October 15</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C6B74" w14:paraId="24B2FF2D" w14:textId="77777777" w:rsidTr="00631320">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="257129A8" w14:textId="77777777" w:rsidR="002C6B74" w:rsidRPr="00EF687A" w:rsidRDefault="002C6B74" w:rsidP="00631320">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Reference Tranches</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0157E9DA" w14:textId="77777777" w:rsidR="002C6B74" w:rsidRDefault="002C6B74" w:rsidP="00631320">
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>) the Class 1A-H Reference Tranche, (i</w:t>
+            </w:r>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t xml:space="preserve">) the </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">Class 1A-1 and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>Class 1A-</w:t>
+            </w:r>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>H Reference Tranche</w:t>
+            </w:r>
+            <w:r>
+              <w:t>s (in the aggregate)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>, (ii</w:t>
+            </w:r>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>) the Class 1M-1 and Class 1M-1H Reference Tranches (in the aggregate), (i</w:t>
+            </w:r>
+            <w:r>
+              <w:t>v</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>) the Class 1M-2A and Class 1M-AH Reference Tranches (in the aggregate), (v) the Class 1M-2B and Class 1M-BH Reference Tranches (in the aggregate), (v</w:t>
+            </w:r>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>) the Class 1M-2C and Class 1M-CH Reference Tranches (in the aggregate), (vi</w:t>
+            </w:r>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>) the Class 1B-1A and Class 1B-AH Reference Tranches (in the aggregate), (vi</w:t>
+            </w:r>
+            <w:r>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00817BD0">
+              <w:t>i) the Class 1B-1B and Class 1B-BH Reference Tranches (in the aggregate)</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, (ix) the Class 1B-2H Reference Tranche and (x) the Class 1B-3H Reference Tranche</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6154DE4E" w14:textId="77777777" w:rsidR="002C6B74" w:rsidRDefault="002C6B74"/>
+    <w:sectPr w:rsidR="002C6B74" w:rsidSect="00F459AE">
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:headerReference w:type="first" r:id="rId18"/>
       <w:footerReference w:type="first" r:id="rId19"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2992BA85" w14:textId="77777777" w:rsidR="00A90E79" w:rsidRDefault="00A90E79">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
@@ -10935,58 +11865,58 @@
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0C7F4E26" w14:textId="77777777" w:rsidR="00345C1B" w:rsidRDefault="00345C1B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1564872313"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
@@ -11517,96 +12447,100 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="115"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="38913"/>
+    <o:shapedefaults v:ext="edit" spidmax="40961"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00134988"/>
     <w:rsid w:val="000A1F92"/>
     <w:rsid w:val="001248EF"/>
     <w:rsid w:val="00134988"/>
     <w:rsid w:val="001775CE"/>
     <w:rsid w:val="00186FE5"/>
     <w:rsid w:val="00190D75"/>
+    <w:rsid w:val="00197155"/>
     <w:rsid w:val="001A167D"/>
     <w:rsid w:val="001B3B72"/>
     <w:rsid w:val="0020211A"/>
     <w:rsid w:val="00213974"/>
     <w:rsid w:val="00231B5E"/>
     <w:rsid w:val="002A7AB9"/>
     <w:rsid w:val="002B6069"/>
     <w:rsid w:val="002C177A"/>
+    <w:rsid w:val="002C6B74"/>
     <w:rsid w:val="003321AF"/>
     <w:rsid w:val="003340C7"/>
     <w:rsid w:val="00345C1B"/>
     <w:rsid w:val="00355333"/>
     <w:rsid w:val="00445663"/>
     <w:rsid w:val="00460CDD"/>
     <w:rsid w:val="00466492"/>
     <w:rsid w:val="004820EF"/>
+    <w:rsid w:val="00492AFD"/>
     <w:rsid w:val="004B4EC5"/>
     <w:rsid w:val="004B6711"/>
     <w:rsid w:val="004C0802"/>
     <w:rsid w:val="004C7757"/>
     <w:rsid w:val="004D50D9"/>
     <w:rsid w:val="005236B8"/>
     <w:rsid w:val="00524511"/>
     <w:rsid w:val="00530037"/>
     <w:rsid w:val="00594559"/>
     <w:rsid w:val="005A5D0C"/>
     <w:rsid w:val="005B0953"/>
     <w:rsid w:val="005E6ACC"/>
     <w:rsid w:val="00601D61"/>
     <w:rsid w:val="00633F9D"/>
     <w:rsid w:val="00637F62"/>
     <w:rsid w:val="0065421C"/>
     <w:rsid w:val="00656B27"/>
     <w:rsid w:val="00686ACE"/>
     <w:rsid w:val="006D504C"/>
     <w:rsid w:val="006D60F0"/>
     <w:rsid w:val="00710AC3"/>
     <w:rsid w:val="007407E2"/>
     <w:rsid w:val="00743125"/>
     <w:rsid w:val="007543C5"/>
     <w:rsid w:val="0078528A"/>
@@ -11645,71 +12579,72 @@
     <w:rsid w:val="00B82D22"/>
     <w:rsid w:val="00BC6488"/>
     <w:rsid w:val="00BF79AA"/>
     <w:rsid w:val="00BF7CA0"/>
     <w:rsid w:val="00C13E33"/>
     <w:rsid w:val="00C90D5B"/>
     <w:rsid w:val="00CF3059"/>
     <w:rsid w:val="00D23512"/>
     <w:rsid w:val="00D33864"/>
     <w:rsid w:val="00D45AF6"/>
     <w:rsid w:val="00D55AC6"/>
     <w:rsid w:val="00D579B3"/>
     <w:rsid w:val="00D63B7A"/>
     <w:rsid w:val="00D674D0"/>
     <w:rsid w:val="00D7295E"/>
     <w:rsid w:val="00D864B9"/>
     <w:rsid w:val="00DF7A79"/>
     <w:rsid w:val="00E12058"/>
     <w:rsid w:val="00E1639D"/>
     <w:rsid w:val="00E62E01"/>
     <w:rsid w:val="00EB4F65"/>
     <w:rsid w:val="00F11711"/>
     <w:rsid w:val="00F22187"/>
     <w:rsid w:val="00F300AA"/>
     <w:rsid w:val="00F30AD8"/>
+    <w:rsid w:val="00F459AE"/>
     <w:rsid w:val="00F647EB"/>
     <w:rsid w:val="00FA10BA"/>
     <w:rsid w:val="00FC4E44"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="38913"/>
+    <o:shapedefaults v:ext="edit" spidmax="40961"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="58184EAC"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{56E6E56D-0C47-46CE-9B80-77BC6E9CDE2F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -12674,102 +13609,115 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXML/_rels/item4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps4.xml" Id="iManageProps" /></Relationships>
+</file>
+
+<file path=customXML/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<properties xmlns="http://www.imanage.com/work/xmlschema">
+  <documentid>US!152187498.25</documentid>
+  <senderid>CBEASLEY</senderid>
+  <senderemail>CHAZ.BEASLEY@KATTEN.COM</senderemail>
+  <lastmodified>2025-10-14T17:41:00.0000000-04:00</lastmodified>
+  <database>US</database>
+</properties>
+</file>
+
+<file path=customXML/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B377296-AC0E-41DF-BEA4-FFEC1178AAAC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000EC9D504FE29ED469668765697B800EC" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5624d51409fe51b9b3f82a9958d75730">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="96074bc5-2bae-4fef-b784-7a033227b552" xmlns:ns3="c34ca1ce-0f74-4310-9fc8-0123e0068ee3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7a4861a957ddc7624a7572a46d53e156" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000EC9D504FE29ED469668765697B800EC" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ee9b7b52c144849ab8597d27cd57fb8e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="96074bc5-2bae-4fef-b784-7a033227b552" xmlns:ns3="c34ca1ce-0f74-4310-9fc8-0123e0068ee3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e5bde9b6b6d78016834b77d4f485ee18" ns2:_="" ns3:_="">
     <xsd:import namespace="96074bc5-2bae-4fef-b784-7a033227b552"/>
     <xsd:import namespace="c34ca1ce-0f74-4310-9fc8-0123e0068ee3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
-[...4 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="96074bc5-2bae-4fef-b784-7a033227b552" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -12790,117 +13738,79 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
-[...25 lines deleted...]
-    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c34ca1ce-0f74-4310-9fc8-0123e0068ee3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:SearchPeopleOnly="false" ma:SharePointGroup="0" ma:internalName="SharedWithUsers" ma:readOnly="true" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...9 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="6" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -12959,119 +13869,121 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...14 lines deleted...]
-</properties>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{492B790A-FF64-449C-B51D-F5ED6EE31B2D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5CE3A09-E12C-4D0C-A37A-8E0F22B0E67C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="96074bc5-2bae-4fef-b784-7a033227b552"/>
+    <ds:schemaRef ds:uri="c34ca1ce-0f74-4310-9fc8-0123e0068ee3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88A01665-E293-4F8C-A058-5EB16B4B0D4B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>27</Pages>
-  <Words>8500</Words>
-  <Characters>48456</Characters>
+  <Words>8983</Words>
+  <Characters>48694</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>403</Lines>
-  <Paragraphs>113</Paragraphs>
+  <Lines>1352</Lines>
+  <Paragraphs>588</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>56843</CharactersWithSpaces>
+  <CharactersWithSpaces>57089</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hekmat, Yasaman</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000EC9D504FE29ED469668765697B800EC</vt:lpwstr>
   </property>